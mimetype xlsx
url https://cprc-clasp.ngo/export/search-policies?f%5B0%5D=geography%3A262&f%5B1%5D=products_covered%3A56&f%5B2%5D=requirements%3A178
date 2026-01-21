--- v0 (2025-10-12)
+++ v1 (2026-01-21)
@@ -12,161 +12,176 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
+    <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
+Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
+The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-ecodesign-scheme-games-consoles</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -430,189 +445,204 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="87" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="345.487" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="87.122" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="106.117" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K2"/>
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
       <c r="L2"/>
-      <c r="M2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M2"/>
       <c r="N2" t="s">
-        <v>23</v>
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>