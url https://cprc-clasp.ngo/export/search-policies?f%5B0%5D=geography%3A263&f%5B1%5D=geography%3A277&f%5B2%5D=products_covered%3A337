--- v0 (2025-12-12)
+++ v1 (2026-01-27)
@@ -431,67 +431,67 @@
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
     <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
     <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
   </si>
   <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
   </si>