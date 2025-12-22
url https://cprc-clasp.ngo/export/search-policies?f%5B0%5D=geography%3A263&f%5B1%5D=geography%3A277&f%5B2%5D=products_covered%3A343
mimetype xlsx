--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -128,72 +128,72 @@
   <si>
     <t>GB 26920.3-2019 Minimum allowable values of energy efficiency and energy efficiency grades for commercial refrigerating appliances—Part 3: Refrigerated beverage vending machines</t>
   </si>
   <si>
     <t>This policy covers refrigerated beverage vending machines.</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>GB/T 21001.2; GB/T 28493; ISO 9050</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269203-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CAD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
   </si>
   <si>
     <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
@@ -740,51 +740,51 @@
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>38</v>
       </c>
       <c r="B4" t="s">
         <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>40</v>
       </c>
       <c r="D4" t="s">
         <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>32</v>
       </c>
       <c r="F4" t="s">
         <v>42</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>43</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>44</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>45</v>
       </c>
       <c r="P4" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>47</v>