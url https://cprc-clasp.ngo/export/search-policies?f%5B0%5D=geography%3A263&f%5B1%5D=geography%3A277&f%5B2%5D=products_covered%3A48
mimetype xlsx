--- v0 (2025-12-11)
+++ v1 (2026-01-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="219">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="220">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -346,78 +346,81 @@
   <si>
     <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39718</t>
   </si>
   <si>
     <t>CQC31-464245-2018. Energy Conservation Certification Rules for Electric Vehicle Off-Board Charger</t>
   </si>
   <si>
     <t>Apply to electric vehicle off-board charger</t>
   </si>
   <si>
     <t>CQC 3170-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
     <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
     <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
@@ -1750,854 +1753,854 @@
       </c>
       <c r="P14" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>108</v>
       </c>
       <c r="B15" t="s">
         <v>109</v>
       </c>
       <c r="C15" t="s">
         <v>31</v>
       </c>
       <c r="D15" t="s">
         <v>70</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>64</v>
+        <v>110</v>
       </c>
       <c r="H15">
         <v>2007</v>
       </c>
       <c r="I15">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J15" t="s">
         <v>58</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
         <v>71</v>
       </c>
       <c r="M15" t="s">
         <v>36</v>
       </c>
       <c r="N15" t="s">
         <v>37</v>
       </c>
       <c r="O15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B16" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C16" t="s">
         <v>31</v>
       </c>
       <c r="D16" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>8</v>
       </c>
       <c r="H16">
         <v>2007</v>
       </c>
       <c r="I16">
         <v>2025</v>
       </c>
       <c r="J16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M16" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="P16" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C17" t="s">
         <v>31</v>
       </c>
       <c r="D17" t="s">
         <v>32</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>64</v>
       </c>
       <c r="H17">
         <v>2008</v>
       </c>
       <c r="I17">
         <v>2008</v>
       </c>
       <c r="J17" t="s">
         <v>58</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
         <v>35</v>
       </c>
       <c r="M17" t="s">
         <v>36</v>
       </c>
       <c r="N17" t="s">
         <v>37</v>
       </c>
       <c r="O17" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="P17" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B18" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C18" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D18" t="s">
         <v>70</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>64</v>
       </c>
       <c r="H18">
         <v>2005</v>
       </c>
       <c r="I18">
         <v>2014</v>
       </c>
       <c r="J18" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="M18" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="P18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B19" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C19" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D19" t="s">
         <v>57</v>
       </c>
       <c r="E19" t="s">
         <v>42</v>
       </c>
       <c r="F19" t="s">
         <v>43</v>
       </c>
       <c r="G19" t="s">
         <v>64</v>
       </c>
       <c r="H19">
         <v>2015</v>
       </c>
       <c r="I19">
         <v>2015</v>
       </c>
       <c r="J19" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="M19" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="P19" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B20" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C20" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D20" t="s">
         <v>57</v>
       </c>
       <c r="E20" t="s">
         <v>42</v>
       </c>
       <c r="F20" t="s">
         <v>43</v>
       </c>
       <c r="G20" t="s">
         <v>64</v>
       </c>
       <c r="H20">
         <v>1996</v>
       </c>
       <c r="I20">
         <v>2010</v>
       </c>
       <c r="J20" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="P20" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B21" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C21" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D21" t="s">
         <v>70</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>64</v>
       </c>
       <c r="H21">
         <v>2013</v>
       </c>
       <c r="I21">
         <v>2014</v>
       </c>
       <c r="J21" t="s">
         <v>58</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="M21" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P21" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B22" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C22" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D22" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2012</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P22" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B23" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C23" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D23" t="s">
         <v>70</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2009</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="P23" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B24" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C24" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D24" t="s">
         <v>70</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>64</v>
       </c>
       <c r="H24">
         <v>2005</v>
       </c>
       <c r="I24">
         <v>2011</v>
       </c>
       <c r="J24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="M24" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="P24" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B25" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C25" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D25" t="s">
         <v>50</v>
       </c>
       <c r="E25" t="s">
         <v>42</v>
       </c>
       <c r="F25" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2013</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>77</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="M25" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="N25" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="O25" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="P25" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B26" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C26" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D26" t="s">
         <v>70</v>
       </c>
       <c r="E26" t="s">
         <v>42</v>
       </c>
       <c r="F26" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="G26" t="s">
         <v>64</v>
       </c>
       <c r="H26">
         <v>2014</v>
       </c>
       <c r="I26">
         <v>2016</v>
       </c>
       <c r="J26" t="s">
         <v>77</v>
       </c>
       <c r="K26" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="L26" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="M26" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="P26" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B27" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C27" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D27" t="s">
         <v>70</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="G27" t="s">
         <v>64</v>
       </c>
       <c r="H27">
         <v>2007</v>
       </c>
       <c r="I27">
         <v>2011</v>
       </c>
       <c r="J27" t="s">
         <v>77</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="M27" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="P27" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B28" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C28" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D28" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2019</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="K28" t="s">
         <v>51</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="N28" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="O28" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="P28" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B29" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C29" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D29" t="s">
         <v>70</v>
       </c>
       <c r="E29" t="s">
         <v>42</v>
       </c>
       <c r="F29" t="s">
         <v>43</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2012</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="M29" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="P29" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B30" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C30" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D30" t="s">
         <v>57</v>
       </c>
       <c r="E30" t="s">
         <v>42</v>
       </c>
       <c r="F30" t="s">
         <v>43</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2015</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="M30" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="P30" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B31" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C31" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D31" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E31" t="s">
         <v>42</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2012</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="P31" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">