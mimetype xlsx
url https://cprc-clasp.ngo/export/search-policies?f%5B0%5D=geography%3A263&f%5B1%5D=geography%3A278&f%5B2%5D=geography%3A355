--- v0 (2025-11-27)
+++ v1 (2026-01-25)
@@ -4936,51 +4936,51 @@
       </c>
       <c r="P34" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>227</v>
       </c>
       <c r="B35" t="s">
         <v>228</v>
       </c>
       <c r="C35" t="s">
         <v>32</v>
       </c>
       <c r="D35" t="s">
         <v>229</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H35">
         <v>2021</v>
       </c>
       <c r="I35">
         <v>2024</v>
       </c>
       <c r="J35" t="s">
         <v>230</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
         <v>231</v>
       </c>
       <c r="M35" t="s">
         <v>36</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
         <v>232</v>
       </c>