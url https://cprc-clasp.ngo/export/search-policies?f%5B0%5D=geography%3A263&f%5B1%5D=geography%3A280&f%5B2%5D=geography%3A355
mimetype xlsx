--- v0 (2025-11-26)
+++ v1 (2026-01-27)
@@ -3353,51 +3353,51 @@
       </c>
       <c r="P10" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>86</v>
       </c>
       <c r="B11" t="s">
         <v>87</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>88</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H11">
         <v>2021</v>
       </c>
       <c r="I11">
         <v>2024</v>
       </c>
       <c r="J11" t="s">
         <v>89</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
         <v>90</v>
       </c>
       <c r="M11" t="s">
         <v>36</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>91</v>
       </c>