--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -251,51 +251,51 @@
   <si>
     <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/Files/Air_Compressor_Schedule_Final.pdf</t>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
   </si>
   <si>
     <t>Schedule 30 Tyres</t>
   </si>
   <si>
     <t>This schedule species requirements for participating in energy labelling programme for C1, C2 &amp; C3 tyres covered under scope of AIS:142, meant for manufactured, imported and sold in India. This schedule covers the terminology, general guidelines and method of tests to be conducted on tyres as per AIS: 142 particularly the methodology for testing of rolling resistance coefficient &amp; wet grip index. This schedule specifies the tyres star rating band which is based on Rolling Resistance Coefficients. This schedule is applicable for base model, its batch and their variant model tyres.</t>
   </si>
   <si>
     <t>IS 15633</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-30-tyres</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/Schedule_30.pdf</t>
   </si>
   <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
     <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
   </si>
   <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>