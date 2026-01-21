--- v0 (2025-11-27)
+++ v1 (2026-01-21)
@@ -12,1334 +12,1334 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="788">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="790">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
-[...1208 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
+  </si>
+  <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
+    <t>Solomon Islands</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>AS/NZS 3823.1.1-1.4: 2012</t>
+  </si>
+  <si>
+    <t>Ministry of Commerce, Industries, Labour and Immigration</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
+  </si>
+  <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
+    <t>Decision No. 107/2018 on the adoption of Gulf Standard 2530:2016 on Energy Labeling and Minimum Energy Performance Requirements For Air Conditioners as a mandatory Omani Standard</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and labeling requirements for window single-package, split-system non-ducted air conditioners using air-cooled condensers, split-system ducted air-conditioners using air-cooled condensers, and heat pumps using air-cooled condensers for residential, commercial and industrial sector as applicable in accordance with GSO SASO Standards. It is applied to units designed to operate in AC single phase or three-phase circuits according to GSO 1899/2009 "GCC Standard voltages and frequencies for AC transmission and distribution systems". It covers units with capacities up to and including 70000 Btu/h (20 kW).</t>
+  </si>
+  <si>
+    <t>Oman</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>GSO 2530:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Commerce and Industry</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/decision-no-1072018-adoption-gulf-standard-25302016-energy-labeling-and-minimum-energy</t>
+  </si>
+  <si>
+    <t>https://www.ul.com/news/sultanate-oman-energy-efficiency-and-labeling-requirements-air-conditioners-0</t>
+  </si>
+  <si>
+    <t>Draft MEPS for chillers</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS  requirement for chillers</t>
+  </si>
+  <si>
+    <t>Refrigeration, Industrial Process Chillers</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-chillers</t>
+  </si>
+  <si>
+    <t>Draft MEPS for electric motors</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
+    <t>Variable Speed Drives</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-electric-motors-0</t>
+  </si>
+  <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
+    <t>Draft MEPS for RDCs</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-rdcs</t>
+  </si>
+  <si>
+    <t>Draft MEPS for televisions</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-televisions</t>
+  </si>
+  <si>
+    <t>Draft MEPS for washing machines</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for washing machines.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>SNI IEC 60311-2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-washing-machines-0</t>
+  </si>
+  <si>
+    <t>Draft MEPS for water pumps</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-water-pumps</t>
+  </si>
+  <si>
+    <t>Electric Motors Minimum Energy Performance Standards</t>
+  </si>
+  <si>
+    <t>Pakistan</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/electric-motors-minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
+    <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
+The standard covers the following types of self-ballasted LED lamps:
+a. Both the directional and non-directional lamps.
+b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
+  </si>
+  <si>
+    <t>Directional Lamps</t>
+  </si>
+  <si>
+    <t>October 2021</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
+  </si>
+  <si>
+    <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
+  </si>
+  <si>
+    <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
+  </si>
+  <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
+    <t>Israel</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Water Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
+  </si>
+  <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
+    <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
+  </si>
+  <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
+  </si>
+  <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
+  </si>
+  <si>
+    <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
+  </si>
+  <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
+  </si>
+  <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
+  </si>
+  <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
+  </si>
+  <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
+  </si>
+  <si>
+    <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
+  </si>
+  <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>ISO-8187</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
+    <t>Industrial Fans</t>
+  </si>
+  <si>
+    <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
+    <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
+  </si>
+  <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
+    <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
+  </si>
+  <si>
+    <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
+    <t>ISIRI 9187-2:2007</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
+  </si>
+  <si>
+    <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
+    <t>Refrigerant Compressors</t>
+  </si>
+  <si>
+    <t>ISIRI NS 4335</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
+    <t>Imaging Equipment</t>
+  </si>
+  <si>
+    <t>IEC 311 (1988)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>NS 5635 (2001)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
+  </si>
+  <si>
+    <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
+  </si>
+  <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
+    <t>Central ACs</t>
+  </si>
+  <si>
+    <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
+  </si>
+  <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
+    <t>AS 4553,</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
+  </si>
+  <si>
+    <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
+    <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
+  </si>
+  <si>
+    <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
+  </si>
+  <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
+    <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
+  </si>
+  <si>
+    <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
+    <t>January 2020</t>
+  </si>
+  <si>
+    <t>ISIRI 4231 ,ASME PTC4</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>ISIRI 10335</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
+  </si>
+  <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
+    <t>IEC 379: 1987</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
+  </si>
+  <si>
+    <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
+  </si>
+  <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
+  </si>
+  <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
+  </si>
+  <si>
+    <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
+  </si>
+  <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
+    <t>95/12/EC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
+  </si>
+  <si>
+    <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
+  </si>
+  <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
+    <t>Chillers - Cooler Towers</t>
+  </si>
+  <si>
+    <t>NS 3678: 1995</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
+  </si>
+  <si>
+    <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
+  </si>
+  <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
+    <t>Evaporative Coolers</t>
+  </si>
+  <si>
+    <t>AS 2913-1987 ,IS3315-1974</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
+  </si>
+  <si>
+    <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
+  </si>
+  <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
+    <t>IEC 60968 and IEC 60969</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
+  </si>
+  <si>
+    <t>ISIRI 6016-2</t>
+  </si>
+  <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 6016, ISIRI 6016-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-6016-2</t>
+  </si>
+  <si>
+    <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
+    <t>AS 4553, ISIRI 7268-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
+  </si>
+  <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
+  </si>
+  <si>
+    <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
+  </si>
+  <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
+    <t>ISO-2548 (Class C)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
+  </si>
+  <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
+    <t>Irons</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
+  </si>
+  <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
+    <t>1-Phase Motors</t>
+  </si>
+  <si>
+    <t>ISIRI 3772-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
+  </si>
+  <si>
+    <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
+    <t>Electric Kettles</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
+  </si>
+  <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
+  </si>
+  <si>
+    <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
+  </si>
+  <si>
+    <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
+  </si>
+  <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>JS 2092</t>
+  </si>
+  <si>
+    <t>National Energy Research Centre (NERC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
+  </si>
+  <si>
+    <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
+  </si>
+  <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
+    <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Drivers/ Controls</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
+    <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
+    <t>JS 2094</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
+    <t>JS 2095:2013 Technical regulation on eco-design requirements for Glandless standalone circulators and glandless circulators integrated in products</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of glandless standalone circulators and glandless circulators integrated in products.</t>
+  </si>
+  <si>
+    <t>Building Circulator Pumps</t>
+  </si>
+  <si>
+    <t>JS 2095</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-20952013-technical-regulation-eco-design-requirements-glandless-standalone-circulators</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5464</t>
+  </si>
+  <si>
+    <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
+  </si>
+  <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
+    <t>Washer and Dryers</t>
+  </si>
+  <si>
+    <t>Electricity, Water</t>
+  </si>
+  <si>
+    <t>JS 2096</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
+    <t>JS 2098:2013 Energy labeling of household electric ovens</t>
+  </si>
+  <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>JS 2098</t>
+  </si>
+  <si>
+    <t>Cookstoves, Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-20982013-energy-labeling-household-electric-ovens</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
+    <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
+    <t>JS 2099</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
+    <t>JS 2100:2013 Energy labeling of household dishwashers</t>
+  </si>
+  <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
+    <t>JS 2100</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21002013-energy-labeling-household-dishwashers</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
+    <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
+  </si>
+  <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
+    <t>JS 1749</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
+    <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
+    <t>JS 2105:2013 Energy labeling of televisions</t>
+  </si>
+  <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions, Displays</t>
+  </si>
+  <si>
+    <t>JS 2105</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21052013-energy-labeling-televisions</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
+    <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
+    <t>JS 2106</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
+    <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
+    <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
+  </si>
+  <si>
+    <t>JS 2107</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
+  </si>
+  <si>
+    <t>JS 2108:2013 Energy efficiency labeling of air conditioners</t>
+  </si>
+  <si>
+    <t>This policy establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of 12 kW for cooling or heating if the product has no cooling function. This policy does not apply to: a) appliances that use non-electric energy sources; b) air conditioners of which the condensor- or evaporator-side do not use air for heat transfer medium.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21082013-energy-efficiency-labeling-air-conditioners</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5451</t>
+  </si>
+  <si>
+    <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
+    <t>Set Top Boxes (STB)</t>
+  </si>
+  <si>
+    <t>JS 2110</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
+    <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
+    <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
+    <t>Integrated Fans</t>
+  </si>
+  <si>
+    <t>JS 2112</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
+    <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
+  </si>
+  <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
+    <t>Stand-by and networked devices</t>
+  </si>
+  <si>
+    <t>JS 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
+    <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
+  </si>
+  <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
+    <t>JS 2103</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
+    <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
+  </si>
+  <si>
+    <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
+    <t>Clothes Dryers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for refrigerators</t>
+  </si>
+  <si>
+    <t>Information not available</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-refrigerators-5</t>
+  </si>
+  <si>
+    <t>https://blog.complianceandrisks.com/news-resources/oman-to-draft-mandatory-energy-efficiency-specifications-for-four-electrical-appliances</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for refrigerators, refrigerator-freezers and freezers</t>
+  </si>
+  <si>
+    <t>The standard specifies the energy performance, capacity and labelling of household refrigerators, refrigerator-freezers and freezers. The requirements in this Standard are not applicable to electrically operated refrigerators employing an absorption refrigeration system and for commercial refrigerators, refrigerators-freezers and freezers.</t>
+  </si>
+  <si>
+    <t>Qatar</t>
+  </si>
+  <si>
+    <t>Freezers-only</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>General Electricity &amp; Water Corporation</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers</t>
+  </si>
+  <si>
+    <t>https://docs.wto.org/dol2fe/Pages/FE_Search/FE_S_S009-DP.aspx?language=E&amp;HasEnglishRecord=True&amp;HasFrenchRecord=True&amp;HasSpanishRecord=False&amp;CatalogueIdList=234359,234362,227938,228303,231379,234295,234377,234291,234289,234290&amp;CurrentCatalogueIdIndex=9&amp;FullT</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers-0</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for split unit air conditioners</t>
+  </si>
+  <si>
+    <t>Under new regulations, the energy efficiency ratio (EER) of split unit air-conditioners will be increased from existing 9.5 EER to 10.5 EER.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-split-unit-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://thepeninsulaqatar.com/article/08/06/2019/New-regulations-to-make-electric-appliances-more-energy-efficient</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for storage water heaters</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for washing machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-washing-machines-0</t>
   </si>
   <si>
     <t>MEPS schemes for non-directional lamps</t>
   </si>
   <si>
     <t>This regulation is based on the European Union Commission regulation 244/2009 to phase out incandescent lamps.</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-schemes-non-directional-lamps</t>
   </si>
   <si>
     <t>http://www.seu.gov.bh/wp-content/uploads/2018/04/02_NEEAP_full-report.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
   </si>
   <si>
     <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
@@ -1380,90 +1380,96 @@
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
     <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
   </si>
@@ -2785,51 +2791,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P153"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2870,7344 +2876,7340 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E4" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="H4"/>
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2019</v>
+      </c>
       <c r="I4"/>
       <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
         <v>46</v>
       </c>
-      <c r="K4" t="s">
-[...3 lines deleted...]
-      <c r="M4" t="s">
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
         <v>47</v>
       </c>
-      <c r="N4" t="s">
-[...2 lines deleted...]
-      <c r="O4" t="s">
+      <c r="P4" t="s">
         <v>48</v>
       </c>
-      <c r="P4"/>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>49</v>
       </c>
       <c r="B5" t="s">
         <v>50</v>
       </c>
       <c r="C5" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>51</v>
       </c>
       <c r="E5" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G5" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="P5"/>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B6" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C6" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="E6" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="F6" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="P6"/>
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="C7" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="E7" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="F7" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G7" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="L7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="P7"/>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B8" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C8" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="E8" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="M8" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="P8" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B9" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="C9" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="E9" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="L9"/>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
       <c r="M9" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="P9" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="B10" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="C10" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>52</v>
       </c>
       <c r="F10" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="H10"/>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>76</v>
+        <v>55</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>77</v>
+        <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="P10" t="s">
-        <v>79</v>
+        <v>62</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B11" t="s">
         <v>81</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>82</v>
       </c>
       <c r="D11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H11">
         <v>2020</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>36</v>
+        <v>85</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="P11" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B12" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C12" t="s">
-        <v>88</v>
+        <v>42</v>
       </c>
       <c r="D12" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H12">
-        <v>2006</v>
+        <v>2020</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>46</v>
+        <v>91</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>90</v>
+        <v>46</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="P12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B13" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C13" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="D13" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>96</v>
+        <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H13">
-        <v>1993</v>
+        <v>2006</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="P13" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B14" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C14" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="D14" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>21</v>
+        <v>104</v>
       </c>
       <c r="G14" t="s">
-        <v>102</v>
+        <v>34</v>
       </c>
       <c r="H14">
-        <v>1986</v>
-[...3 lines deleted...]
-      </c>
+        <v>1993</v>
+      </c>
+      <c r="I14"/>
       <c r="J14" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="P14" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C15" t="s">
-        <v>41</v>
+        <v>96</v>
       </c>
       <c r="D15" t="s">
-        <v>57</v>
+        <v>109</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I15"/>
+        <v>1986</v>
+      </c>
+      <c r="I15">
+        <v>2004</v>
+      </c>
       <c r="J15" t="s">
-        <v>107</v>
+        <v>55</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>52</v>
+        <v>98</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="P15" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B16" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>33</v>
+        <v>65</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>102</v>
+        <v>34</v>
       </c>
       <c r="H16">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I16">
         <v>2023</v>
       </c>
+      <c r="I16"/>
       <c r="J16" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="P16" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B17" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17">
         <v>2023</v>
       </c>
-      <c r="I17"/>
       <c r="J17" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="P17" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="B18" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>120</v>
+        <v>69</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>102</v>
+        <v>34</v>
       </c>
       <c r="H18">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
+        <v>124</v>
+      </c>
+      <c r="P18" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="B19" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H19">
+        <v>2022</v>
+      </c>
+      <c r="I19">
         <v>2024</v>
       </c>
-      <c r="I19">
-[...1 lines deleted...]
-      </c>
       <c r="J19" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="P19" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="B20" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C20" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
-      <c r="H20">
-[...2 lines deleted...]
-      <c r="I20"/>
+      <c r="H20"/>
+      <c r="I20">
+        <v>2024</v>
+      </c>
       <c r="J20" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="P20" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B21" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C21" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>101</v>
+        <v>135</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>102</v>
+        <v>34</v>
       </c>
       <c r="H21">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>133</v>
+        <v>114</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="L21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>135</v>
+        <v>119</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>136</v>
       </c>
       <c r="P21" t="s">
-        <v>137</v>
+        <v>121</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>137</v>
+      </c>
+      <c r="B22" t="s">
         <v>138</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>139</v>
       </c>
-      <c r="C22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D22" t="s">
-        <v>140</v>
+        <v>109</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H22">
-        <v>2008</v>
+        <v>1998</v>
       </c>
       <c r="I22">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J22" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
         <v>141</v>
       </c>
       <c r="M22" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N22" t="s">
-        <v>142</v>
+        <v>27</v>
       </c>
       <c r="O22" t="s">
         <v>143</v>
       </c>
       <c r="P22" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B23" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C23" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D23" t="s">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H23">
-        <v>2002</v>
+        <v>2008</v>
       </c>
       <c r="I23">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="J23" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="M23" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N23" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="O23" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="P23" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B24" t="s">
+        <v>152</v>
+      </c>
+      <c r="C24" t="s">
+        <v>139</v>
+      </c>
+      <c r="D24" t="s">
+        <v>135</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2002</v>
+      </c>
+      <c r="I24">
+        <v>2008</v>
+      </c>
+      <c r="J24" t="s">
+        <v>140</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>153</v>
+      </c>
+      <c r="M24" t="s">
+        <v>142</v>
+      </c>
+      <c r="N24" t="s">
         <v>149</v>
       </c>
-      <c r="C24" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="O24" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="P24" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B25" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C25" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D25" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G25" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H25">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="I25">
-        <v>2012</v>
+        <v>2006</v>
       </c>
       <c r="J25" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="M25" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="P25" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B26" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C26" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D26" t="s">
-        <v>33</v>
+        <v>65</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>96</v>
+        <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I26"/>
+        <v>2007</v>
+      </c>
+      <c r="I26">
+        <v>2012</v>
+      </c>
       <c r="J26" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="L26"/>
+      <c r="L26" t="s">
+        <v>161</v>
+      </c>
       <c r="M26" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="P26" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B27" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C27" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D27" t="s">
-        <v>161</v>
+        <v>43</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>21</v>
+        <v>104</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H27">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="L27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="P27" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B28" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C28" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D28" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>102</v>
+        <v>34</v>
       </c>
       <c r="H28">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="M28" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="P28" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B29" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C29" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D29" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H29">
         <v>2012</v>
       </c>
       <c r="I29">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="J29" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="M29" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="P29" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B30" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C30" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D30" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I30"/>
+        <v>2012</v>
+      </c>
+      <c r="I30">
+        <v>2014</v>
+      </c>
       <c r="J30" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="M30" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="P30" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B31" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C31" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D31" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H31">
         <v>2009</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="M31" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N31" t="s">
-        <v>142</v>
+        <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="P31" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B32" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C32" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D32" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H32">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K32" t="s">
-        <v>187</v>
-[...1 lines deleted...]
-      <c r="L32"/>
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>189</v>
+      </c>
       <c r="M32" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N32" t="s">
-        <v>27</v>
+        <v>149</v>
       </c>
       <c r="O32" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="P32" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B33" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C33" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D33" t="s">
-        <v>95</v>
+        <v>193</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>96</v>
+        <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>102</v>
+        <v>34</v>
       </c>
       <c r="H33">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K33" t="s">
-        <v>187</v>
-[...3 lines deleted...]
-      </c>
+        <v>194</v>
+      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="P33" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B34" t="s">
+        <v>197</v>
+      </c>
+      <c r="C34" t="s">
+        <v>139</v>
+      </c>
+      <c r="D34" t="s">
+        <v>103</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>104</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2002</v>
+      </c>
+      <c r="I34">
+        <v>2002</v>
+      </c>
+      <c r="J34" t="s">
+        <v>140</v>
+      </c>
+      <c r="K34" t="s">
         <v>194</v>
       </c>
-      <c r="C34" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="L34" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="M34" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N34" t="s">
-        <v>142</v>
+        <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="P34" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B35" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C35" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D35" t="s">
-        <v>199</v>
+        <v>103</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G35" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H35">
-        <v>2012</v>
+        <v>1998</v>
       </c>
       <c r="I35">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="J35" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K35" t="s">
-        <v>24</v>
+        <v>194</v>
       </c>
       <c r="L35" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="M35" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N35" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="O35" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="P35" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B36" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C36" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D36" t="s">
-        <v>95</v>
+        <v>206</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G36" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H36">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I36">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="J36" t="s">
-        <v>204</v>
+        <v>140</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="M36" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N36" t="s">
-        <v>27</v>
+        <v>149</v>
       </c>
       <c r="O36" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="P36" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B37" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C37" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D37" t="s">
-        <v>209</v>
+        <v>103</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I37"/>
+        <v>2011</v>
+      </c>
+      <c r="I37">
+        <v>2015</v>
+      </c>
       <c r="J37" t="s">
-        <v>133</v>
+        <v>211</v>
       </c>
       <c r="K37" t="s">
-        <v>187</v>
+        <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="M37" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="P37" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B38" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C38" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D38" t="s">
-        <v>95</v>
+        <v>216</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G38" t="s">
-        <v>102</v>
+        <v>34</v>
       </c>
       <c r="H38">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I38">
         <v>2013</v>
       </c>
+      <c r="I38"/>
       <c r="J38" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K38" t="s">
-        <v>187</v>
-[...1 lines deleted...]
-      <c r="L38"/>
+        <v>194</v>
+      </c>
+      <c r="L38" t="s">
+        <v>217</v>
+      </c>
       <c r="M38" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="P38" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B39" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="C39" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D39" t="s">
-        <v>186</v>
+        <v>103</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I39"/>
+        <v>2011</v>
+      </c>
+      <c r="I39">
+        <v>2013</v>
+      </c>
       <c r="J39" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K39" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>194</v>
+      </c>
+      <c r="L39"/>
       <c r="M39" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="P39" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B40" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C40" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D40" t="s">
-        <v>221</v>
+        <v>193</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G40" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H40">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
-      <c r="L40"/>
+      <c r="L40" t="s">
+        <v>224</v>
+      </c>
       <c r="M40" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="P40" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="B41" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C41" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D41" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G41" t="s">
-        <v>102</v>
+        <v>34</v>
       </c>
       <c r="H41">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I41"/>
       <c r="J41" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K41" t="s">
-        <v>187</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L41"/>
       <c r="M41" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="P41" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B42" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C42" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D42" t="s">
-        <v>66</v>
+        <v>232</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
-        <v>2002</v>
-[...1 lines deleted...]
-      <c r="I42"/>
+        <v>2003</v>
+      </c>
+      <c r="I42">
+        <v>2010</v>
+      </c>
       <c r="J42" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K42" t="s">
-        <v>24</v>
+        <v>194</v>
       </c>
       <c r="L42" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="M42" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="P42" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="B43" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="C43" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D43" t="s">
-        <v>234</v>
+        <v>74</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
-        <v>102</v>
+        <v>34</v>
       </c>
       <c r="H43">
         <v>2002</v>
       </c>
-      <c r="I43">
-[...1 lines deleted...]
-      </c>
+      <c r="I43"/>
       <c r="J43" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="M43" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="P43" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B44" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C44" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D44" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H44">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="I44">
-        <v>2009</v>
+        <v>2002</v>
       </c>
       <c r="J44" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="M44" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="P44" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B45" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C45" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D45" t="s">
-        <v>120</v>
+        <v>246</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="I45"/>
+        <v>1999</v>
+      </c>
+      <c r="I45">
+        <v>2009</v>
+      </c>
       <c r="J45" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="M45" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="P45" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B46" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C46" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D46" t="s">
-        <v>33</v>
+        <v>127</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H46">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="M46" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="P46" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="B47" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C47" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D47" t="s">
-        <v>95</v>
+        <v>43</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>96</v>
+        <v>21</v>
       </c>
       <c r="G47" t="s">
-        <v>102</v>
+        <v>34</v>
       </c>
       <c r="H47">
         <v>2002</v>
       </c>
-      <c r="I47">
-[...1 lines deleted...]
-      </c>
+      <c r="I47"/>
       <c r="J47" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K47" t="s">
-        <v>187</v>
+        <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="M47" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="P47" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="B48" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="C48" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D48" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="G48" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H48">
         <v>2002</v>
       </c>
       <c r="I48">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="J48" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K48" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L48"/>
+        <v>194</v>
+      </c>
+      <c r="L48" t="s">
+        <v>259</v>
+      </c>
       <c r="M48" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="P48" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="B49" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="C49" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D49" t="s">
-        <v>71</v>
+        <v>103</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>21</v>
+        <v>104</v>
       </c>
       <c r="G49" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H49">
         <v>2002</v>
       </c>
       <c r="I49">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="J49" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
-      <c r="L49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L49"/>
       <c r="M49" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N49" t="s">
-        <v>142</v>
+        <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="P49" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="B50" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="C50" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D50" t="s">
-        <v>263</v>
+        <v>79</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I50"/>
+        <v>2002</v>
+      </c>
+      <c r="I50">
+        <v>2002</v>
+      </c>
       <c r="J50" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>167</v>
+        <v>266</v>
       </c>
       <c r="M50" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N50" t="s">
-        <v>27</v>
+        <v>149</v>
       </c>
       <c r="O50" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="P50" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="B51" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="C51" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D51" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
-        <v>102</v>
+        <v>34</v>
       </c>
       <c r="H51">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I51"/>
       <c r="J51" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>268</v>
+        <v>174</v>
       </c>
       <c r="M51" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="P51" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B52" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C52" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D52" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H52">
         <v>2012</v>
       </c>
       <c r="I52">
         <v>2012</v>
       </c>
       <c r="J52" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
-      <c r="L52"/>
+      <c r="L52" t="s">
+        <v>275</v>
+      </c>
       <c r="M52" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="P52" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="B53" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C53" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D53" t="s">
-        <v>89</v>
+        <v>279</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H53">
         <v>2012</v>
       </c>
       <c r="I53">
         <v>2012</v>
       </c>
       <c r="J53" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="P53" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="B54" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="C54" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D54" t="s">
-        <v>279</v>
+        <v>97</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="I54"/>
+        <v>2012</v>
+      </c>
+      <c r="I54">
+        <v>2012</v>
+      </c>
       <c r="J54" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
-      <c r="L54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L54"/>
       <c r="M54" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="P54" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="B55" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="C55" t="s">
-        <v>284</v>
+        <v>139</v>
       </c>
       <c r="D55" t="s">
-        <v>120</v>
+        <v>286</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G55" t="s">
-        <v>102</v>
+        <v>34</v>
       </c>
       <c r="H55">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2004</v>
+      </c>
+      <c r="I55"/>
       <c r="J55" t="s">
-        <v>285</v>
+        <v>140</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="M55" t="s">
-        <v>287</v>
+        <v>142</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
         <v>288</v>
       </c>
       <c r="P55" t="s">
-        <v>289</v>
+        <v>144</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
+        <v>289</v>
+      </c>
+      <c r="B56" t="s">
         <v>290</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>291</v>
       </c>
-      <c r="C56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D56" t="s">
-        <v>292</v>
+        <v>127</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>96</v>
+        <v>53</v>
       </c>
       <c r="G56" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H56">
         <v>2013</v>
       </c>
       <c r="I56">
         <v>2014</v>
       </c>
       <c r="J56" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="M56" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="P56" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="B57" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C57" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="D57" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>44</v>
+        <v>104</v>
       </c>
       <c r="G57" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H57">
         <v>2013</v>
       </c>
       <c r="I57">
         <v>2014</v>
       </c>
       <c r="J57" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="M57" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="P57" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B58" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C58" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="D58" t="s">
-        <v>89</v>
+        <v>304</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G58" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H58">
         <v>2013</v>
       </c>
       <c r="I58">
         <v>2014</v>
       </c>
       <c r="J58" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>302</v>
+        <v>293</v>
       </c>
       <c r="M58" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="P58" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B59" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C59" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="D59" t="s">
-        <v>307</v>
+        <v>97</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G59" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H59">
         <v>2013</v>
       </c>
       <c r="I59">
         <v>2014</v>
       </c>
       <c r="J59" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="M59" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="P59" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B60" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C60" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="D60" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>96</v>
+        <v>53</v>
       </c>
       <c r="G60" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H60">
         <v>2013</v>
       </c>
       <c r="I60">
         <v>2014</v>
       </c>
       <c r="J60" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="K60" t="s">
-        <v>314</v>
+        <v>24</v>
       </c>
       <c r="L60" t="s">
         <v>315</v>
       </c>
       <c r="M60" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
         <v>316</v>
       </c>
       <c r="P60" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
         <v>318</v>
       </c>
       <c r="B61" t="s">
         <v>319</v>
       </c>
       <c r="C61" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="D61" t="s">
         <v>320</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="G61" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H61">
         <v>2013</v>
       </c>
       <c r="I61">
         <v>2014</v>
       </c>
       <c r="J61" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="K61" t="s">
-        <v>24</v>
+        <v>321</v>
       </c>
       <c r="L61" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="M61" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="N61" t="s">
-        <v>322</v>
+        <v>27</v>
       </c>
       <c r="O61" t="s">
         <v>323</v>
       </c>
       <c r="P61" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
         <v>325</v>
       </c>
       <c r="B62" t="s">
         <v>326</v>
       </c>
       <c r="C62" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="D62" t="s">
-        <v>221</v>
+        <v>327</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>44</v>
+        <v>104</v>
       </c>
       <c r="G62" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H62">
         <v>2013</v>
       </c>
       <c r="I62">
         <v>2014</v>
       </c>
       <c r="J62" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="K62" t="s">
-        <v>314</v>
+        <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="M62" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="N62" t="s">
-        <v>27</v>
+        <v>329</v>
       </c>
       <c r="O62" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="P62" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="B63" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="C63" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="D63" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>96</v>
+        <v>53</v>
       </c>
       <c r="G63" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H63">
         <v>2013</v>
       </c>
       <c r="I63">
         <v>2014</v>
       </c>
       <c r="J63" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="K63" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="L63" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="M63" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="P63" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="B64" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="C64" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="D64" t="s">
-        <v>101</v>
+        <v>228</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="G64" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H64">
         <v>2013</v>
       </c>
       <c r="I64">
         <v>2014</v>
       </c>
       <c r="J64" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="K64" t="s">
-        <v>24</v>
+        <v>321</v>
       </c>
       <c r="L64" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="M64" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="P64" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B65" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="C65" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="D65" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>44</v>
+        <v>104</v>
       </c>
       <c r="G65" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H65">
         <v>2013</v>
       </c>
       <c r="I65">
         <v>2014</v>
       </c>
       <c r="J65" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>337</v>
+        <v>344</v>
       </c>
       <c r="M65" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="P65" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="B66" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="C66" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="D66" t="s">
-        <v>346</v>
+        <v>109</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>96</v>
+        <v>53</v>
       </c>
       <c r="G66" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H66">
         <v>2013</v>
       </c>
       <c r="I66">
         <v>2014</v>
       </c>
       <c r="J66" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="M66" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="P66" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B67" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C67" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="D67" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>44</v>
+        <v>104</v>
       </c>
       <c r="G67" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H67">
         <v>2013</v>
       </c>
       <c r="I67">
         <v>2014</v>
       </c>
       <c r="J67" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="M67" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="P67" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B68" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="C68" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="D68" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G68" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H68">
         <v>2013</v>
       </c>
       <c r="I68">
         <v>2014</v>
       </c>
       <c r="J68" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="M68" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>359</v>
-[...1 lines deleted...]
-      <c r="P68"/>
+        <v>360</v>
+      </c>
+      <c r="P68" t="s">
+        <v>361</v>
+      </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B69" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="C69" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="D69" t="s">
-        <v>33</v>
+        <v>364</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
-        <v>96</v>
+        <v>53</v>
       </c>
       <c r="G69" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H69">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I69">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="J69" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>358</v>
+        <v>365</v>
       </c>
       <c r="M69" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>362</v>
-[...3 lines deleted...]
-      </c>
+        <v>366</v>
+      </c>
+      <c r="P69"/>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="B70" t="s">
+        <v>368</v>
+      </c>
+      <c r="C70" t="s">
+        <v>291</v>
+      </c>
+      <c r="D70" t="s">
+        <v>43</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>104</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2012</v>
+      </c>
+      <c r="I70">
+        <v>2013</v>
+      </c>
+      <c r="J70" t="s">
+        <v>292</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
         <v>365</v>
       </c>
-      <c r="C70" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M70" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="P70" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B71" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C71" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="D71" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G71" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H71">
         <v>2013</v>
       </c>
       <c r="I71">
         <v>2014</v>
       </c>
       <c r="J71" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71" t="s">
-        <v>286</v>
+        <v>374</v>
       </c>
       <c r="M71" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="P71" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="B72" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C72" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="D72" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G72" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H72">
         <v>2013</v>
       </c>
       <c r="I72">
         <v>2014</v>
       </c>
       <c r="J72" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72" t="s">
-        <v>378</v>
+        <v>293</v>
       </c>
       <c r="M72" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="P72" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B73" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C73" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="D73" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G73" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H73">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I73">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="J73" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="M73" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="P73" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B74" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C74" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="D74" t="s">
-        <v>313</v>
+        <v>390</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G74" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H74">
         <v>2012</v>
       </c>
       <c r="I74">
         <v>2013</v>
       </c>
       <c r="J74" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="K74" t="s">
-        <v>314</v>
+        <v>24</v>
       </c>
       <c r="L74" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="M74" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="P74" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="B75" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C75" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="D75" t="s">
-        <v>394</v>
+        <v>320</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
-        <v>96</v>
+        <v>53</v>
       </c>
       <c r="G75" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H75">
         <v>2012</v>
       </c>
       <c r="I75">
         <v>2013</v>
       </c>
       <c r="J75" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="K75" t="s">
-        <v>24</v>
+        <v>321</v>
       </c>
       <c r="L75" t="s">
-        <v>315</v>
+        <v>396</v>
       </c>
       <c r="M75" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="P75" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="B76" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="C76" t="s">
-        <v>32</v>
+        <v>291</v>
       </c>
       <c r="D76" t="s">
-        <v>124</v>
+        <v>401</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
-        <v>44</v>
+        <v>104</v>
       </c>
       <c r="G76" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-      <c r="I76"/>
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2012</v>
+      </c>
+      <c r="I76">
+        <v>2013</v>
+      </c>
       <c r="J76" t="s">
-        <v>34</v>
+        <v>292</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
-      <c r="L76"/>
+      <c r="L76" t="s">
+        <v>322</v>
+      </c>
       <c r="M76" t="s">
-        <v>36</v>
+        <v>294</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="P76" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="B77" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="C77" t="s">
-        <v>403</v>
+        <v>42</v>
       </c>
       <c r="D77" t="s">
-        <v>404</v>
+        <v>131</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G77" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="H77"/>
       <c r="I77"/>
       <c r="J77" t="s">
-        <v>405</v>
+        <v>44</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
+        <v>46</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
         <v>406</v>
       </c>
-      <c r="N77" t="s">
-[...2 lines deleted...]
-      <c r="O77" t="s">
+      <c r="P77" t="s">
         <v>407</v>
-      </c>
-[...1 lines deleted...]
-        <v>408</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>401</v>
+        <v>408</v>
       </c>
       <c r="B78" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
       <c r="C78" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="D78" t="s">
-        <v>124</v>
+        <v>411</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>21</v>
       </c>
       <c r="G78" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H78">
         <v>2016</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="P78" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
+        <v>408</v>
+      </c>
+      <c r="B79" t="s">
+        <v>409</v>
+      </c>
+      <c r="C79" t="s">
         <v>410</v>
       </c>
-      <c r="B79" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D79" t="s">
-        <v>33</v>
+        <v>131</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>21</v>
       </c>
       <c r="G79" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H79">
         <v>2016</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79"/>
       <c r="M79" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="P79" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B80" t="s">
-        <v>398</v>
+        <v>418</v>
       </c>
       <c r="C80" t="s">
-        <v>32</v>
+        <v>410</v>
       </c>
       <c r="D80" t="s">
-        <v>186</v>
+        <v>43</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G80" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="H80"/>
+        <v>34</v>
+      </c>
+      <c r="H80">
+        <v>2016</v>
+      </c>
       <c r="I80"/>
       <c r="J80" t="s">
-        <v>34</v>
+        <v>412</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
-        <v>36</v>
+        <v>413</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="P80" t="s">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="B81" t="s">
-        <v>398</v>
+        <v>405</v>
       </c>
       <c r="C81" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="D81" t="s">
-        <v>66</v>
+        <v>193</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G81" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="H81"/>
       <c r="I81"/>
       <c r="J81" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="P81" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="B82" t="s">
-        <v>419</v>
+        <v>405</v>
       </c>
       <c r="C82" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D82" t="s">
-        <v>420</v>
+        <v>74</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G82" t="s">
-        <v>102</v>
-[...6 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="H82"/>
+      <c r="I82"/>
       <c r="J82" t="s">
-        <v>421</v>
+        <v>44</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
-      <c r="L82" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L82"/>
       <c r="M82" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="P82" t="s">
-        <v>424</v>
+        <v>407</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
         <v>425</v>
       </c>
       <c r="B83" t="s">
         <v>426</v>
       </c>
       <c r="C83" t="s">
         <v>427</v>
       </c>
       <c r="D83" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G83" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H83">
         <v>2015</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83"/>
       <c r="M83" t="s">
         <v>428</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
         <v>429</v>
       </c>
       <c r="P83" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
         <v>431</v>
       </c>
       <c r="B84" t="s">
         <v>432</v>
       </c>
       <c r="C84" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="D84" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="E84" t="s">
         <v>433</v>
       </c>
       <c r="F84" t="s">
         <v>434</v>
       </c>
       <c r="G84" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H84">
         <v>2017</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
         <v>435</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84" t="s">
         <v>436</v>
       </c>
       <c r="M84" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
         <v>437</v>
       </c>
       <c r="P84" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
         <v>439</v>
       </c>
       <c r="B85" t="s">
         <v>440</v>
       </c>
       <c r="C85" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D85" t="s">
         <v>441</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>21</v>
       </c>
       <c r="G85" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H85">
         <v>2021</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
       <c r="L85" t="s">
         <v>442</v>
       </c>
       <c r="M85" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
         <v>443</v>
       </c>
       <c r="P85" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
         <v>445</v>
       </c>
       <c r="B86" t="s">
         <v>446</v>
       </c>
       <c r="C86" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D86" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
-        <v>22</v>
+        <v>447</v>
       </c>
       <c r="H86">
         <v>2021</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="M86" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="P86" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B87" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C87" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D87" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>21</v>
       </c>
       <c r="G87" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H87">
         <v>2021</v>
       </c>
       <c r="I87"/>
       <c r="J87" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="M87" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="P87" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B88" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C88" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D88" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
-        <v>102</v>
+        <v>460</v>
       </c>
       <c r="H88">
         <v>2021</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
       <c r="L88" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="M88" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="P88" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B89" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="C89" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D89" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>21</v>
       </c>
       <c r="G89" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H89">
         <v>2021</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89"/>
       <c r="M89" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="P89" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B90" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="C90" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D90" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>21</v>
       </c>
       <c r="G90" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H90">
         <v>2015</v>
       </c>
       <c r="I90">
         <v>2018</v>
       </c>
       <c r="J90" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="M90" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="P90" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B91" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="C91" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D91" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="G91" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H91">
         <v>2013</v>
       </c>
       <c r="I91">
         <v>2016</v>
       </c>
       <c r="J91" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
       <c r="L91" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="M91" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="P91" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B92" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="C92" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="D92" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="E92" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="F92" t="s">
         <v>434</v>
       </c>
       <c r="G92" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H92">
         <v>2023</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
         <v>435</v>
       </c>
       <c r="K92" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="L92"/>
       <c r="M92" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="N92" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="O92" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="P92" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B93" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="C93" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="D93" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="E93" t="s">
         <v>433</v>
       </c>
       <c r="F93" t="s">
         <v>434</v>
       </c>
       <c r="G93" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="H93">
         <v>2014</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
         <v>435</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
       <c r="L93" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="M93" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="P93" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B94" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="C94" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="D94" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="E94" t="s">
         <v>433</v>
       </c>
       <c r="F94" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="G94" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H94"/>
       <c r="I94"/>
       <c r="J94" t="s">
         <v>435</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="M94" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="P94" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B95" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="C95" t="s">
         <v>427</v>
       </c>
       <c r="D95" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>21</v>
       </c>
       <c r="G95" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H95">
         <v>2015</v>
       </c>
       <c r="I95">
         <v>2018</v>
       </c>
       <c r="J95" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
       <c r="L95" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="M95" t="s">
         <v>428</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="P95" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B96" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="C96" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="D96" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>21</v>
       </c>
       <c r="G96" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H96">
         <v>2013</v>
       </c>
       <c r="I96">
         <v>2018</v>
       </c>
       <c r="J96" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="K96" t="s">
         <v>24</v>
       </c>
       <c r="L96" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="M96" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="P96" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B97" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C97" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="D97" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>21</v>
       </c>
       <c r="G97" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H97">
         <v>2016</v>
       </c>
       <c r="I97">
         <v>2019</v>
       </c>
       <c r="J97" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="K97" t="s">
         <v>24</v>
       </c>
       <c r="L97"/>
       <c r="M97" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="P97" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B98" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="C98" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="D98" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G98" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H98">
         <v>2016</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
       <c r="L98"/>
       <c r="M98" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="P98" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B99" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="C99" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="D99" t="s">
-        <v>394</v>
+        <v>401</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
         <v>21</v>
       </c>
       <c r="G99" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H99">
         <v>2018</v>
       </c>
       <c r="I99">
         <v>2018</v>
       </c>
       <c r="J99" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="K99" t="s">
         <v>24</v>
       </c>
       <c r="L99"/>
       <c r="M99" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="P99" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B100" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="C100" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="D100" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
         <v>21</v>
       </c>
       <c r="G100" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H100">
         <v>2018</v>
       </c>
       <c r="I100">
         <v>2018</v>
       </c>
       <c r="J100" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="K100" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="L100"/>
       <c r="M100" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="P100" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="B101" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="C101" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="D101" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
         <v>21</v>
       </c>
       <c r="G101" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H101">
         <v>2007</v>
       </c>
       <c r="I101">
         <v>2018</v>
       </c>
       <c r="J101" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
       <c r="L101" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="M101" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="P101" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="B102" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="C102" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="D102" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
         <v>21</v>
       </c>
       <c r="G102" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H102">
         <v>2007</v>
       </c>
       <c r="I102">
         <v>2018</v>
       </c>
       <c r="J102" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="K102" t="s">
         <v>24</v>
       </c>
       <c r="L102" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="M102" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="P102" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="B103" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="C103" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="D103" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
         <v>21</v>
       </c>
       <c r="G103" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H103">
         <v>2016</v>
       </c>
       <c r="I103">
         <v>2019</v>
       </c>
       <c r="J103" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="K103" t="s">
         <v>24</v>
       </c>
       <c r="L103"/>
       <c r="M103" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="P103" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="B104" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="C104" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="D104" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G104" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H104">
         <v>2016</v>
       </c>
       <c r="I104"/>
       <c r="J104" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="K104" t="s">
         <v>24</v>
       </c>
       <c r="L104" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="M104" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="P104" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="B105" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="C105" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="D105" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
         <v>21</v>
       </c>
       <c r="G105" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H105">
         <v>2007</v>
       </c>
       <c r="I105">
         <v>2011</v>
       </c>
       <c r="J105" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="K105" t="s">
         <v>24</v>
       </c>
       <c r="L105" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="M105" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="P105" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="B106" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="C106" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="D106" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="E106" t="s">
         <v>433</v>
       </c>
       <c r="F106" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G106" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H106">
         <v>2006</v>
       </c>
       <c r="I106">
         <v>2006</v>
       </c>
       <c r="J106" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="K106" t="s">
         <v>24</v>
       </c>
       <c r="L106"/>
       <c r="M106" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="N106" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="O106" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="P106"/>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="B107" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="C107" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="D107" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>21</v>
       </c>
       <c r="G107" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H107">
         <v>2006</v>
       </c>
       <c r="I107">
         <v>2015</v>
       </c>
       <c r="J107" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107"/>
       <c r="M107" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="P107" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="B108" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="C108" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="D108" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G108" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H108">
         <v>2016</v>
       </c>
       <c r="I108"/>
       <c r="J108" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108"/>
       <c r="M108" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="P108" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="B109" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="C109" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="D109" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G109" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H109">
         <v>2016</v>
       </c>
       <c r="I109">
         <v>2016</v>
       </c>
       <c r="J109" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="K109" t="s">
         <v>24</v>
       </c>
       <c r="L109"/>
       <c r="M109" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="P109" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="B110" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="C110" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="D110" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="G110" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H110">
         <v>2014</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110"/>
       <c r="M110" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="P110" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="B111" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="C111" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="D111" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G111" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H111">
         <v>2012</v>
       </c>
       <c r="I111">
         <v>2013</v>
       </c>
       <c r="J111" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="M111" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="P111" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="B112" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="C112" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="D112" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
         <v>21</v>
       </c>
       <c r="G112" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H112">
         <v>1986</v>
       </c>
       <c r="I112">
         <v>2012</v>
       </c>
       <c r="J112" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="K112" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="L112"/>
       <c r="M112" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="P112" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="B113" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="C113" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="D113" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G113" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H113">
         <v>1986</v>
       </c>
       <c r="I113">
         <v>2014</v>
       </c>
       <c r="J113" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
       <c r="L113"/>
       <c r="M113" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="P113" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="B114" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="C114" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="D114" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>21</v>
       </c>
       <c r="G114" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H114">
         <v>2004</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114"/>
       <c r="M114" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="P114" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="B115" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="C115" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="D115" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G115" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H115">
         <v>2019</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="K115" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="L115"/>
       <c r="M115" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="N115" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="O115" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="P115" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="B116" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="C116" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="D116" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G116" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H116">
         <v>2011</v>
       </c>
       <c r="I116">
         <v>2011</v>
       </c>
       <c r="J116" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="K116" t="s">
         <v>24</v>
       </c>
       <c r="L116" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="M116" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="P116" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="B117" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="C117" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D117" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="E117" t="s">
         <v>433</v>
       </c>
       <c r="F117" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G117" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H117">
         <v>2021</v>
       </c>
       <c r="I117"/>
       <c r="J117" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="K117" t="s">
         <v>24</v>
       </c>
       <c r="L117" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="M117" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="P117"/>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="B118" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="C118" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D118" t="s">
-        <v>394</v>
+        <v>401</v>
       </c>
       <c r="E118" t="s">
         <v>433</v>
       </c>
       <c r="F118" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="G118" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H118">
         <v>2002</v>
       </c>
       <c r="I118">
         <v>2015</v>
       </c>
       <c r="J118" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="K118" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="L118" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="M118" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="P118" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="B119" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="C119" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D119" t="s">
-        <v>394</v>
+        <v>401</v>
       </c>
       <c r="E119" t="s">
         <v>433</v>
       </c>
       <c r="F119" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G119" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H119">
         <v>2013</v>
       </c>
       <c r="I119">
         <v>2015</v>
       </c>
       <c r="J119" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="K119" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="L119" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="M119" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="P119" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="B120" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C120" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D120" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="E120" t="s">
         <v>433</v>
       </c>
       <c r="F120" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="G120" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H120">
         <v>2006</v>
       </c>
       <c r="I120"/>
       <c r="J120" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="K120" t="s">
         <v>24</v>
       </c>
       <c r="L120" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="M120" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="P120" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="B121" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="C121" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D121" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="G121" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H121">
         <v>2011</v>
       </c>
       <c r="I121">
         <v>2014</v>
       </c>
       <c r="J121" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="K121" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="L121" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="M121" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="P121" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="B122" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="C122" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D122" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="E122" t="s">
         <v>433</v>
       </c>
       <c r="F122" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G122" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H122">
         <v>2015</v>
       </c>
       <c r="I122">
         <v>2017</v>
       </c>
       <c r="J122" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="K122" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="L122" t="s">
+        <v>635</v>
+      </c>
+      <c r="M122" t="s">
+        <v>609</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>636</v>
+      </c>
+      <c r="P122" t="s">
         <v>633</v>
-      </c>
-[...10 lines deleted...]
-        <v>631</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="B123" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="C123" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D123" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="E123" t="s">
         <v>433</v>
       </c>
       <c r="F123" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G123" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H123">
         <v>2015</v>
       </c>
       <c r="I123"/>
       <c r="J123" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="K123" t="s">
         <v>24</v>
       </c>
       <c r="L123" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="M123" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="P123" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="B124" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="C124" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D124" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="E124" t="s">
         <v>433</v>
       </c>
       <c r="F124" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="G124" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H124">
         <v>2015</v>
       </c>
       <c r="I124"/>
       <c r="J124" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="K124" t="s">
         <v>24</v>
       </c>
       <c r="L124" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="M124" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="P124" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="B125" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="C125" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D125" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="E125" t="s">
         <v>433</v>
       </c>
       <c r="F125" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G125" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H125">
         <v>2011</v>
       </c>
       <c r="I125">
         <v>2021</v>
       </c>
       <c r="J125" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="K125" t="s">
         <v>24</v>
       </c>
       <c r="L125" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="M125" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="P125" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="B126" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="C126" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D126" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="E126" t="s">
         <v>433</v>
       </c>
       <c r="F126" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="G126" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H126">
         <v>2002</v>
       </c>
       <c r="I126">
         <v>2021</v>
       </c>
       <c r="J126" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="K126" t="s">
         <v>24</v>
       </c>
       <c r="L126" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="M126" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="P126" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="B127" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="C127" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D127" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="E127" t="s">
         <v>433</v>
       </c>
       <c r="F127" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="G127" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H127">
         <v>2021</v>
       </c>
       <c r="I127"/>
       <c r="J127" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="K127" t="s">
         <v>24</v>
       </c>
       <c r="L127" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="M127" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="P127" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="B128" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="C128" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D128" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="E128" t="s">
         <v>433</v>
       </c>
       <c r="F128" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="G128" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="H128">
         <v>2021</v>
       </c>
       <c r="I128"/>
       <c r="J128" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="K128" t="s">
         <v>24</v>
       </c>
       <c r="L128" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="M128" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="P128" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="B129" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="C129" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D129" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="E129" t="s">
         <v>433</v>
       </c>
       <c r="F129" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G129" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H129">
         <v>2011</v>
       </c>
       <c r="I129">
         <v>2021</v>
       </c>
       <c r="J129" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="K129" t="s">
         <v>24</v>
       </c>
       <c r="L129" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="M129" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="P129" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="B130" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="C130" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D130" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="E130" t="s">
         <v>433</v>
       </c>
       <c r="F130" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G130" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H130">
         <v>2011</v>
       </c>
       <c r="I130">
         <v>2021</v>
       </c>
       <c r="J130" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
       <c r="L130" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="M130" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="P130" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="B131" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="C131" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D131" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="E131" t="s">
         <v>433</v>
       </c>
       <c r="F131" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G131" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H131">
         <v>2021</v>
       </c>
       <c r="I131"/>
       <c r="J131" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="K131" t="s">
         <v>24</v>
       </c>
       <c r="L131" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="M131" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="P131" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="B132" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="C132" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D132" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="E132" t="s">
         <v>433</v>
       </c>
       <c r="F132" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="G132" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H132">
         <v>2021</v>
       </c>
       <c r="I132"/>
       <c r="J132" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="K132" t="s">
         <v>24</v>
       </c>
       <c r="L132" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="M132" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="P132" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="B133" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="C133" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D133" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="E133" t="s">
         <v>433</v>
       </c>
       <c r="F133" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="G133" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H133">
         <v>2002</v>
       </c>
       <c r="I133">
         <v>2021</v>
       </c>
       <c r="J133" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="K133" t="s">
         <v>24</v>
       </c>
       <c r="L133" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="M133" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="P133" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="B134" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="C134" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D134" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="E134" t="s">
         <v>433</v>
       </c>
       <c r="F134" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="G134" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H134">
         <v>2002</v>
       </c>
       <c r="I134">
         <v>2021</v>
       </c>
       <c r="J134" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="K134" t="s">
         <v>24</v>
       </c>
       <c r="L134" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="M134" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="P134" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="B135" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="C135" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D135" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="E135" t="s">
         <v>433</v>
       </c>
       <c r="F135" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="G135" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H135">
         <v>2002</v>
       </c>
       <c r="I135">
         <v>2021</v>
       </c>
       <c r="J135" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="K135" t="s">
         <v>24</v>
       </c>
       <c r="L135" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="M135" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="P135" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="B136" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="C136" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D136" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="E136" t="s">
         <v>433</v>
       </c>
       <c r="F136" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G136" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H136">
         <v>2021</v>
       </c>
       <c r="I136"/>
       <c r="J136" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="K136" t="s">
         <v>24</v>
       </c>
       <c r="L136" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="M136" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="P136"/>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="B137" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="C137" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D137" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="E137" t="s">
         <v>433</v>
       </c>
       <c r="F137" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G137" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H137">
         <v>2021</v>
       </c>
       <c r="I137"/>
       <c r="J137" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="K137" t="s">
         <v>24</v>
       </c>
       <c r="L137" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="M137" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="P137"/>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="B138" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="C138" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D138" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="E138" t="s">
         <v>433</v>
       </c>
       <c r="F138" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="G138" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H138">
         <v>2022</v>
       </c>
       <c r="I138"/>
       <c r="J138" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="K138" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="L138" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="M138" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="P138" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="B139" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="C139" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D139" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="E139" t="s">
         <v>433</v>
       </c>
       <c r="F139" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="G139" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H139">
         <v>2022</v>
       </c>
       <c r="I139"/>
       <c r="J139" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="K139" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="L139"/>
       <c r="M139" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="P139" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="B140" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="C140" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D140" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="E140" t="s">
         <v>433</v>
       </c>
       <c r="F140" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G140" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H140">
         <v>2022</v>
       </c>
       <c r="I140"/>
       <c r="J140" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="K140" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="L140" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="M140" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="P140" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="B141" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="C141" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D141" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="E141" t="s">
         <v>433</v>
       </c>
       <c r="F141" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G141" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H141">
         <v>2022</v>
       </c>
       <c r="I141"/>
       <c r="J141" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="K141" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="L141" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="M141" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="P141" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="B142" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="C142" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D142" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="E142" t="s">
         <v>433</v>
       </c>
       <c r="F142" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G142" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H142">
         <v>2022</v>
       </c>
       <c r="I142"/>
       <c r="J142" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="K142" t="s">
         <v>24</v>
       </c>
       <c r="L142" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="M142" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="P142" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="B143" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="C143" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D143" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="E143" t="s">
         <v>433</v>
       </c>
       <c r="F143" t="s">
         <v>434</v>
       </c>
       <c r="G143" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H143">
         <v>2008</v>
       </c>
       <c r="I143"/>
       <c r="J143" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="K143" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="L143" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="M143" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="P143" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="B144" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="C144" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D144" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="E144" t="s">
         <v>433</v>
       </c>
       <c r="F144" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="G144" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H144">
         <v>2012</v>
       </c>
       <c r="I144">
         <v>2015</v>
       </c>
       <c r="J144" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="K144" t="s">
         <v>24</v>
       </c>
       <c r="L144" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="M144" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="P144" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="B145" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="C145" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="D145" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
         <v>21</v>
       </c>
       <c r="G145" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H145">
         <v>2013</v>
       </c>
       <c r="I145">
         <v>2020</v>
       </c>
       <c r="J145" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="K145" t="s">
         <v>24</v>
       </c>
       <c r="L145" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="M145" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="P145" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="B146" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="C146" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="D146" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
         <v>21</v>
       </c>
       <c r="G146" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H146">
         <v>2011</v>
       </c>
       <c r="I146">
         <v>2019</v>
       </c>
       <c r="J146" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="K146" t="s">
         <v>24</v>
       </c>
       <c r="L146" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="M146" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="P146" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="B147" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="C147" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="D147" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="E147" t="s">
         <v>20</v>
       </c>
       <c r="F147" t="s">
         <v>21</v>
       </c>
       <c r="G147" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H147">
         <v>2013</v>
       </c>
       <c r="I147"/>
       <c r="J147" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="K147" t="s">
         <v>24</v>
       </c>
       <c r="L147" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="M147" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="P147" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="B148" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="C148" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="D148" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="E148" t="s">
         <v>20</v>
       </c>
       <c r="F148" t="s">
         <v>21</v>
       </c>
       <c r="G148" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H148">
         <v>2014</v>
       </c>
       <c r="I148">
         <v>2015</v>
       </c>
       <c r="J148" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="K148" t="s">
         <v>24</v>
       </c>
       <c r="L148"/>
       <c r="M148" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="P148" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="B149" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="C149" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="D149" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="E149" t="s">
         <v>20</v>
       </c>
       <c r="F149" t="s">
         <v>21</v>
       </c>
       <c r="G149" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H149">
         <v>2014</v>
       </c>
       <c r="I149">
         <v>2019</v>
       </c>
       <c r="J149" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="K149" t="s">
         <v>24</v>
       </c>
       <c r="L149"/>
       <c r="M149" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="P149" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="B150" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="C150" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="D150" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="E150" t="s">
         <v>20</v>
       </c>
       <c r="F150" t="s">
         <v>21</v>
       </c>
       <c r="G150" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H150">
         <v>2016</v>
       </c>
       <c r="I150">
         <v>2018</v>
       </c>
       <c r="J150" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="K150" t="s">
         <v>24</v>
       </c>
       <c r="L150"/>
       <c r="M150" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="P150" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="B151" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="C151" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="D151" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="E151" t="s">
         <v>20</v>
       </c>
       <c r="F151" t="s">
         <v>21</v>
       </c>
       <c r="G151" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H151">
         <v>2017</v>
       </c>
       <c r="I151"/>
       <c r="J151" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="K151" t="s">
         <v>24</v>
       </c>
       <c r="L151"/>
       <c r="M151" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="N151" t="s">
         <v>27</v>
       </c>
       <c r="O151" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="P151" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="B152" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="C152" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="D152" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="E152" t="s">
         <v>20</v>
       </c>
       <c r="F152" t="s">
         <v>21</v>
       </c>
       <c r="G152" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H152">
         <v>2016</v>
       </c>
       <c r="I152">
         <v>2019</v>
       </c>
       <c r="J152" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="K152" t="s">
         <v>24</v>
       </c>
       <c r="L152"/>
       <c r="M152" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="P152" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="B153" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="C153" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D153" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="E153" t="s">
         <v>433</v>
       </c>
       <c r="F153" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G153" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="H153"/>
       <c r="I153"/>
       <c r="J153" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="K153" t="s">
         <v>24</v>
       </c>
       <c r="L153"/>
       <c r="M153" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="N153" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="O153" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="P153"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>