--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -62,174 +62,174 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
-[...92 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
+  </si>
+  <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>JS 2092</t>
+  </si>
+  <si>
+    <t>National Energy Research Centre (NERC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
+    <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Drivers/ Controls</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
     <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
@@ -763,480 +763,478 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2004</v>
+        <v>2022</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
         <v>34</v>
       </c>
-      <c r="G3" t="s">
+      <c r="H3">
+        <v>2004</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>35</v>
-      </c>
-[...7 lines deleted...]
-        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
         <v>41</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="D4" t="s">
         <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>44</v>
       </c>
       <c r="G4" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="H4">
         <v>2013</v>
       </c>
       <c r="I4">
         <v>2014</v>
       </c>
       <c r="J4" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="M4" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="P4" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="D5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G5" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="H5">
-        <v>2022</v>
+        <v>2013</v>
       </c>
       <c r="I5">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="J5" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="M5" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>54</v>
       </c>
       <c r="P5" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>56</v>
       </c>
       <c r="B6" t="s">
         <v>57</v>
       </c>
       <c r="C6" t="s">
         <v>58</v>
       </c>
       <c r="D6" t="s">
         <v>59</v>
       </c>
       <c r="E6" t="s">
         <v>60</v>
       </c>
       <c r="F6" t="s">
         <v>61</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H6">
         <v>2023</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>62</v>
       </c>
       <c r="K6" t="s">
         <v>63</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>64</v>
       </c>
       <c r="N6" t="s">
         <v>65</v>
       </c>
       <c r="O6" t="s">
         <v>66</v>
       </c>
       <c r="P6" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>68</v>
       </c>
       <c r="B7" t="s">
         <v>69</v>
       </c>
       <c r="C7" t="s">
         <v>70</v>
       </c>
       <c r="D7" t="s">
         <v>71</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="H7">
         <v>2016</v>
       </c>
       <c r="I7">
         <v>2019</v>
       </c>
       <c r="J7" t="s">
         <v>72</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>73</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>74</v>
       </c>
       <c r="P7" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>76</v>
       </c>
       <c r="B8" t="s">
         <v>77</v>
       </c>
       <c r="C8" t="s">
         <v>70</v>
       </c>
       <c r="D8" t="s">
         <v>71</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="H8">
         <v>2016</v>
       </c>
       <c r="I8">
         <v>2019</v>
       </c>
       <c r="J8" t="s">
         <v>72</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>73</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>78</v>
       </c>
       <c r="P8" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>79</v>
       </c>
       <c r="B9" t="s">
         <v>80</v>
       </c>
       <c r="C9" t="s">
         <v>81</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G9" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="H9">
         <v>2014</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>82</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>83</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>84</v>
       </c>
       <c r="P9" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>86</v>
       </c>
       <c r="B10" t="s">
         <v>87</v>
       </c>
       <c r="C10" t="s">
         <v>88</v>
       </c>
       <c r="D10" t="s">
         <v>89</v>
       </c>
       <c r="E10" t="s">
         <v>90</v>
       </c>
       <c r="F10" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H10">
         <v>2021</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>91</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
         <v>92</v>
       </c>
       <c r="M10" t="s">
         <v>93</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>94</v>
       </c>
       <c r="P10"/>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>86</v>
       </c>
       <c r="B11" t="s">
         <v>87</v>
       </c>
       <c r="C11" t="s">
         <v>88</v>
       </c>
       <c r="D11" t="s">
         <v>89</v>
       </c>
       <c r="E11" t="s">
         <v>90</v>
       </c>
       <c r="F11" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H11">
         <v>2021</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>91</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
         <v>92</v>
       </c>
       <c r="M11" t="s">
         <v>93</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>95</v>
       </c>
       <c r="P11"/>
     </row>