--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -12,289 +12,261 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...48 lines deleted...]
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>MS 2574:2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
+    <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>Industrial Fans</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>JS 2107</t>
+  </si>
+  <si>
+    <t>National Energy Research Centre (NERC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
+  </si>
+  <si>
+    <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
+    <t>Integrated Fans</t>
+  </si>
+  <si>
+    <t>JS 2112</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
+    <t>National Energy Efficiency and Conservation Policy 2023</t>
+  </si>
+  <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
+    <t>Pakistan</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...103 lines deleted...]
-    <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
     <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -613,61 +585,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P8"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="136.681" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="324.349" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -715,364 +687,314 @@
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>2013</v>
       </c>
       <c r="I2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H3">
         <v>2013</v>
       </c>
-      <c r="I3">
-[...1 lines deleted...]
-      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
         <v>38</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>39</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="H4">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I4"/>
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2010</v>
+      </c>
       <c r="J4" t="s">
         <v>41</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="N4" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="I5">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="J5" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="M5" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="N5" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="P5"/>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C6" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="D6" t="s">
         <v>58</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2013</v>
       </c>
       <c r="I6">
         <v>2014</v>
       </c>
       <c r="J6" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="M6" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="P6"/>
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
         <v>64</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
         <v>65</v>
       </c>
-      <c r="C7" t="s">
-[...2 lines deleted...]
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>66</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="H7">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="K7" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="N7" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="O7" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="P7" t="s">
-        <v>69</v>
-[...12 lines deleted...]
-      <c r="D8" t="s">
         <v>73</v>
-      </c>
-[...30 lines deleted...]
-        <v>80</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">