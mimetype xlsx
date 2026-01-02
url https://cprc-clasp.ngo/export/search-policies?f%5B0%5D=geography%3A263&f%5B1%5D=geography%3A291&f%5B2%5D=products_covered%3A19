--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -68,119 +68,119 @@
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
     <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
-    <t>Malaysia</t>
+    <t>New, Superseded</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
+  </si>
+  <si>
+    <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
+  </si>
+  <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
+    <t>Iran</t>
   </si>
   <si>
     <t>Entered into force, New</t>
-  </si>
-[...19 lines deleted...]
-    <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>95/12/EC</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
   </si>
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
     <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
   </si>
   <si>
     <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
   </si>
   <si>
     <t>Irons</t>
   </si>
@@ -749,51 +749,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="214.662" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="621.563" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -873,159 +873,159 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H3">
         <v>2018</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
         <v>38</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="H4">
         <v>2002</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>41</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
         <v>43</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>44</v>
       </c>
       <c r="P4" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>46</v>
       </c>
       <c r="B5" t="s">
         <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D5" t="s">
         <v>48</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="H5">
         <v>2009</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>41</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>49</v>
       </c>
       <c r="M5" t="s">
         <v>43</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>50</v>
       </c>
       <c r="P5" t="s">
         <v>45</v>
@@ -1521,51 +1521,51 @@
       </c>
       <c r="P15" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>117</v>
       </c>
       <c r="B16" t="s">
         <v>118</v>
       </c>
       <c r="C16" t="s">
         <v>119</v>
       </c>
       <c r="D16" t="s">
         <v>120</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="H16">
         <v>2013</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>121</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
         <v>122</v>
       </c>
       <c r="M16" t="s">
         <v>123</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>124</v>
       </c>
       <c r="P16" t="s">
         <v>125</v>