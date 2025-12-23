--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -124,78 +124,81 @@
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>MS IEC 62301:2012, IEC 60705:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
+  </si>
+  <si>
+    <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
+  </si>
+  <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
+    <t>Pakistan</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label, Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...25 lines deleted...]
-    <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
     <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
   </si>
   <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
     <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
@@ -732,120 +735,120 @@
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>39</v>
       </c>
       <c r="B4" t="s">
         <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>41</v>
       </c>
       <c r="D4" t="s">
         <v>33</v>
       </c>
       <c r="E4" t="s">
         <v>42</v>
       </c>
       <c r="F4" t="s">
         <v>43</v>
       </c>
       <c r="G4" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="M4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G5" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H5">
         <v>2016</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">