--- v0 (2025-11-07)
+++ v1 (2025-12-24)
@@ -224,74 +224,74 @@
   <si>
     <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
   </si>
   <si>
     <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2094</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
   </si>
   <si>
     <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>SASO IEC 60034-30:2013</t>
   </si>
   <si>
     <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
   </si>
   <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO IEC 60034-2-1</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-iec-60034-302013</t>
   </si>
   <si>
     <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
   </si>