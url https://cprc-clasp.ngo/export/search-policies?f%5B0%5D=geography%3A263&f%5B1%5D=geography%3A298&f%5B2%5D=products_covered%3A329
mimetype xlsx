--- v0 (2025-11-07)
+++ v1 (2025-12-28)
@@ -167,72 +167,72 @@
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
   </si>
   <si>
     <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
   </si>
   <si>
     <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
   </si>
   <si>
     <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
   </si>
   <si>
     <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
     <t>The standard specifies the energy performance, capacity and labelling of household refrigerators, refrigerator-freezers and freezers. The requirements in this Standard are not applicable to electrically operated refrigerators employing an absorption refrigeration system and for commercial refrigerators, refrigerators-freezers and freezers.</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>General Electricity &amp; Water Corporation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers</t>
   </si>
@@ -959,51 +959,51 @@
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>51</v>
       </c>
       <c r="B6" t="s">
         <v>52</v>
       </c>
       <c r="C6" t="s">
         <v>53</v>
       </c>
       <c r="D6" t="s">
         <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>40</v>
       </c>
       <c r="G6" t="s">
         <v>55</v>
       </c>
       <c r="H6">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>56</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>57</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
         <v>58</v>
       </c>
       <c r="P6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>60</v>