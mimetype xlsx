--- v0 (2025-11-08)
+++ v1 (2025-12-29)
@@ -137,67 +137,67 @@
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
     <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>