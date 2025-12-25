--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -104,75 +104,75 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
   </si>
   <si>
     <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
@@ -694,51 +694,51 @@
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>35</v>
       </c>
       <c r="H3">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>38</v>
       </c>
       <c r="P3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>40</v>