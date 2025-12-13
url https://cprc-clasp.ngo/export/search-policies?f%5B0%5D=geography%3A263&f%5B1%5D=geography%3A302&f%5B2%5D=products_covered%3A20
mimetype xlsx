--- v0 (2025-10-10)
+++ v1 (2025-12-13)
@@ -12,596 +12,765 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="225">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Decision No. 107/2018 on the adoption of Gulf Standard 2530:2016 on Energy Labeling and Minimum Energy Performance Requirements For Air Conditioners as a mandatory Omani Standard</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for window single-package, split-system non-ducted air conditioners using air-cooled condensers, split-system ducted air-conditioners using air-cooled condensers, and heat pumps using air-cooled condensers for residential, commercial and industrial sector as applicable in accordance with GSO SASO Standards. It is applied to units designed to operate in AC single phase or three-phase circuits according to GSO 1899/2009 "GCC Standard voltages and frequencies for AC transmission and distribution systems". It covers units with capacities up to and including 70000 Btu/h (20 kW).</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GSO 2530:2016</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-1072018-adoption-gulf-standard-25302016-energy-labeling-and-minimum-energy</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/sultanate-oman-energy-efficiency-and-labeling-requirements-air-conditioners-0</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
     <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 6016-2</t>
   </si>
   <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
     <t>ISIRI 6016, ISIRI 6016-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-6016-2</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2108:2013 Energy efficiency labeling of air conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of 12 kW for cooling or heating if the product has no cooling function. This policy does not apply to: a) appliances that use non-electric energy sources; b) air conditioners of which the condensor- or evaporator-side do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/js-21082013-energy-efficiency-labeling-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5451</t>
+  </si>
+  <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for split unit air conditioners</t>
   </si>
   <si>
+    <t>Under new regulations, the energy efficiency ratio (EER) of split unit air-conditioners will be increased from existing 9.5 EER to 10.5 EER.</t>
+  </si>
+  <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>General Electricity &amp; Water Corporation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-split-unit-air-conditioners</t>
   </si>
   <si>
+    <t>https://thepeninsulaqatar.com/article/08/06/2019/New-regulations-to-make-electric-appliances-more-energy-efficient</t>
+  </si>
+  <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Labelling and Minimum Energy Performance Requirements for Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the placing on Bahraini market the energy labelling requirements and Minimum Energy Performance Standard (MEPS) requirements for single-package and split-system non ducted air conditioners using air and water-cooled condensers and ducted air-conditioners using air-to air heat pumps for residential, commercial and industrial sector as applicable in accordance with Bahraini Standards.</t>
+  </si>
+  <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>GSO ISO 5151</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-labelling-and-minimum-energy-performance-requirements-air-conditioners</t>
   </si>
   <si>
+    <t>https://ec.europa.eu/growth/tools-databases/tbt/en/search/?tbtaction=search.detail&amp;Country_ID=BHR&amp;num=397&amp;dspLang=en&amp;basdatedeb=&amp;basdatefin=&amp;baspays=BHR&amp;basnotifnum=&amp;basnotifnum2=&amp;bastypepays=ANY&amp;baskeywords=</t>
+  </si>
+  <si>
     <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
   </si>
   <si>
+    <t>This standard applies to single-package window type, single split-system non-ducted air conditioners using air-cooled condensers, single split-system ducted airconditioners using air-cooled condensers, and heat pumps using aircooled condensers or using electric resistance for residential, commercial and industrial sector as applicable.</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO 2681 / 2013 (based on ISO 5151) SASO 2682/2013 SASO 2763/2008</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-26632018-meps-and-labeling-schemes-small-air-conditioners</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>SASO 2874:2016 MEPS for large air conditioners</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28742016-meps-large-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
+  </si>
+  <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Solid Fuel Boilers and Packages of Solid Fuel Boilers, Additional Heaters, Temperature Control Devices and Solar Energy Devices (2015/1187/EU) (SGM: 2022/31)</t>
   </si>
   <si>
+    <t>This policy defines the energy labeling of and the provision of supplementary product information on solid fuel boilers with a rated heat output of 70 kW or less and packages of a solid fuel boiler with a rated heat output of 70 kW or less, supplementary heaters, temperature controls, and solar devices. It does not apply to boilers generating heat only for hot drinking or sanitary water; boilers for heating and distributing gaseous heat transfer media such as vapor or air; solid fuel cogeneration boilers with a maximum electrical capacity of 50 kW or more; non-woody biomass boilers. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1187.</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity, Solar, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-energy-labeling-solid-fuel-boilers-and-packages-solid</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Boilers (2015/1189/EU) (SGM: 2022/33)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel boilers with a rated heat output of 500 kilowatts (‘kW’) or less, including those integrated in packages of a solid fuel boiler, supplementary heaters, temperature controls, and solar devices as defined in Article 2 of Delegated Regulation (EU) 2015/1187. This policy is a transposition of Commission Regulation (EU) 2015/1189.</t>
+  </si>
+  <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1189</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
+  </si>
+  <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -865,1589 +1034,1800 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N35"/>
+  <dimension ref="A1:P35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="862.218" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2019</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1993</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2010</v>
+      </c>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>56</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G6" t="s">
+        <v>52</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2006</v>
+      </c>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>35</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>53</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...36 lines deleted...]
-      <c r="M3" t="s">
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>50</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>61</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>53</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...4 lines deleted...]
-      <c r="A4" t="s">
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
+        <v>55</v>
+      </c>
+      <c r="N8" t="s">
+        <v>56</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>50</v>
+      </c>
+      <c r="D9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...119 lines deleted...]
-      <c r="N6" t="s">
+      <c r="G9" t="s">
         <v>52</v>
-      </c>
-[...103 lines deleted...]
-        <v>2002</v>
       </c>
       <c r="H9">
         <v>2002</v>
       </c>
-      <c r="I9" t="s">
+      <c r="I9">
+        <v>2002</v>
+      </c>
+      <c r="J9" t="s">
+        <v>53</v>
+      </c>
+      <c r="K9" t="s">
+        <v>74</v>
+      </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>55</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D10" t="s">
         <v>44</v>
       </c>
-      <c r="J9" t="s">
-[...2 lines deleted...]
-      <c r="K9" t="s">
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>61</v>
       </c>
-      <c r="L9" t="s">
-[...2 lines deleted...]
-      <c r="M9" t="s">
+      <c r="G10" t="s">
+        <v>52</v>
+      </c>
+      <c r="H10">
+        <v>1998</v>
+      </c>
+      <c r="I10">
+        <v>2009</v>
+      </c>
+      <c r="J10" t="s">
+        <v>53</v>
+      </c>
+      <c r="K10" t="s">
+        <v>74</v>
+      </c>
+      <c r="L10" t="s">
+        <v>79</v>
+      </c>
+      <c r="M10" t="s">
+        <v>55</v>
+      </c>
+      <c r="N10" t="s">
+        <v>56</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D11" t="s">
+        <v>44</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>52</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>83</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N9" t="s">
-[...16 lines deleted...]
-      <c r="E10" t="s">
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>55</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
         <v>50</v>
       </c>
-      <c r="F10" t="s">
-[...8 lines deleted...]
-      <c r="I10" t="s">
+      <c r="D12" t="s">
         <v>44</v>
       </c>
-      <c r="J10" t="s">
-[...34 lines deleted...]
-      <c r="G11">
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>61</v>
+      </c>
+      <c r="G12" t="s">
+        <v>52</v>
+      </c>
+      <c r="H12">
         <v>2011</v>
       </c>
-      <c r="H11">
-[...5 lines deleted...]
-      <c r="J11" t="s">
+      <c r="I12">
+        <v>2013</v>
+      </c>
+      <c r="J12" t="s">
+        <v>53</v>
+      </c>
+      <c r="K12" t="s">
+        <v>74</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>55</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>89</v>
+      </c>
+      <c r="B13" t="s">
+        <v>90</v>
+      </c>
+      <c r="C13" t="s">
+        <v>50</v>
+      </c>
+      <c r="D13" t="s">
+        <v>91</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K11" t="s">
-[...74 lines deleted...]
-        <v>2002</v>
+      <c r="G13" t="s">
+        <v>52</v>
       </c>
       <c r="H13">
         <v>2002</v>
       </c>
-      <c r="I13" t="s">
+      <c r="I13">
+        <v>2002</v>
+      </c>
+      <c r="J13" t="s">
+        <v>53</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>92</v>
+      </c>
+      <c r="M13" t="s">
+        <v>55</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>93</v>
+      </c>
+      <c r="P13" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>94</v>
+      </c>
+      <c r="B14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C14" t="s">
+        <v>50</v>
+      </c>
+      <c r="D14" t="s">
+        <v>96</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>52</v>
+      </c>
+      <c r="H14">
+        <v>1999</v>
+      </c>
+      <c r="I14">
+        <v>2009</v>
+      </c>
+      <c r="J14" t="s">
+        <v>53</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>97</v>
+      </c>
+      <c r="M14" t="s">
+        <v>55</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>98</v>
+      </c>
+      <c r="P14" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>99</v>
+      </c>
+      <c r="B15" t="s">
+        <v>100</v>
+      </c>
+      <c r="C15" t="s">
+        <v>50</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2002</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>53</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>101</v>
+      </c>
+      <c r="M15" t="s">
+        <v>55</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>102</v>
+      </c>
+      <c r="P15" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B16" t="s">
+        <v>104</v>
+      </c>
+      <c r="C16" t="s">
+        <v>50</v>
+      </c>
+      <c r="D16" t="s">
         <v>44</v>
       </c>
-      <c r="J13" t="s">
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>35</v>
+      </c>
+      <c r="G16" t="s">
+        <v>52</v>
+      </c>
+      <c r="H16">
+        <v>2002</v>
+      </c>
+      <c r="I16">
+        <v>2010</v>
+      </c>
+      <c r="J16" t="s">
+        <v>53</v>
+      </c>
+      <c r="K16" t="s">
+        <v>74</v>
+      </c>
+      <c r="L16" t="s">
+        <v>105</v>
+      </c>
+      <c r="M16" t="s">
+        <v>55</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>106</v>
+      </c>
+      <c r="P16" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>107</v>
+      </c>
+      <c r="B17" t="s">
+        <v>108</v>
+      </c>
+      <c r="C17" t="s">
+        <v>50</v>
+      </c>
+      <c r="D17" t="s">
+        <v>44</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>35</v>
+      </c>
+      <c r="G17" t="s">
+        <v>52</v>
+      </c>
+      <c r="H17">
+        <v>2002</v>
+      </c>
+      <c r="I17">
+        <v>2012</v>
+      </c>
+      <c r="J17" t="s">
+        <v>53</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>55</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>109</v>
+      </c>
+      <c r="P17" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>110</v>
+      </c>
+      <c r="B18" t="s">
+        <v>111</v>
+      </c>
+      <c r="C18" t="s">
+        <v>112</v>
+      </c>
+      <c r="D18" t="s">
+        <v>113</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>61</v>
+      </c>
+      <c r="G18" t="s">
+        <v>52</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2014</v>
+      </c>
+      <c r="J18" t="s">
+        <v>114</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>115</v>
+      </c>
+      <c r="M18" t="s">
+        <v>116</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>117</v>
+      </c>
+      <c r="P18"/>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>118</v>
+      </c>
+      <c r="B19" t="s">
+        <v>119</v>
+      </c>
+      <c r="C19" t="s">
+        <v>112</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>35</v>
+      </c>
+      <c r="G19" t="s">
+        <v>52</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19">
+        <v>2013</v>
+      </c>
+      <c r="J19" t="s">
+        <v>114</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>115</v>
+      </c>
+      <c r="M19" t="s">
+        <v>116</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>120</v>
+      </c>
+      <c r="P19" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>122</v>
+      </c>
+      <c r="B20" t="s">
+        <v>123</v>
+      </c>
+      <c r="C20" t="s">
+        <v>112</v>
+      </c>
+      <c r="D20" t="s">
+        <v>124</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>61</v>
+      </c>
+      <c r="G20" t="s">
+        <v>52</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20">
+        <v>2014</v>
+      </c>
+      <c r="J20" t="s">
+        <v>114</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>125</v>
+      </c>
+      <c r="M20" t="s">
+        <v>116</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>126</v>
+      </c>
+      <c r="P20" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>128</v>
+      </c>
+      <c r="B21" t="s">
+        <v>129</v>
+      </c>
+      <c r="C21" t="s">
+        <v>130</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K13" t="s">
-[...5 lines deleted...]
-      <c r="M13" t="s">
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2016</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>131</v>
+      </c>
+      <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="N13" t="s">
-[...19 lines deleted...]
-      <c r="F14" t="s">
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>132</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>133</v>
+      </c>
+      <c r="P21" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>135</v>
+      </c>
+      <c r="B22" t="s">
+        <v>136</v>
+      </c>
+      <c r="C22" t="s">
+        <v>32</v>
+      </c>
+      <c r="D22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" t="s">
+        <v>34</v>
+      </c>
+      <c r="F22" t="s">
+        <v>61</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2013</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>36</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>38</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>137</v>
+      </c>
+      <c r="P22" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>138</v>
+      </c>
+      <c r="B23" t="s">
+        <v>139</v>
+      </c>
+      <c r="C23" t="s">
+        <v>140</v>
+      </c>
+      <c r="D23" t="s">
+        <v>141</v>
+      </c>
+      <c r="E23" t="s">
+        <v>142</v>
+      </c>
+      <c r="F23" t="s">
+        <v>143</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2023</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>144</v>
+      </c>
+      <c r="K23" t="s">
+        <v>145</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>146</v>
+      </c>
+      <c r="N23" t="s">
+        <v>56</v>
+      </c>
+      <c r="O23" t="s">
+        <v>147</v>
+      </c>
+      <c r="P23" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>149</v>
+      </c>
+      <c r="B24" t="s">
+        <v>150</v>
+      </c>
+      <c r="C24" t="s">
+        <v>151</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>52</v>
+      </c>
+      <c r="H24">
+        <v>2015</v>
+      </c>
+      <c r="I24">
+        <v>2018</v>
+      </c>
+      <c r="J24" t="s">
+        <v>152</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>153</v>
+      </c>
+      <c r="M24" t="s">
+        <v>154</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>155</v>
+      </c>
+      <c r="P24" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>157</v>
+      </c>
+      <c r="B25" t="s">
+        <v>158</v>
+      </c>
+      <c r="C25" t="s">
+        <v>159</v>
+      </c>
+      <c r="D25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>52</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
+      <c r="I25">
+        <v>2018</v>
+      </c>
+      <c r="J25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>160</v>
+      </c>
+      <c r="M25" t="s">
+        <v>161</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>162</v>
+      </c>
+      <c r="P25" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>164</v>
+      </c>
+      <c r="B26" t="s">
+        <v>165</v>
+      </c>
+      <c r="C26" t="s">
+        <v>159</v>
+      </c>
+      <c r="D26" t="s">
+        <v>166</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>61</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2016</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>161</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>167</v>
+      </c>
+      <c r="P26" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>169</v>
+      </c>
+      <c r="B27" t="s">
+        <v>170</v>
+      </c>
+      <c r="C27" t="s">
         <v>43</v>
       </c>
-      <c r="G14">
-[...5 lines deleted...]
-      <c r="I14" t="s">
+      <c r="D27" t="s">
+        <v>171</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2004</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>45</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>172</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>173</v>
+      </c>
+      <c r="P27" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>175</v>
+      </c>
+      <c r="B28" t="s">
+        <v>176</v>
+      </c>
+      <c r="C28" t="s">
+        <v>177</v>
+      </c>
+      <c r="D28" t="s">
+        <v>178</v>
+      </c>
+      <c r="E28" t="s">
+        <v>34</v>
+      </c>
+      <c r="F28" t="s">
+        <v>35</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2006</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>179</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>180</v>
+      </c>
+      <c r="M28" t="s">
+        <v>181</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>182</v>
+      </c>
+      <c r="P28" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>184</v>
+      </c>
+      <c r="B29" t="s">
+        <v>185</v>
+      </c>
+      <c r="C29" t="s">
+        <v>177</v>
+      </c>
+      <c r="D29" t="s">
         <v>44</v>
       </c>
-      <c r="J14" t="s">
+      <c r="E29" t="s">
+        <v>34</v>
+      </c>
+      <c r="F29" t="s">
+        <v>35</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2022</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>186</v>
+      </c>
+      <c r="K29" t="s">
+        <v>187</v>
+      </c>
+      <c r="L29" t="s">
+        <v>188</v>
+      </c>
+      <c r="M29" t="s">
+        <v>181</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>189</v>
+      </c>
+      <c r="P29" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>191</v>
+      </c>
+      <c r="B30" t="s">
+        <v>192</v>
+      </c>
+      <c r="C30" t="s">
+        <v>177</v>
+      </c>
+      <c r="D30" t="s">
+        <v>193</v>
+      </c>
+      <c r="E30" t="s">
+        <v>34</v>
+      </c>
+      <c r="F30" t="s">
+        <v>35</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2022</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>186</v>
+      </c>
+      <c r="K30" t="s">
+        <v>194</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>181</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>195</v>
+      </c>
+      <c r="P30" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>197</v>
+      </c>
+      <c r="B31" t="s">
+        <v>198</v>
+      </c>
+      <c r="C31" t="s">
+        <v>177</v>
+      </c>
+      <c r="D31" t="s">
+        <v>44</v>
+      </c>
+      <c r="E31" t="s">
+        <v>34</v>
+      </c>
+      <c r="F31" t="s">
+        <v>61</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2022</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>186</v>
+      </c>
+      <c r="K31" t="s">
+        <v>199</v>
+      </c>
+      <c r="L31" t="s">
+        <v>200</v>
+      </c>
+      <c r="M31" t="s">
+        <v>181</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>201</v>
+      </c>
+      <c r="P31" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>203</v>
+      </c>
+      <c r="B32" t="s">
+        <v>204</v>
+      </c>
+      <c r="C32" t="s">
+        <v>177</v>
+      </c>
+      <c r="D32" t="s">
+        <v>193</v>
+      </c>
+      <c r="E32" t="s">
+        <v>34</v>
+      </c>
+      <c r="F32" t="s">
+        <v>61</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2022</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>186</v>
+      </c>
+      <c r="K32" t="s">
+        <v>205</v>
+      </c>
+      <c r="L32" t="s">
+        <v>206</v>
+      </c>
+      <c r="M32" t="s">
+        <v>181</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>207</v>
+      </c>
+      <c r="P32" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>209</v>
+      </c>
+      <c r="B33" t="s">
+        <v>210</v>
+      </c>
+      <c r="C33" t="s">
+        <v>177</v>
+      </c>
+      <c r="D33" t="s">
+        <v>193</v>
+      </c>
+      <c r="E33" t="s">
+        <v>34</v>
+      </c>
+      <c r="F33" t="s">
+        <v>61</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2022</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>186</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>211</v>
+      </c>
+      <c r="M33" t="s">
+        <v>181</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>212</v>
+      </c>
+      <c r="P33" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>214</v>
+      </c>
+      <c r="B34" t="s">
+        <v>215</v>
+      </c>
+      <c r="C34" t="s">
+        <v>216</v>
+      </c>
+      <c r="D34" t="s">
+        <v>19</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
         <v>21</v>
       </c>
-      <c r="K14" t="s">
-[...5 lines deleted...]
-      <c r="M14" t="s">
+      <c r="G34" t="s">
+        <v>52</v>
+      </c>
+      <c r="H34">
+        <v>2011</v>
+      </c>
+      <c r="I34">
+        <v>2019</v>
+      </c>
+      <c r="J34" t="s">
+        <v>114</v>
+      </c>
+      <c r="K34" t="s">
         <v>24</v>
       </c>
-      <c r="N14" t="s">
-[...29 lines deleted...]
-      <c r="J15" t="s">
+      <c r="L34" t="s">
+        <v>217</v>
+      </c>
+      <c r="M34" t="s">
+        <v>218</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>219</v>
+      </c>
+      <c r="P34" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>221</v>
+      </c>
+      <c r="B35" t="s">
+        <v>222</v>
+      </c>
+      <c r="C35" t="s">
+        <v>216</v>
+      </c>
+      <c r="D35" t="s">
+        <v>69</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
         <v>21</v>
       </c>
-      <c r="K15" t="s">
-[...5 lines deleted...]
-      <c r="M15" t="s">
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2014</v>
+      </c>
+      <c r="I35">
+        <v>2019</v>
+      </c>
+      <c r="J35" t="s">
+        <v>114</v>
+      </c>
+      <c r="K35" t="s">
         <v>24</v>
       </c>
-      <c r="N15" t="s">
-[...837 lines deleted...]
-      </c>
+      <c r="L35"/>
       <c r="M35" t="s">
-        <v>24</v>
+        <v>218</v>
       </c>
       <c r="N35" t="s">
-        <v>168</v>
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>223</v>
+      </c>
+      <c r="P35" t="s">
+        <v>224</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>