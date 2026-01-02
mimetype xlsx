--- v0 (2025-11-10)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1336">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1338">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -3379,50 +3379,53 @@
   <si>
     <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
   </si>
   <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
     <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=7393</t>
   </si>
   <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
     <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
   </si>
   <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
     <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
   </si>
   <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
@@ -3543,50 +3546,53 @@
     <t>https://cprc-clasp.ngo/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
   <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
   </si>
@@ -4564,51 +4570,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P261"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -14416,2743 +14422,2743 @@
       </c>
       <c r="P204" t="s">
         <v>1060</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="s">
         <v>1061</v>
       </c>
       <c r="B205" t="s">
         <v>1062</v>
       </c>
       <c r="C205" t="s">
         <v>59</v>
       </c>
       <c r="D205" t="s">
         <v>496</v>
       </c>
       <c r="E205" t="s">
         <v>20</v>
       </c>
       <c r="F205" t="s">
         <v>52</v>
       </c>
       <c r="G205" t="s">
-        <v>697</v>
+        <v>1063</v>
       </c>
       <c r="H205">
         <v>2004</v>
       </c>
       <c r="I205"/>
       <c r="J205" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="K205" t="s">
         <v>24</v>
       </c>
       <c r="L205" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="M205" t="s">
         <v>1049</v>
       </c>
       <c r="N205" t="s">
         <v>26</v>
       </c>
       <c r="O205" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="P205" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="206" spans="1:16">
       <c r="A206" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="B206" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="C206" t="s">
         <v>59</v>
       </c>
       <c r="D206" t="s">
         <v>496</v>
       </c>
       <c r="E206" t="s">
         <v>20</v>
       </c>
       <c r="F206" t="s">
         <v>43</v>
       </c>
       <c r="G206" t="s">
         <v>62</v>
       </c>
       <c r="H206">
         <v>2004</v>
       </c>
       <c r="I206">
         <v>2021</v>
       </c>
       <c r="J206" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="K206" t="s">
         <v>24</v>
       </c>
       <c r="L206"/>
       <c r="M206" t="s">
         <v>1049</v>
       </c>
       <c r="N206" t="s">
         <v>26</v>
       </c>
       <c r="O206" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="P206" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="207" spans="1:16">
       <c r="A207" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="B207" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="C207" t="s">
         <v>59</v>
       </c>
       <c r="D207" t="s">
         <v>159</v>
       </c>
       <c r="E207" t="s">
         <v>20</v>
       </c>
       <c r="F207" t="s">
         <v>52</v>
       </c>
       <c r="G207" t="s">
         <v>62</v>
       </c>
       <c r="H207">
         <v>1978</v>
       </c>
       <c r="I207">
         <v>2017</v>
       </c>
       <c r="J207" t="s">
         <v>71</v>
       </c>
       <c r="K207" t="s">
         <v>24</v>
       </c>
       <c r="L207"/>
       <c r="M207" t="s">
         <v>1049</v>
       </c>
       <c r="N207" t="s">
         <v>26</v>
       </c>
       <c r="O207" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="P207" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="208" spans="1:16">
       <c r="A208" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="B208" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="C208" t="s">
         <v>59</v>
       </c>
       <c r="D208" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="E208" t="s">
         <v>61</v>
       </c>
       <c r="F208" t="s">
         <v>52</v>
       </c>
       <c r="G208" t="s">
         <v>22</v>
       </c>
       <c r="H208">
         <v>2013</v>
       </c>
       <c r="I208"/>
       <c r="J208" t="s">
         <v>169</v>
       </c>
       <c r="K208" t="s">
         <v>24</v>
       </c>
       <c r="L208"/>
       <c r="M208" t="s">
         <v>1049</v>
       </c>
       <c r="N208" t="s">
         <v>26</v>
       </c>
       <c r="O208" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="P208" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="209" spans="1:16">
       <c r="A209" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="B209" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="C209" t="s">
         <v>59</v>
       </c>
       <c r="D209" t="s">
         <v>564</v>
       </c>
       <c r="E209" t="s">
         <v>61</v>
       </c>
       <c r="F209" t="s">
         <v>52</v>
       </c>
       <c r="G209" t="s">
         <v>22</v>
       </c>
       <c r="H209">
         <v>2014</v>
       </c>
       <c r="I209"/>
       <c r="J209" t="s">
         <v>169</v>
       </c>
       <c r="K209" t="s">
         <v>24</v>
       </c>
       <c r="L209"/>
       <c r="M209" t="s">
         <v>1049</v>
       </c>
       <c r="N209" t="s">
         <v>26</v>
       </c>
       <c r="O209" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="P209" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="210" spans="1:16">
       <c r="A210" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="B210" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="C210" t="s">
         <v>59</v>
       </c>
       <c r="D210" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="E210" t="s">
         <v>61</v>
       </c>
       <c r="F210" t="s">
         <v>52</v>
       </c>
       <c r="G210" t="s">
         <v>62</v>
       </c>
       <c r="H210">
         <v>2007</v>
       </c>
       <c r="I210">
         <v>2014</v>
       </c>
       <c r="J210" t="s">
         <v>169</v>
       </c>
       <c r="K210" t="s">
         <v>24</v>
       </c>
       <c r="L210"/>
       <c r="M210" t="s">
         <v>1049</v>
       </c>
       <c r="N210" t="s">
         <v>26</v>
       </c>
       <c r="O210" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="P210" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="211" spans="1:16">
       <c r="A211" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="B211" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="C211" t="s">
         <v>59</v>
       </c>
       <c r="D211" t="s">
         <v>564</v>
       </c>
       <c r="E211" t="s">
         <v>20</v>
       </c>
       <c r="F211" t="s">
         <v>52</v>
       </c>
       <c r="G211" t="s">
         <v>22</v>
       </c>
       <c r="H211">
         <v>2017</v>
       </c>
       <c r="I211"/>
       <c r="J211" t="s">
         <v>169</v>
       </c>
       <c r="K211" t="s">
         <v>24</v>
       </c>
       <c r="L211"/>
       <c r="M211" t="s">
         <v>1049</v>
       </c>
       <c r="N211" t="s">
         <v>26</v>
       </c>
       <c r="O211" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="P211" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="212" spans="1:16">
       <c r="A212" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="B212" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="C212" t="s">
         <v>59</v>
       </c>
       <c r="D212" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="E212" t="s">
         <v>61</v>
       </c>
       <c r="F212" t="s">
         <v>52</v>
       </c>
       <c r="G212" t="s">
         <v>22</v>
       </c>
       <c r="H212">
         <v>2012</v>
       </c>
       <c r="I212"/>
       <c r="J212" t="s">
         <v>169</v>
       </c>
       <c r="K212" t="s">
         <v>24</v>
       </c>
       <c r="L212"/>
       <c r="M212" t="s">
         <v>1049</v>
       </c>
       <c r="N212" t="s">
         <v>26</v>
       </c>
       <c r="O212" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="P212" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="213" spans="1:16">
       <c r="A213" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="B213" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="C213" t="s">
         <v>59</v>
       </c>
       <c r="D213" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="E213" t="s">
         <v>61</v>
       </c>
       <c r="F213" t="s">
         <v>52</v>
       </c>
       <c r="G213" t="s">
         <v>22</v>
       </c>
       <c r="H213">
         <v>2013</v>
       </c>
       <c r="I213"/>
       <c r="J213" t="s">
         <v>71</v>
       </c>
       <c r="K213" t="s">
         <v>24</v>
       </c>
       <c r="L213"/>
       <c r="M213" t="s">
         <v>1049</v>
       </c>
       <c r="N213" t="s">
         <v>26</v>
       </c>
       <c r="O213" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="P213" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="214" spans="1:16">
       <c r="A214" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="B214" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="C214" t="s">
         <v>59</v>
       </c>
       <c r="D214" t="s">
         <v>672</v>
       </c>
       <c r="E214" t="s">
         <v>61</v>
       </c>
       <c r="F214" t="s">
         <v>52</v>
       </c>
       <c r="G214" t="s">
         <v>22</v>
       </c>
       <c r="H214">
         <v>2013</v>
       </c>
       <c r="I214"/>
       <c r="J214" t="s">
         <v>169</v>
       </c>
       <c r="K214" t="s">
         <v>24</v>
       </c>
       <c r="L214"/>
       <c r="M214" t="s">
         <v>1049</v>
       </c>
       <c r="N214" t="s">
         <v>26</v>
       </c>
       <c r="O214" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="P214" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="215" spans="1:16">
       <c r="A215" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="B215" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="C215" t="s">
         <v>59</v>
       </c>
       <c r="D215" t="s">
         <v>578</v>
       </c>
       <c r="E215" t="s">
         <v>61</v>
       </c>
       <c r="F215" t="s">
         <v>52</v>
       </c>
       <c r="G215" t="s">
         <v>22</v>
       </c>
       <c r="H215">
         <v>2013</v>
       </c>
       <c r="I215"/>
       <c r="J215" t="s">
         <v>169</v>
       </c>
       <c r="K215" t="s">
         <v>24</v>
       </c>
       <c r="L215"/>
       <c r="M215" t="s">
         <v>1049</v>
       </c>
       <c r="N215" t="s">
         <v>26</v>
       </c>
       <c r="O215" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="P215" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="216" spans="1:16">
       <c r="A216" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="B216" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="C216" t="s">
         <v>59</v>
       </c>
       <c r="D216" t="s">
         <v>615</v>
       </c>
       <c r="E216" t="s">
         <v>61</v>
       </c>
       <c r="F216" t="s">
         <v>52</v>
       </c>
       <c r="G216" t="s">
         <v>22</v>
       </c>
       <c r="H216">
         <v>2013</v>
       </c>
       <c r="I216"/>
       <c r="J216" t="s">
         <v>169</v>
       </c>
       <c r="K216" t="s">
         <v>24</v>
       </c>
       <c r="L216"/>
       <c r="M216" t="s">
         <v>1049</v>
       </c>
       <c r="N216" t="s">
         <v>26</v>
       </c>
       <c r="O216" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="P216" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="217" spans="1:16">
       <c r="A217" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="B217" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="C217" t="s">
         <v>59</v>
       </c>
       <c r="D217" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="E217" t="s">
         <v>61</v>
       </c>
       <c r="F217" t="s">
         <v>52</v>
       </c>
       <c r="G217" t="s">
-        <v>22</v>
+        <v>1119</v>
       </c>
       <c r="H217">
         <v>2014</v>
       </c>
       <c r="I217"/>
       <c r="J217" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="K217" t="s">
         <v>24</v>
       </c>
       <c r="L217"/>
       <c r="M217" t="s">
         <v>1049</v>
       </c>
       <c r="N217" t="s">
         <v>26</v>
       </c>
       <c r="O217" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="P217" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="218" spans="1:16">
       <c r="A218" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="B218" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="C218" t="s">
         <v>59</v>
       </c>
       <c r="D218" t="s">
         <v>82</v>
       </c>
       <c r="E218" t="s">
         <v>61</v>
       </c>
       <c r="F218" t="s">
         <v>52</v>
       </c>
       <c r="G218" t="s">
         <v>62</v>
       </c>
       <c r="H218">
         <v>2014</v>
       </c>
       <c r="I218">
         <v>2024</v>
       </c>
       <c r="J218" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="K218" t="s">
         <v>24</v>
       </c>
       <c r="L218"/>
       <c r="M218" t="s">
         <v>1049</v>
       </c>
       <c r="N218" t="s">
         <v>26</v>
       </c>
       <c r="O218" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="P218" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="219" spans="1:16">
       <c r="A219" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="B219" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="C219" t="s">
         <v>59</v>
       </c>
       <c r="D219" t="s">
         <v>641</v>
       </c>
       <c r="E219" t="s">
         <v>61</v>
       </c>
       <c r="F219" t="s">
         <v>52</v>
       </c>
       <c r="G219" t="s">
         <v>22</v>
       </c>
       <c r="H219">
         <v>2014</v>
       </c>
       <c r="I219"/>
       <c r="J219" t="s">
         <v>169</v>
       </c>
       <c r="K219" t="s">
         <v>24</v>
       </c>
       <c r="L219"/>
       <c r="M219" t="s">
         <v>1049</v>
       </c>
       <c r="N219" t="s">
         <v>26</v>
       </c>
       <c r="O219" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="P219" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="220" spans="1:16">
       <c r="A220" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="B220" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="C220" t="s">
         <v>59</v>
       </c>
       <c r="D220" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="E220" t="s">
         <v>61</v>
       </c>
       <c r="F220" t="s">
         <v>52</v>
       </c>
       <c r="G220" t="s">
         <v>22</v>
       </c>
       <c r="H220">
         <v>2016</v>
       </c>
       <c r="I220"/>
       <c r="J220" t="s">
         <v>169</v>
       </c>
       <c r="K220" t="s">
         <v>24</v>
       </c>
       <c r="L220"/>
       <c r="M220" t="s">
         <v>1049</v>
       </c>
       <c r="N220" t="s">
         <v>26</v>
       </c>
       <c r="O220" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="P220" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="221" spans="1:16">
       <c r="A221" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="B221" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="C221" t="s">
         <v>59</v>
       </c>
       <c r="D221" t="s">
         <v>632</v>
       </c>
       <c r="E221" t="s">
         <v>61</v>
       </c>
       <c r="F221" t="s">
         <v>52</v>
       </c>
       <c r="G221" t="s">
         <v>22</v>
       </c>
       <c r="H221">
         <v>2016</v>
       </c>
       <c r="I221"/>
       <c r="J221" t="s">
         <v>169</v>
       </c>
       <c r="K221" t="s">
         <v>24</v>
       </c>
       <c r="L221"/>
       <c r="M221" t="s">
         <v>1049</v>
       </c>
       <c r="N221" t="s">
         <v>26</v>
       </c>
       <c r="O221" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="P221" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="222" spans="1:16">
       <c r="A222" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="B222" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="C222" t="s">
         <v>59</v>
       </c>
       <c r="D222" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="E222" t="s">
         <v>61</v>
       </c>
       <c r="F222" t="s">
         <v>52</v>
       </c>
       <c r="G222" t="s">
         <v>22</v>
       </c>
       <c r="H222">
         <v>2016</v>
       </c>
       <c r="I222"/>
       <c r="J222" t="s">
         <v>169</v>
       </c>
       <c r="K222" t="s">
         <v>24</v>
       </c>
       <c r="L222"/>
       <c r="M222" t="s">
         <v>1049</v>
       </c>
       <c r="N222" t="s">
         <v>26</v>
       </c>
       <c r="O222" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="P222" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="223" spans="1:16">
       <c r="A223" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="B223" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="C223" t="s">
         <v>59</v>
       </c>
       <c r="D223" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="E223" t="s">
         <v>621</v>
       </c>
       <c r="F223" t="s">
         <v>52</v>
       </c>
       <c r="G223" t="s">
         <v>497</v>
       </c>
       <c r="H223"/>
       <c r="I223"/>
       <c r="J223" t="s">
         <v>71</v>
       </c>
       <c r="K223" t="s">
         <v>24</v>
       </c>
       <c r="L223"/>
       <c r="M223" t="s">
         <v>1058</v>
       </c>
       <c r="N223" t="s">
         <v>26</v>
       </c>
       <c r="O223" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="P223" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="224" spans="1:16">
       <c r="A224" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="B224" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="C224" t="s">
         <v>59</v>
       </c>
       <c r="D224" t="s">
         <v>176</v>
       </c>
       <c r="E224" t="s">
         <v>61</v>
       </c>
       <c r="F224" t="s">
         <v>52</v>
       </c>
       <c r="G224" t="s">
         <v>22</v>
       </c>
       <c r="H224">
         <v>2007</v>
       </c>
       <c r="I224"/>
       <c r="J224" t="s">
         <v>169</v>
       </c>
       <c r="K224" t="s">
         <v>24</v>
       </c>
       <c r="L224"/>
       <c r="M224" t="s">
         <v>1049</v>
       </c>
       <c r="N224" t="s">
         <v>26</v>
       </c>
       <c r="O224" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="P224" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="225" spans="1:16">
       <c r="A225" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="B225" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="C225" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D225" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="E225" t="s">
         <v>61</v>
       </c>
       <c r="F225" t="s">
         <v>52</v>
       </c>
       <c r="G225" t="s">
         <v>22</v>
       </c>
       <c r="H225">
         <v>2021</v>
       </c>
       <c r="I225"/>
       <c r="J225" t="s">
         <v>71</v>
       </c>
       <c r="K225" t="s">
         <v>24</v>
       </c>
       <c r="L225" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="M225" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="N225" t="s">
         <v>26</v>
       </c>
       <c r="O225" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="P225"/>
     </row>
     <row r="226" spans="1:16">
       <c r="A226" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="B226" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="C226" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D226" t="s">
         <v>491</v>
       </c>
       <c r="E226" t="s">
         <v>61</v>
       </c>
       <c r="F226" t="s">
         <v>21</v>
       </c>
       <c r="G226" t="s">
         <v>62</v>
       </c>
       <c r="H226">
         <v>2002</v>
       </c>
       <c r="I226">
         <v>2015</v>
       </c>
       <c r="J226" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="K226" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="L226" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="M226" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="N226" t="s">
         <v>26</v>
       </c>
       <c r="O226" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="P226" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="227" spans="1:16">
       <c r="A227" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="B227" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="C227" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D227" t="s">
         <v>491</v>
       </c>
       <c r="E227" t="s">
         <v>61</v>
       </c>
       <c r="F227" t="s">
         <v>52</v>
       </c>
       <c r="G227" t="s">
         <v>62</v>
       </c>
       <c r="H227">
         <v>2013</v>
       </c>
       <c r="I227">
         <v>2015</v>
       </c>
       <c r="J227" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="K227" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="L227" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="M227" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="N227" t="s">
         <v>26</v>
       </c>
       <c r="O227" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="P227" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="228" spans="1:16">
       <c r="A228" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="B228" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="C228" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D228" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="E228" t="s">
         <v>61</v>
       </c>
       <c r="F228" t="s">
         <v>21</v>
       </c>
       <c r="G228" t="s">
         <v>22</v>
       </c>
       <c r="H228">
         <v>2006</v>
       </c>
       <c r="I228"/>
       <c r="J228" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="K228" t="s">
         <v>24</v>
       </c>
       <c r="L228" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="M228" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="N228" t="s">
         <v>26</v>
       </c>
       <c r="O228" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="P228" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="229" spans="1:16">
       <c r="A229" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="B229" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="C229" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D229" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="E229" t="s">
         <v>20</v>
       </c>
       <c r="F229" t="s">
         <v>21</v>
       </c>
       <c r="G229" t="s">
         <v>62</v>
       </c>
       <c r="H229">
         <v>2011</v>
       </c>
       <c r="I229">
         <v>2014</v>
       </c>
       <c r="J229" t="s">
         <v>71</v>
       </c>
       <c r="K229" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="L229" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="M229" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="N229" t="s">
         <v>26</v>
       </c>
       <c r="O229" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="P229" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="230" spans="1:16">
       <c r="A230" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="B230" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="C230" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D230" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="E230" t="s">
         <v>61</v>
       </c>
       <c r="F230" t="s">
         <v>52</v>
       </c>
       <c r="G230" t="s">
         <v>62</v>
       </c>
       <c r="H230">
         <v>2015</v>
       </c>
       <c r="I230">
         <v>2017</v>
       </c>
       <c r="J230" t="s">
         <v>71</v>
       </c>
       <c r="K230" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="L230" t="s">
+        <v>1184</v>
+      </c>
+      <c r="M230" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N230" t="s">
+        <v>26</v>
+      </c>
+      <c r="O230" t="s">
+        <v>1185</v>
+      </c>
+      <c r="P230" t="s">
         <v>1182</v>
-      </c>
-[...10 lines deleted...]
-        <v>1180</v>
       </c>
     </row>
     <row r="231" spans="1:16">
       <c r="A231" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="B231" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="C231" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D231" t="s">
         <v>271</v>
       </c>
       <c r="E231" t="s">
         <v>61</v>
       </c>
       <c r="F231" t="s">
         <v>52</v>
       </c>
       <c r="G231" t="s">
         <v>22</v>
       </c>
       <c r="H231">
         <v>2015</v>
       </c>
       <c r="I231"/>
       <c r="J231" t="s">
         <v>71</v>
       </c>
       <c r="K231" t="s">
         <v>24</v>
       </c>
       <c r="L231" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="M231" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="N231" t="s">
         <v>26</v>
       </c>
       <c r="O231" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="P231" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="232" spans="1:16">
       <c r="A232" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="B232" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="C232" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D232" t="s">
         <v>271</v>
       </c>
       <c r="E232" t="s">
         <v>61</v>
       </c>
       <c r="F232" t="s">
         <v>21</v>
       </c>
       <c r="G232" t="s">
         <v>22</v>
       </c>
       <c r="H232">
         <v>2015</v>
       </c>
       <c r="I232"/>
       <c r="J232" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="K232" t="s">
         <v>24</v>
       </c>
       <c r="L232" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="M232" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="N232" t="s">
         <v>26</v>
       </c>
       <c r="O232" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="P232" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="233" spans="1:16">
       <c r="A233" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="B233" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="C233" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D233" t="s">
         <v>319</v>
       </c>
       <c r="E233" t="s">
         <v>61</v>
       </c>
       <c r="F233" t="s">
         <v>52</v>
       </c>
       <c r="G233" t="s">
         <v>62</v>
       </c>
       <c r="H233">
         <v>2011</v>
       </c>
       <c r="I233">
         <v>2021</v>
       </c>
       <c r="J233" t="s">
         <v>71</v>
       </c>
       <c r="K233" t="s">
         <v>24</v>
       </c>
       <c r="L233" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="M233" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="N233" t="s">
         <v>26</v>
       </c>
       <c r="O233" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="P233" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="234" spans="1:16">
       <c r="A234" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="B234" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="C234" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D234" t="s">
         <v>36</v>
       </c>
       <c r="E234" t="s">
         <v>61</v>
       </c>
       <c r="F234" t="s">
         <v>21</v>
       </c>
       <c r="G234" t="s">
         <v>62</v>
       </c>
       <c r="H234">
         <v>2002</v>
       </c>
       <c r="I234">
         <v>2021</v>
       </c>
       <c r="J234" t="s">
         <v>71</v>
       </c>
       <c r="K234" t="s">
         <v>24</v>
       </c>
       <c r="L234" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="M234" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="N234" t="s">
         <v>26</v>
       </c>
       <c r="O234" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="P234" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="235" spans="1:16">
       <c r="A235" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="B235" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="C235" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D235" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="E235" t="s">
         <v>61</v>
       </c>
       <c r="F235" t="s">
         <v>21</v>
       </c>
       <c r="G235" t="s">
         <v>22</v>
       </c>
       <c r="H235">
         <v>2021</v>
       </c>
       <c r="I235"/>
       <c r="J235" t="s">
         <v>71</v>
       </c>
       <c r="K235" t="s">
         <v>24</v>
       </c>
       <c r="L235" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="M235" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="N235" t="s">
         <v>26</v>
       </c>
       <c r="O235" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="P235" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="236" spans="1:16">
       <c r="A236" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="B236" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="C236" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D236" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="E236" t="s">
         <v>61</v>
       </c>
       <c r="F236" t="s">
         <v>21</v>
       </c>
       <c r="G236" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="H236">
         <v>2021</v>
       </c>
       <c r="I236"/>
       <c r="J236" t="s">
         <v>71</v>
       </c>
       <c r="K236" t="s">
         <v>24</v>
       </c>
       <c r="L236" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="M236" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="N236" t="s">
         <v>26</v>
       </c>
       <c r="O236" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="P236" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="237" spans="1:16">
       <c r="A237" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="B237" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="C237" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D237" t="s">
         <v>118</v>
       </c>
       <c r="E237" t="s">
         <v>61</v>
       </c>
       <c r="F237" t="s">
         <v>52</v>
       </c>
       <c r="G237" t="s">
         <v>62</v>
       </c>
       <c r="H237">
         <v>2011</v>
       </c>
       <c r="I237">
         <v>2021</v>
       </c>
       <c r="J237" t="s">
         <v>71</v>
       </c>
       <c r="K237" t="s">
         <v>24</v>
       </c>
       <c r="L237" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="M237" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="N237" t="s">
         <v>26</v>
       </c>
       <c r="O237" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="P237" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="238" spans="1:16">
       <c r="A238" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="B238" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="C238" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D238" t="s">
         <v>36</v>
       </c>
       <c r="E238" t="s">
         <v>61</v>
       </c>
       <c r="F238" t="s">
         <v>52</v>
       </c>
       <c r="G238" t="s">
         <v>62</v>
       </c>
       <c r="H238">
         <v>2011</v>
       </c>
       <c r="I238">
         <v>2021</v>
       </c>
       <c r="J238" t="s">
         <v>71</v>
       </c>
       <c r="K238" t="s">
         <v>24</v>
       </c>
       <c r="L238" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="M238" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="N238" t="s">
         <v>26</v>
       </c>
       <c r="O238" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="P238" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="239" spans="1:16">
       <c r="A239" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="B239" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="C239" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D239" t="s">
         <v>99</v>
       </c>
       <c r="E239" t="s">
         <v>61</v>
       </c>
       <c r="F239" t="s">
         <v>52</v>
       </c>
       <c r="G239" t="s">
         <v>22</v>
       </c>
       <c r="H239">
         <v>2021</v>
       </c>
       <c r="I239"/>
       <c r="J239" t="s">
         <v>71</v>
       </c>
       <c r="K239" t="s">
         <v>24</v>
       </c>
       <c r="L239" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="M239" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="N239" t="s">
         <v>26</v>
       </c>
       <c r="O239" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
       <c r="P239" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="240" spans="1:16">
       <c r="A240" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="B240" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="C240" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D240" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="E240" t="s">
         <v>61</v>
       </c>
       <c r="F240" t="s">
         <v>540</v>
       </c>
       <c r="G240" t="s">
         <v>22</v>
       </c>
       <c r="H240">
         <v>2021</v>
       </c>
       <c r="I240"/>
       <c r="J240" t="s">
         <v>71</v>
       </c>
       <c r="K240" t="s">
         <v>24</v>
       </c>
       <c r="L240" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="M240" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="N240" t="s">
         <v>26</v>
       </c>
       <c r="O240" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="P240" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="241" spans="1:16">
       <c r="A241" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="B241" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="C241" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D241" t="s">
         <v>319</v>
       </c>
       <c r="E241" t="s">
         <v>61</v>
       </c>
       <c r="F241" t="s">
         <v>21</v>
       </c>
       <c r="G241" t="s">
         <v>62</v>
       </c>
       <c r="H241">
         <v>2002</v>
       </c>
       <c r="I241">
         <v>2021</v>
       </c>
       <c r="J241" t="s">
         <v>71</v>
       </c>
       <c r="K241" t="s">
         <v>24</v>
       </c>
       <c r="L241" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="M241" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="N241" t="s">
         <v>26</v>
       </c>
       <c r="O241" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="P241" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="242" spans="1:16">
       <c r="A242" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="B242" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="C242" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D242" t="s">
         <v>118</v>
       </c>
       <c r="E242" t="s">
         <v>61</v>
       </c>
       <c r="F242" t="s">
         <v>21</v>
       </c>
       <c r="G242" t="s">
         <v>62</v>
       </c>
       <c r="H242">
         <v>2002</v>
       </c>
       <c r="I242">
         <v>2021</v>
       </c>
       <c r="J242" t="s">
         <v>71</v>
       </c>
       <c r="K242" t="s">
         <v>24</v>
       </c>
       <c r="L242" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
       <c r="M242" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="N242" t="s">
         <v>26</v>
       </c>
       <c r="O242" t="s">
-        <v>1242</v>
+        <v>1244</v>
       </c>
       <c r="P242" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="243" spans="1:16">
       <c r="A243" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="B243" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
       <c r="C243" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D243" t="s">
         <v>31</v>
       </c>
       <c r="E243" t="s">
         <v>61</v>
       </c>
       <c r="F243" t="s">
         <v>21</v>
       </c>
       <c r="G243" t="s">
         <v>62</v>
       </c>
       <c r="H243">
         <v>2002</v>
       </c>
       <c r="I243">
         <v>2021</v>
       </c>
       <c r="J243" t="s">
         <v>71</v>
       </c>
       <c r="K243" t="s">
         <v>24</v>
       </c>
       <c r="L243" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="M243" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="N243" t="s">
         <v>26</v>
       </c>
       <c r="O243" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="P243" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="244" spans="1:16">
       <c r="A244" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="B244" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="C244" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D244" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="E244" t="s">
         <v>61</v>
       </c>
       <c r="F244" t="s">
         <v>52</v>
       </c>
       <c r="G244" t="s">
         <v>22</v>
       </c>
       <c r="H244">
         <v>2021</v>
       </c>
       <c r="I244"/>
       <c r="J244" t="s">
         <v>71</v>
       </c>
       <c r="K244" t="s">
         <v>24</v>
       </c>
       <c r="L244" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="M244" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="N244" t="s">
         <v>26</v>
       </c>
       <c r="O244" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
       <c r="P244"/>
     </row>
     <row r="245" spans="1:16">
       <c r="A245" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="B245" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="C245" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D245" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="E245" t="s">
         <v>61</v>
       </c>
       <c r="F245" t="s">
         <v>52</v>
       </c>
       <c r="G245" t="s">
         <v>22</v>
       </c>
       <c r="H245">
         <v>2021</v>
       </c>
       <c r="I245"/>
       <c r="J245" t="s">
         <v>71</v>
       </c>
       <c r="K245" t="s">
         <v>24</v>
       </c>
       <c r="L245" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="M245" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="N245" t="s">
         <v>26</v>
       </c>
       <c r="O245" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="P245"/>
     </row>
     <row r="246" spans="1:16">
       <c r="A246" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="B246" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="C246" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D246" t="s">
         <v>150</v>
       </c>
       <c r="E246" t="s">
         <v>61</v>
       </c>
       <c r="F246" t="s">
         <v>21</v>
       </c>
       <c r="G246" t="s">
         <v>22</v>
       </c>
       <c r="H246">
         <v>2022</v>
       </c>
       <c r="I246"/>
       <c r="J246" t="s">
         <v>71</v>
       </c>
       <c r="K246" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
       <c r="L246" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="M246" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="N246" t="s">
         <v>26</v>
       </c>
       <c r="O246" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="P246" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="247" spans="1:16">
       <c r="A247" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="B247" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="C247" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D247" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="E247" t="s">
         <v>61</v>
       </c>
       <c r="F247" t="s">
         <v>21</v>
       </c>
       <c r="G247" t="s">
         <v>22</v>
       </c>
       <c r="H247">
         <v>2022</v>
       </c>
       <c r="I247"/>
       <c r="J247" t="s">
         <v>71</v>
       </c>
       <c r="K247" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="L247"/>
       <c r="M247" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="N247" t="s">
         <v>26</v>
       </c>
       <c r="O247" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="P247" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="248" spans="1:16">
       <c r="A248" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="B248" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="C248" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D248" t="s">
         <v>150</v>
       </c>
       <c r="E248" t="s">
         <v>61</v>
       </c>
       <c r="F248" t="s">
         <v>52</v>
       </c>
       <c r="G248" t="s">
         <v>22</v>
       </c>
       <c r="H248">
         <v>2022</v>
       </c>
       <c r="I248"/>
       <c r="J248" t="s">
         <v>71</v>
       </c>
       <c r="K248" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="L248" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="M248" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="N248" t="s">
         <v>26</v>
       </c>
       <c r="O248" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="P248" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="249" spans="1:16">
       <c r="A249" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="B249" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="C249" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D249" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="E249" t="s">
         <v>61</v>
       </c>
       <c r="F249" t="s">
         <v>52</v>
       </c>
       <c r="G249" t="s">
         <v>22</v>
       </c>
       <c r="H249">
         <v>2022</v>
       </c>
       <c r="I249"/>
       <c r="J249" t="s">
         <v>71</v>
       </c>
       <c r="K249" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="L249" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
       <c r="M249" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="N249" t="s">
         <v>26</v>
       </c>
       <c r="O249" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="P249" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="250" spans="1:16">
       <c r="A250" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="B250" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="C250" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D250" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="E250" t="s">
         <v>61</v>
       </c>
       <c r="F250" t="s">
         <v>52</v>
       </c>
       <c r="G250" t="s">
         <v>22</v>
       </c>
       <c r="H250">
         <v>2022</v>
       </c>
       <c r="I250"/>
       <c r="J250" t="s">
         <v>71</v>
       </c>
       <c r="K250" t="s">
         <v>24</v>
       </c>
       <c r="L250" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="M250" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="N250" t="s">
         <v>26</v>
       </c>
       <c r="O250" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="P250" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="251" spans="1:16">
       <c r="A251" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
       <c r="B251" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="C251" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D251" t="s">
         <v>285</v>
       </c>
       <c r="E251" t="s">
         <v>61</v>
       </c>
       <c r="F251" t="s">
         <v>532</v>
       </c>
       <c r="G251" t="s">
         <v>22</v>
       </c>
       <c r="H251">
         <v>2008</v>
       </c>
       <c r="I251"/>
       <c r="J251" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="K251" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="L251" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="M251" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="N251" t="s">
         <v>26</v>
       </c>
       <c r="O251" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="P251" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="252" spans="1:16">
       <c r="A252" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="B252" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="C252" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D252" t="s">
         <v>112</v>
       </c>
       <c r="E252" t="s">
         <v>61</v>
       </c>
       <c r="F252" t="s">
         <v>21</v>
       </c>
       <c r="G252" t="s">
         <v>62</v>
       </c>
       <c r="H252">
         <v>2012</v>
       </c>
       <c r="I252">
         <v>2015</v>
       </c>
       <c r="J252" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="K252" t="s">
         <v>24</v>
       </c>
       <c r="L252" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="M252" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="N252" t="s">
         <v>26</v>
       </c>
       <c r="O252" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="P252" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="253" spans="1:16">
       <c r="A253" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
       <c r="B253" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
       <c r="C253" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="D253" t="s">
         <v>36</v>
       </c>
       <c r="E253" t="s">
         <v>20</v>
       </c>
       <c r="F253" t="s">
         <v>43</v>
       </c>
       <c r="G253" t="s">
         <v>62</v>
       </c>
       <c r="H253">
         <v>2013</v>
       </c>
       <c r="I253">
         <v>2020</v>
       </c>
       <c r="J253" t="s">
         <v>382</v>
       </c>
       <c r="K253" t="s">
         <v>24</v>
       </c>
       <c r="L253" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="M253" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="N253" t="s">
         <v>26</v>
       </c>
       <c r="O253" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="P253" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="254" spans="1:16">
       <c r="A254" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="B254" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="C254" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="D254" t="s">
         <v>42</v>
       </c>
       <c r="E254" t="s">
         <v>20</v>
       </c>
       <c r="F254" t="s">
         <v>43</v>
       </c>
       <c r="G254" t="s">
         <v>62</v>
       </c>
       <c r="H254">
         <v>2011</v>
       </c>
       <c r="I254">
         <v>2019</v>
       </c>
       <c r="J254" t="s">
         <v>382</v>
       </c>
       <c r="K254" t="s">
         <v>24</v>
       </c>
       <c r="L254" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="M254" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="N254" t="s">
         <v>26</v>
       </c>
       <c r="O254" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="P254" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="255" spans="1:16">
       <c r="A255" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="B255" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="C255" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="D255" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="E255" t="s">
         <v>20</v>
       </c>
       <c r="F255" t="s">
         <v>43</v>
       </c>
       <c r="G255" t="s">
         <v>22</v>
       </c>
       <c r="H255">
         <v>2013</v>
       </c>
       <c r="I255"/>
       <c r="J255" t="s">
         <v>709</v>
       </c>
       <c r="K255" t="s">
         <v>24</v>
       </c>
       <c r="L255" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="M255" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="N255" t="s">
         <v>26</v>
       </c>
       <c r="O255" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="P255" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="256" spans="1:16">
       <c r="A256" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="B256" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="C256" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="D256" t="s">
         <v>285</v>
       </c>
       <c r="E256" t="s">
         <v>20</v>
       </c>
       <c r="F256" t="s">
         <v>43</v>
       </c>
       <c r="G256" t="s">
         <v>62</v>
       </c>
       <c r="H256">
         <v>2014</v>
       </c>
       <c r="I256">
         <v>2015</v>
       </c>
       <c r="J256" t="s">
         <v>709</v>
       </c>
       <c r="K256" t="s">
         <v>24</v>
       </c>
       <c r="L256"/>
       <c r="M256" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="N256" t="s">
         <v>26</v>
       </c>
       <c r="O256" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="P256" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="257" spans="1:16">
       <c r="A257" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="B257" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="C257" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="D257" t="s">
         <v>280</v>
       </c>
       <c r="E257" t="s">
         <v>20</v>
       </c>
       <c r="F257" t="s">
         <v>43</v>
       </c>
       <c r="G257" t="s">
         <v>22</v>
       </c>
       <c r="H257">
         <v>2014</v>
       </c>
       <c r="I257">
         <v>2019</v>
       </c>
       <c r="J257" t="s">
         <v>382</v>
       </c>
       <c r="K257" t="s">
         <v>24</v>
       </c>
       <c r="L257"/>
       <c r="M257" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="N257" t="s">
         <v>26</v>
       </c>
       <c r="O257" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="P257" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="258" spans="1:16">
       <c r="A258" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="B258" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="C258" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="D258" t="s">
         <v>319</v>
       </c>
       <c r="E258" t="s">
         <v>20</v>
       </c>
       <c r="F258" t="s">
         <v>43</v>
       </c>
       <c r="G258" t="s">
         <v>22</v>
       </c>
       <c r="H258">
         <v>2016</v>
       </c>
       <c r="I258">
         <v>2018</v>
       </c>
       <c r="J258" t="s">
         <v>382</v>
       </c>
       <c r="K258" t="s">
         <v>24</v>
       </c>
       <c r="L258"/>
       <c r="M258" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="N258" t="s">
         <v>26</v>
       </c>
       <c r="O258" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="P258" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="259" spans="1:16">
       <c r="A259" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="B259" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="C259" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="D259" t="s">
         <v>130</v>
       </c>
       <c r="E259" t="s">
         <v>20</v>
       </c>
       <c r="F259" t="s">
         <v>43</v>
       </c>
       <c r="G259" t="s">
         <v>22</v>
       </c>
       <c r="H259">
         <v>2017</v>
       </c>
       <c r="I259"/>
       <c r="J259" t="s">
         <v>709</v>
       </c>
       <c r="K259" t="s">
         <v>24</v>
       </c>
       <c r="L259"/>
       <c r="M259" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="N259" t="s">
         <v>26</v>
       </c>
       <c r="O259" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="P259" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="260" spans="1:16">
       <c r="A260" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="B260" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="C260" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="D260" t="s">
         <v>112</v>
       </c>
       <c r="E260" t="s">
         <v>20</v>
       </c>
       <c r="F260" t="s">
         <v>43</v>
       </c>
       <c r="G260" t="s">
         <v>62</v>
       </c>
       <c r="H260">
         <v>2016</v>
       </c>
       <c r="I260">
         <v>2019</v>
       </c>
       <c r="J260" t="s">
         <v>709</v>
       </c>
       <c r="K260" t="s">
         <v>24</v>
       </c>
       <c r="L260"/>
       <c r="M260" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="N260" t="s">
         <v>26</v>
       </c>
       <c r="O260" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="P260" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="261" spans="1:16">
       <c r="A261" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="B261" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="C261" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D261" t="s">
         <v>298</v>
       </c>
       <c r="E261" t="s">
         <v>61</v>
       </c>
       <c r="F261" t="s">
         <v>52</v>
       </c>
       <c r="G261" t="s">
         <v>497</v>
       </c>
       <c r="H261"/>
       <c r="I261"/>
       <c r="J261" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="K261" t="s">
         <v>24</v>
       </c>
       <c r="L261"/>
       <c r="M261" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="N261" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="O261" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="P261"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>