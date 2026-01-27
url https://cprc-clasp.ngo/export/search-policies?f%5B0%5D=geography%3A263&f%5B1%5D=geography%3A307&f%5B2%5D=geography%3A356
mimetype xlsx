--- v0 (2025-11-05)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1208">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1210">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -3051,50 +3051,53 @@
   <si>
     <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
   </si>
   <si>
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
   </si>
   <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for computer monitors.</t>
@@ -3130,50 +3133,53 @@
     <t>https://cprc-clasp.ngo/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance standards for televisions.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
   </si>
   <si>
     <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
   </si>
@@ -14886,2348 +14892,2348 @@
       </c>
       <c r="P223" t="s">
         <v>977</v>
       </c>
     </row>
     <row r="224" spans="1:16">
       <c r="A224" t="s">
         <v>978</v>
       </c>
       <c r="B224" t="s">
         <v>979</v>
       </c>
       <c r="C224" t="s">
         <v>18</v>
       </c>
       <c r="D224" t="s">
         <v>200</v>
       </c>
       <c r="E224" t="s">
         <v>20</v>
       </c>
       <c r="F224" t="s">
         <v>21</v>
       </c>
       <c r="G224" t="s">
-        <v>50</v>
+        <v>980</v>
       </c>
       <c r="H224">
         <v>2010</v>
       </c>
       <c r="I224">
         <v>2019</v>
       </c>
       <c r="J224" t="s">
         <v>51</v>
       </c>
       <c r="K224" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="L224"/>
       <c r="M224" t="s">
         <v>25</v>
       </c>
       <c r="N224" t="s">
         <v>26</v>
       </c>
       <c r="O224" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="P224" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
     </row>
     <row r="225" spans="1:16">
       <c r="A225" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="B225" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="C225" t="s">
         <v>18</v>
       </c>
       <c r="D225" t="s">
         <v>200</v>
       </c>
       <c r="E225" t="s">
         <v>20</v>
       </c>
       <c r="F225" t="s">
         <v>21</v>
       </c>
       <c r="G225" t="s">
         <v>50</v>
       </c>
       <c r="H225">
         <v>2010</v>
       </c>
       <c r="I225">
         <v>2019</v>
       </c>
       <c r="J225" t="s">
         <v>894</v>
       </c>
       <c r="K225" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="L225"/>
       <c r="M225" t="s">
         <v>25</v>
       </c>
       <c r="N225" t="s">
         <v>285</v>
       </c>
       <c r="O225" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="P225" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
     </row>
     <row r="226" spans="1:16">
       <c r="A226" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="B226" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="C226" t="s">
         <v>18</v>
       </c>
       <c r="D226" t="s">
         <v>100</v>
       </c>
       <c r="E226" t="s">
         <v>20</v>
       </c>
       <c r="F226" t="s">
         <v>21</v>
       </c>
       <c r="G226" t="s">
         <v>50</v>
       </c>
       <c r="H226">
         <v>2012</v>
       </c>
       <c r="I226">
         <v>2015</v>
       </c>
       <c r="J226" t="s">
         <v>51</v>
       </c>
       <c r="K226" t="s">
         <v>24</v>
       </c>
       <c r="L226" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="M226" t="s">
         <v>25</v>
       </c>
       <c r="N226" t="s">
         <v>26</v>
       </c>
       <c r="O226" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="P226" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
     </row>
     <row r="227" spans="1:16">
       <c r="A227" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="B227" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="C227" t="s">
         <v>18</v>
       </c>
       <c r="D227" t="s">
         <v>81</v>
       </c>
       <c r="E227" t="s">
         <v>20</v>
       </c>
       <c r="F227" t="s">
         <v>21</v>
       </c>
       <c r="G227" t="s">
         <v>50</v>
       </c>
       <c r="H227">
         <v>2012</v>
       </c>
       <c r="I227">
         <v>2015</v>
       </c>
       <c r="J227" t="s">
         <v>51</v>
       </c>
       <c r="K227" t="s">
         <v>24</v>
       </c>
       <c r="L227" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="M227" t="s">
         <v>25</v>
       </c>
       <c r="N227" t="s">
         <v>26</v>
       </c>
       <c r="O227" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="P227" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
     </row>
     <row r="228" spans="1:16">
       <c r="A228" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="B228" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="C228" t="s">
         <v>18</v>
       </c>
       <c r="D228" t="s">
         <v>81</v>
       </c>
       <c r="E228" t="s">
         <v>20</v>
       </c>
       <c r="F228" t="s">
         <v>21</v>
       </c>
       <c r="G228" t="s">
         <v>22</v>
       </c>
       <c r="H228">
         <v>2012</v>
       </c>
       <c r="I228"/>
       <c r="J228" t="s">
         <v>51</v>
       </c>
       <c r="K228" t="s">
         <v>24</v>
       </c>
       <c r="L228" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="M228" t="s">
         <v>25</v>
       </c>
       <c r="N228" t="s">
         <v>26</v>
       </c>
       <c r="O228" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="P228" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
     </row>
     <row r="229" spans="1:16">
       <c r="A229" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="B229" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="C229" t="s">
         <v>18</v>
       </c>
       <c r="D229" t="s">
         <v>117</v>
       </c>
       <c r="E229" t="s">
         <v>20</v>
       </c>
       <c r="F229" t="s">
         <v>21</v>
       </c>
       <c r="G229" t="s">
         <v>50</v>
       </c>
       <c r="H229">
         <v>2012</v>
       </c>
       <c r="I229">
         <v>2021</v>
       </c>
       <c r="J229" t="s">
         <v>894</v>
       </c>
       <c r="K229" t="s">
         <v>24</v>
       </c>
       <c r="L229"/>
       <c r="M229" t="s">
         <v>25</v>
       </c>
       <c r="N229" t="s">
         <v>26</v>
       </c>
       <c r="O229" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="P229" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="230" spans="1:16">
       <c r="A230" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="B230" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="C230" t="s">
         <v>18</v>
       </c>
       <c r="D230" t="s">
         <v>117</v>
       </c>
       <c r="E230" t="s">
         <v>20</v>
       </c>
       <c r="F230" t="s">
         <v>21</v>
       </c>
       <c r="G230" t="s">
-        <v>50</v>
+        <v>1006</v>
       </c>
       <c r="H230">
         <v>2012</v>
       </c>
       <c r="I230">
         <v>2015</v>
       </c>
       <c r="J230" t="s">
         <v>23</v>
       </c>
       <c r="K230" t="s">
         <v>24</v>
       </c>
       <c r="L230"/>
       <c r="M230" t="s">
         <v>25</v>
       </c>
       <c r="N230" t="s">
         <v>26</v>
       </c>
       <c r="O230" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="P230" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="231" spans="1:16">
       <c r="A231" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="B231" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="C231" t="s">
         <v>18</v>
       </c>
       <c r="D231" t="s">
         <v>117</v>
       </c>
       <c r="E231" t="s">
         <v>20</v>
       </c>
       <c r="F231" t="s">
         <v>21</v>
       </c>
       <c r="G231" t="s">
         <v>22</v>
       </c>
       <c r="H231">
         <v>2012</v>
       </c>
       <c r="I231"/>
       <c r="J231" t="s">
         <v>51</v>
       </c>
       <c r="K231" t="s">
         <v>24</v>
       </c>
       <c r="L231"/>
       <c r="M231" t="s">
         <v>25</v>
       </c>
       <c r="N231" t="s">
         <v>26</v>
       </c>
       <c r="O231" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="P231" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="232" spans="1:16">
       <c r="A232" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B232" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="C232" t="s">
         <v>18</v>
       </c>
       <c r="D232" t="s">
         <v>899</v>
       </c>
       <c r="E232" t="s">
         <v>20</v>
       </c>
       <c r="F232" t="s">
         <v>21</v>
       </c>
       <c r="G232" t="s">
         <v>738</v>
       </c>
       <c r="H232">
         <v>2021</v>
       </c>
       <c r="I232"/>
       <c r="J232" t="s">
         <v>51</v>
       </c>
       <c r="K232" t="s">
         <v>24</v>
       </c>
       <c r="L232" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="M232" t="s">
         <v>25</v>
       </c>
       <c r="N232" t="s">
         <v>285</v>
       </c>
       <c r="O232" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="P232" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="233" spans="1:16">
       <c r="A233" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="B233" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="C233" t="s">
         <v>236</v>
       </c>
       <c r="D233" t="s">
         <v>113</v>
       </c>
       <c r="E233" t="s">
         <v>20</v>
       </c>
       <c r="F233" t="s">
         <v>21</v>
       </c>
       <c r="G233" t="s">
         <v>50</v>
       </c>
       <c r="H233">
         <v>2011</v>
       </c>
       <c r="I233">
         <v>2011</v>
       </c>
       <c r="J233" t="s">
         <v>238</v>
       </c>
       <c r="K233" t="s">
         <v>24</v>
       </c>
       <c r="L233" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="M233" t="s">
         <v>829</v>
       </c>
       <c r="N233" t="s">
         <v>26</v>
       </c>
       <c r="O233" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="P233" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="234" spans="1:16">
       <c r="A234" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="B234" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="C234" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D234" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="E234" t="s">
         <v>58</v>
       </c>
       <c r="F234" t="s">
         <v>21</v>
       </c>
       <c r="G234" t="s">
         <v>22</v>
       </c>
       <c r="H234">
         <v>2021</v>
       </c>
       <c r="I234"/>
       <c r="J234" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="K234" t="s">
         <v>24</v>
       </c>
       <c r="L234" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="M234" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="N234" t="s">
         <v>26</v>
       </c>
       <c r="O234" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="P234"/>
     </row>
     <row r="235" spans="1:16">
       <c r="A235" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="B235" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="C235" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D235" t="s">
         <v>573</v>
       </c>
       <c r="E235" t="s">
         <v>58</v>
       </c>
       <c r="F235" t="s">
         <v>128</v>
       </c>
       <c r="G235" t="s">
         <v>50</v>
       </c>
       <c r="H235">
         <v>2002</v>
       </c>
       <c r="I235">
         <v>2015</v>
       </c>
       <c r="J235" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="K235" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="L235" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="M235" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="N235" t="s">
         <v>26</v>
       </c>
       <c r="O235" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="P235" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="236" spans="1:16">
       <c r="A236" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="B236" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="C236" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D236" t="s">
         <v>573</v>
       </c>
       <c r="E236" t="s">
         <v>58</v>
       </c>
       <c r="F236" t="s">
         <v>21</v>
       </c>
       <c r="G236" t="s">
         <v>50</v>
       </c>
       <c r="H236">
         <v>2013</v>
       </c>
       <c r="I236">
         <v>2015</v>
       </c>
       <c r="J236" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="K236" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="L236" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="M236" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="N236" t="s">
         <v>26</v>
       </c>
       <c r="O236" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="P236" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="237" spans="1:16">
       <c r="A237" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B237" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="C237" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D237" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="E237" t="s">
         <v>58</v>
       </c>
       <c r="F237" t="s">
         <v>128</v>
       </c>
       <c r="G237" t="s">
         <v>22</v>
       </c>
       <c r="H237">
         <v>2006</v>
       </c>
       <c r="I237"/>
       <c r="J237" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="K237" t="s">
         <v>24</v>
       </c>
       <c r="L237" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="M237" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="N237" t="s">
         <v>26</v>
       </c>
       <c r="O237" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="P237" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="238" spans="1:16">
       <c r="A238" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="B238" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="C238" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D238" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="E238" t="s">
         <v>20</v>
       </c>
       <c r="F238" t="s">
         <v>128</v>
       </c>
       <c r="G238" t="s">
         <v>50</v>
       </c>
       <c r="H238">
         <v>2011</v>
       </c>
       <c r="I238">
         <v>2014</v>
       </c>
       <c r="J238" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="K238" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="L238" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="M238" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="N238" t="s">
         <v>26</v>
       </c>
       <c r="O238" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="P238" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="239" spans="1:16">
       <c r="A239" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="B239" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="C239" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D239" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="E239" t="s">
         <v>58</v>
       </c>
       <c r="F239" t="s">
         <v>21</v>
       </c>
       <c r="G239" t="s">
         <v>50</v>
       </c>
       <c r="H239">
         <v>2015</v>
       </c>
       <c r="I239">
         <v>2017</v>
       </c>
       <c r="J239" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="K239" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="L239" t="s">
+        <v>1055</v>
+      </c>
+      <c r="M239" t="s">
+        <v>1029</v>
+      </c>
+      <c r="N239" t="s">
+        <v>26</v>
+      </c>
+      <c r="O239" t="s">
+        <v>1056</v>
+      </c>
+      <c r="P239" t="s">
         <v>1053</v>
-      </c>
-[...10 lines deleted...]
-        <v>1051</v>
       </c>
     </row>
     <row r="240" spans="1:16">
       <c r="A240" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="B240" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="C240" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D240" t="s">
         <v>226</v>
       </c>
       <c r="E240" t="s">
         <v>58</v>
       </c>
       <c r="F240" t="s">
         <v>21</v>
       </c>
       <c r="G240" t="s">
         <v>22</v>
       </c>
       <c r="H240">
         <v>2015</v>
       </c>
       <c r="I240"/>
       <c r="J240" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="K240" t="s">
         <v>24</v>
       </c>
       <c r="L240" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="M240" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="N240" t="s">
         <v>26</v>
       </c>
       <c r="O240" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="P240" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="241" spans="1:16">
       <c r="A241" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="B241" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="C241" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D241" t="s">
         <v>226</v>
       </c>
       <c r="E241" t="s">
         <v>58</v>
       </c>
       <c r="F241" t="s">
         <v>128</v>
       </c>
       <c r="G241" t="s">
         <v>22</v>
       </c>
       <c r="H241">
         <v>2015</v>
       </c>
       <c r="I241"/>
       <c r="J241" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="K241" t="s">
         <v>24</v>
       </c>
       <c r="L241" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="M241" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="N241" t="s">
         <v>26</v>
       </c>
       <c r="O241" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="P241" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="242" spans="1:16">
       <c r="A242" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="B242" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="C242" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D242" t="s">
         <v>182</v>
       </c>
       <c r="E242" t="s">
         <v>58</v>
       </c>
       <c r="F242" t="s">
         <v>21</v>
       </c>
       <c r="G242" t="s">
         <v>50</v>
       </c>
       <c r="H242">
         <v>2011</v>
       </c>
       <c r="I242">
         <v>2021</v>
       </c>
       <c r="J242" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="K242" t="s">
         <v>24</v>
       </c>
       <c r="L242" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="M242" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="N242" t="s">
         <v>26</v>
       </c>
       <c r="O242" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="P242" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="243" spans="1:16">
       <c r="A243" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="B243" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="C243" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D243" t="s">
         <v>248</v>
       </c>
       <c r="E243" t="s">
         <v>58</v>
       </c>
       <c r="F243" t="s">
         <v>128</v>
       </c>
       <c r="G243" t="s">
         <v>50</v>
       </c>
       <c r="H243">
         <v>2002</v>
       </c>
       <c r="I243">
         <v>2021</v>
       </c>
       <c r="J243" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="K243" t="s">
         <v>24</v>
       </c>
       <c r="L243" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="M243" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="N243" t="s">
         <v>26</v>
       </c>
       <c r="O243" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="P243" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="244" spans="1:16">
       <c r="A244" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="B244" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="C244" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D244" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="E244" t="s">
         <v>58</v>
       </c>
       <c r="F244" t="s">
         <v>128</v>
       </c>
       <c r="G244" t="s">
         <v>22</v>
       </c>
       <c r="H244">
         <v>2021</v>
       </c>
       <c r="I244"/>
       <c r="J244" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="K244" t="s">
         <v>24</v>
       </c>
       <c r="L244" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="M244" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="N244" t="s">
         <v>26</v>
       </c>
       <c r="O244" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="P244" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="245" spans="1:16">
       <c r="A245" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="B245" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="C245" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D245" t="s">
         <v>100</v>
       </c>
       <c r="E245" t="s">
         <v>58</v>
       </c>
       <c r="F245" t="s">
         <v>128</v>
       </c>
       <c r="G245" t="s">
         <v>661</v>
       </c>
       <c r="H245">
         <v>2021</v>
       </c>
       <c r="I245"/>
       <c r="J245" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="K245" t="s">
         <v>24</v>
       </c>
       <c r="L245" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="M245" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="N245" t="s">
         <v>26</v>
       </c>
       <c r="O245" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="P245" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="246" spans="1:16">
       <c r="A246" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="B246" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="C246" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D246" t="s">
         <v>145</v>
       </c>
       <c r="E246" t="s">
         <v>58</v>
       </c>
       <c r="F246" t="s">
         <v>21</v>
       </c>
       <c r="G246" t="s">
         <v>50</v>
       </c>
       <c r="H246">
         <v>2011</v>
       </c>
       <c r="I246">
         <v>2021</v>
       </c>
       <c r="J246" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="K246" t="s">
         <v>24</v>
       </c>
       <c r="L246" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="M246" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="N246" t="s">
         <v>26</v>
       </c>
       <c r="O246" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="P246" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="247" spans="1:16">
       <c r="A247" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="B247" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
       <c r="C247" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D247" t="s">
         <v>248</v>
       </c>
       <c r="E247" t="s">
         <v>58</v>
       </c>
       <c r="F247" t="s">
         <v>21</v>
       </c>
       <c r="G247" t="s">
         <v>50</v>
       </c>
       <c r="H247">
         <v>2011</v>
       </c>
       <c r="I247">
         <v>2021</v>
       </c>
       <c r="J247" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="K247" t="s">
         <v>24</v>
       </c>
       <c r="L247" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="M247" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="N247" t="s">
         <v>26</v>
       </c>
       <c r="O247" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="P247" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="248" spans="1:16">
       <c r="A248" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="B248" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="C248" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D248" t="s">
         <v>344</v>
       </c>
       <c r="E248" t="s">
         <v>58</v>
       </c>
       <c r="F248" t="s">
         <v>21</v>
       </c>
       <c r="G248" t="s">
         <v>22</v>
       </c>
       <c r="H248">
         <v>2021</v>
       </c>
       <c r="I248"/>
       <c r="J248" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="K248" t="s">
         <v>24</v>
       </c>
       <c r="L248" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="M248" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="N248" t="s">
         <v>26</v>
       </c>
       <c r="O248" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
       <c r="P248" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="249" spans="1:16">
       <c r="A249" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="B249" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
       <c r="C249" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D249" t="s">
         <v>100</v>
       </c>
       <c r="E249" t="s">
         <v>58</v>
       </c>
       <c r="F249" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="G249" t="s">
         <v>22</v>
       </c>
       <c r="H249">
         <v>2021</v>
       </c>
       <c r="I249"/>
       <c r="J249" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="K249" t="s">
         <v>24</v>
       </c>
       <c r="L249" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="M249" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="N249" t="s">
         <v>26</v>
       </c>
       <c r="O249" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="P249" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="250" spans="1:16">
       <c r="A250" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="B250" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="C250" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D250" t="s">
         <v>182</v>
       </c>
       <c r="E250" t="s">
         <v>58</v>
       </c>
       <c r="F250" t="s">
         <v>128</v>
       </c>
       <c r="G250" t="s">
         <v>50</v>
       </c>
       <c r="H250">
         <v>2002</v>
       </c>
       <c r="I250">
         <v>2021</v>
       </c>
       <c r="J250" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="K250" t="s">
         <v>24</v>
       </c>
       <c r="L250" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="M250" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="N250" t="s">
         <v>26</v>
       </c>
       <c r="O250" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="P250" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="251" spans="1:16">
       <c r="A251" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="B251" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="C251" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D251" t="s">
         <v>145</v>
       </c>
       <c r="E251" t="s">
         <v>58</v>
       </c>
       <c r="F251" t="s">
         <v>128</v>
       </c>
       <c r="G251" t="s">
         <v>50</v>
       </c>
       <c r="H251">
         <v>2002</v>
       </c>
       <c r="I251">
         <v>2021</v>
       </c>
       <c r="J251" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="K251" t="s">
         <v>24</v>
       </c>
       <c r="L251" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="M251" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="N251" t="s">
         <v>26</v>
       </c>
       <c r="O251" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="P251" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="252" spans="1:16">
       <c r="A252" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="B252" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="C252" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D252" t="s">
         <v>205</v>
       </c>
       <c r="E252" t="s">
         <v>58</v>
       </c>
       <c r="F252" t="s">
         <v>128</v>
       </c>
       <c r="G252" t="s">
         <v>50</v>
       </c>
       <c r="H252">
         <v>2002</v>
       </c>
       <c r="I252">
         <v>2021</v>
       </c>
       <c r="J252" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="K252" t="s">
         <v>24</v>
       </c>
       <c r="L252" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="M252" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="N252" t="s">
         <v>26</v>
       </c>
       <c r="O252" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="P252" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="253" spans="1:16">
       <c r="A253" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="B253" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="C253" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D253" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="E253" t="s">
         <v>58</v>
       </c>
       <c r="F253" t="s">
         <v>21</v>
       </c>
       <c r="G253" t="s">
         <v>22</v>
       </c>
       <c r="H253">
         <v>2021</v>
       </c>
       <c r="I253"/>
       <c r="J253" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="K253" t="s">
         <v>24</v>
       </c>
       <c r="L253" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="M253" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="N253" t="s">
         <v>26</v>
       </c>
       <c r="O253" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="P253"/>
     </row>
     <row r="254" spans="1:16">
       <c r="A254" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="B254" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="C254" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D254" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="E254" t="s">
         <v>58</v>
       </c>
       <c r="F254" t="s">
         <v>21</v>
       </c>
       <c r="G254" t="s">
         <v>22</v>
       </c>
       <c r="H254">
         <v>2021</v>
       </c>
       <c r="I254"/>
       <c r="J254" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="K254" t="s">
         <v>24</v>
       </c>
       <c r="L254" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="M254" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="N254" t="s">
         <v>26</v>
       </c>
       <c r="O254" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="P254"/>
     </row>
     <row r="255" spans="1:16">
       <c r="A255" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="B255" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="C255" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D255" t="s">
         <v>200</v>
       </c>
       <c r="E255" t="s">
         <v>58</v>
       </c>
       <c r="F255" t="s">
         <v>128</v>
       </c>
       <c r="G255" t="s">
         <v>22</v>
       </c>
       <c r="H255">
         <v>2022</v>
       </c>
       <c r="I255"/>
       <c r="J255" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="K255" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="L255" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="M255" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="N255" t="s">
         <v>26</v>
       </c>
       <c r="O255" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="P255" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="256" spans="1:16">
       <c r="A256" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="B256" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="C256" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D256" t="s">
         <v>782</v>
       </c>
       <c r="E256" t="s">
         <v>58</v>
       </c>
       <c r="F256" t="s">
         <v>128</v>
       </c>
       <c r="G256" t="s">
         <v>22</v>
       </c>
       <c r="H256">
         <v>2022</v>
       </c>
       <c r="I256"/>
       <c r="J256" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="K256" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="L256"/>
       <c r="M256" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="N256" t="s">
         <v>26</v>
       </c>
       <c r="O256" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="P256" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="257" spans="1:16">
       <c r="A257" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="B257" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="C257" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D257" t="s">
         <v>200</v>
       </c>
       <c r="E257" t="s">
         <v>58</v>
       </c>
       <c r="F257" t="s">
         <v>21</v>
       </c>
       <c r="G257" t="s">
         <v>22</v>
       </c>
       <c r="H257">
         <v>2022</v>
       </c>
       <c r="I257"/>
       <c r="J257" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="K257" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="L257" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="M257" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="N257" t="s">
         <v>26</v>
       </c>
       <c r="O257" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="P257" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="258" spans="1:16">
       <c r="A258" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="B258" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="C258" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D258" t="s">
         <v>782</v>
       </c>
       <c r="E258" t="s">
         <v>58</v>
       </c>
       <c r="F258" t="s">
         <v>21</v>
       </c>
       <c r="G258" t="s">
         <v>22</v>
       </c>
       <c r="H258">
         <v>2022</v>
       </c>
       <c r="I258"/>
       <c r="J258" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="K258" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="L258" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="M258" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="N258" t="s">
         <v>26</v>
       </c>
       <c r="O258" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="P258" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="259" spans="1:16">
       <c r="A259" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="B259" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="C259" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D259" t="s">
         <v>782</v>
       </c>
       <c r="E259" t="s">
         <v>58</v>
       </c>
       <c r="F259" t="s">
         <v>21</v>
       </c>
       <c r="G259" t="s">
         <v>22</v>
       </c>
       <c r="H259">
         <v>2022</v>
       </c>
       <c r="I259"/>
       <c r="J259" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="K259" t="s">
         <v>24</v>
       </c>
       <c r="L259" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="M259" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="N259" t="s">
         <v>26</v>
       </c>
       <c r="O259" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="P259" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="260" spans="1:16">
       <c r="A260" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="B260" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="C260" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D260" t="s">
         <v>374</v>
       </c>
       <c r="E260" t="s">
         <v>58</v>
       </c>
       <c r="F260" t="s">
         <v>725</v>
       </c>
       <c r="G260" t="s">
         <v>22</v>
       </c>
       <c r="H260">
         <v>2008</v>
       </c>
       <c r="I260"/>
       <c r="J260" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="K260" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="L260" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="M260" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="N260" t="s">
         <v>26</v>
       </c>
       <c r="O260" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="P260" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="261" spans="1:16">
       <c r="A261" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="B261" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="C261" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D261" t="s">
         <v>117</v>
       </c>
       <c r="E261" t="s">
         <v>58</v>
       </c>
       <c r="F261" t="s">
         <v>128</v>
       </c>
       <c r="G261" t="s">
         <v>50</v>
       </c>
       <c r="H261">
         <v>2012</v>
       </c>
       <c r="I261">
         <v>2015</v>
       </c>
       <c r="J261" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="K261" t="s">
         <v>24</v>
       </c>
       <c r="L261" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="M261" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="N261" t="s">
         <v>26</v>
       </c>
       <c r="O261" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="P261" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="262" spans="1:16">
       <c r="A262" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="B262" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="C262" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="D262" t="s">
         <v>248</v>
       </c>
       <c r="E262" t="s">
         <v>20</v>
       </c>
       <c r="F262" t="s">
         <v>40</v>
       </c>
       <c r="G262" t="s">
         <v>50</v>
       </c>
       <c r="H262">
         <v>2013</v>
       </c>
       <c r="I262">
         <v>2020</v>
       </c>
       <c r="J262" t="s">
         <v>466</v>
       </c>
       <c r="K262" t="s">
         <v>24</v>
       </c>
       <c r="L262" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="M262" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="N262" t="s">
         <v>26</v>
       </c>
       <c r="O262" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="P262" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="263" spans="1:16">
       <c r="A263" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="B263" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="C263" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="D263" t="s">
         <v>39</v>
       </c>
       <c r="E263" t="s">
         <v>20</v>
       </c>
       <c r="F263" t="s">
         <v>40</v>
       </c>
       <c r="G263" t="s">
         <v>50</v>
       </c>
       <c r="H263">
         <v>2011</v>
       </c>
       <c r="I263">
         <v>2019</v>
       </c>
       <c r="J263" t="s">
         <v>466</v>
       </c>
       <c r="K263" t="s">
         <v>24</v>
       </c>
       <c r="L263" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="M263" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="N263" t="s">
         <v>26</v>
       </c>
       <c r="O263" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="P263" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="264" spans="1:16">
       <c r="A264" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="B264" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="C264" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="D264" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="E264" t="s">
         <v>20</v>
       </c>
       <c r="F264" t="s">
         <v>40</v>
       </c>
       <c r="G264" t="s">
         <v>22</v>
       </c>
       <c r="H264">
         <v>2013</v>
       </c>
       <c r="I264"/>
       <c r="J264" t="s">
         <v>23</v>
       </c>
       <c r="K264" t="s">
         <v>24</v>
       </c>
       <c r="L264" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="M264" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="N264" t="s">
         <v>26</v>
       </c>
       <c r="O264" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="P264" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="265" spans="1:16">
       <c r="A265" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="B265" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="C265" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="D265" t="s">
         <v>374</v>
       </c>
       <c r="E265" t="s">
         <v>20</v>
       </c>
       <c r="F265" t="s">
         <v>40</v>
       </c>
       <c r="G265" t="s">
         <v>50</v>
       </c>
       <c r="H265">
         <v>2014</v>
       </c>
       <c r="I265">
         <v>2015</v>
       </c>
       <c r="J265" t="s">
         <v>23</v>
       </c>
       <c r="K265" t="s">
         <v>24</v>
       </c>
       <c r="L265"/>
       <c r="M265" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="N265" t="s">
         <v>26</v>
       </c>
       <c r="O265" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="P265" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="266" spans="1:16">
       <c r="A266" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="B266" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="C266" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="D266" t="s">
         <v>369</v>
       </c>
       <c r="E266" t="s">
         <v>20</v>
       </c>
       <c r="F266" t="s">
         <v>40</v>
       </c>
       <c r="G266" t="s">
         <v>22</v>
       </c>
       <c r="H266">
         <v>2014</v>
       </c>
       <c r="I266">
         <v>2019</v>
       </c>
       <c r="J266" t="s">
         <v>466</v>
       </c>
       <c r="K266" t="s">
         <v>24</v>
       </c>
       <c r="L266"/>
       <c r="M266" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="N266" t="s">
         <v>26</v>
       </c>
       <c r="O266" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="P266" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="267" spans="1:16">
       <c r="A267" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="B267" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="C267" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="D267" t="s">
         <v>182</v>
       </c>
       <c r="E267" t="s">
         <v>20</v>
       </c>
       <c r="F267" t="s">
         <v>40</v>
       </c>
       <c r="G267" t="s">
         <v>22</v>
       </c>
       <c r="H267">
         <v>2016</v>
       </c>
       <c r="I267">
         <v>2018</v>
       </c>
       <c r="J267" t="s">
         <v>466</v>
       </c>
       <c r="K267" t="s">
         <v>24</v>
       </c>
       <c r="L267"/>
       <c r="M267" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="N267" t="s">
         <v>26</v>
       </c>
       <c r="O267" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="P267" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="268" spans="1:16">
       <c r="A268" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="B268" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="C268" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="D268" t="s">
         <v>308</v>
       </c>
       <c r="E268" t="s">
         <v>20</v>
       </c>
       <c r="F268" t="s">
         <v>40</v>
       </c>
       <c r="G268" t="s">
         <v>22</v>
       </c>
       <c r="H268">
         <v>2017</v>
       </c>
       <c r="I268"/>
       <c r="J268" t="s">
         <v>23</v>
       </c>
       <c r="K268" t="s">
         <v>24</v>
       </c>
       <c r="L268"/>
       <c r="M268" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="N268" t="s">
         <v>26</v>
       </c>
       <c r="O268" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="P268" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="269" spans="1:16">
       <c r="A269" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="B269" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="C269" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="D269" t="s">
         <v>117</v>
       </c>
       <c r="E269" t="s">
         <v>20</v>
       </c>
       <c r="F269" t="s">
         <v>40</v>
       </c>
       <c r="G269" t="s">
         <v>50</v>
       </c>
       <c r="H269">
         <v>2016</v>
       </c>
       <c r="I269">
         <v>2019</v>
       </c>
       <c r="J269" t="s">
         <v>23</v>
       </c>
       <c r="K269" t="s">
         <v>24</v>
       </c>
       <c r="L269"/>
       <c r="M269" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="N269" t="s">
         <v>26</v>
       </c>
       <c r="O269" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="P269" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="270" spans="1:16">
       <c r="A270" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="B270" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="C270" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D270" t="s">
         <v>281</v>
       </c>
       <c r="E270" t="s">
         <v>58</v>
       </c>
       <c r="F270" t="s">
         <v>21</v>
       </c>
       <c r="G270" t="s">
         <v>603</v>
       </c>
       <c r="H270"/>
       <c r="I270"/>
       <c r="J270" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="K270" t="s">
         <v>24</v>
       </c>
       <c r="L270"/>
       <c r="M270" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="N270" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="O270" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="P270"/>
     </row>
     <row r="271" spans="1:16">
       <c r="A271" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="B271" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="C271" t="s">
         <v>18</v>
       </c>
       <c r="D271" t="s">
         <v>205</v>
       </c>
       <c r="E271" t="s">
         <v>20</v>
       </c>
       <c r="F271" t="s">
         <v>21</v>
       </c>
       <c r="G271" t="s">
         <v>50</v>
       </c>
       <c r="H271">
         <v>2011</v>
       </c>
       <c r="I271">
         <v>2013</v>
       </c>
       <c r="J271" t="s">
         <v>23</v>
       </c>
       <c r="K271" t="s">
         <v>24</v>
       </c>
       <c r="L271"/>
       <c r="M271" t="s">
         <v>25</v>
       </c>
       <c r="N271" t="s">
         <v>26</v>
       </c>
       <c r="O271" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="P271" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">