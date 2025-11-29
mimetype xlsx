--- v0 (2025-10-10)
+++ v1 (2025-11-29)
@@ -12,425 +12,528 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>JS 1749</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
     <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for refrigerators</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-refrigerators-5</t>
   </si>
   <si>
+    <t>https://blog.complianceandrisks.com/news-resources/oman-to-draft-mandatory-energy-efficiency-specifications-for-four-electrical-appliances</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>The standard specifies the energy performance, capacity and labelling of household refrigerators, refrigerator-freezers and freezers. The requirements in this Standard are not applicable to electrically operated refrigerators employing an absorption refrigeration system and for commercial refrigerators, refrigerators-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>General Electricity &amp; Water Corporation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers</t>
   </si>
   <si>
+    <t>https://docs.wto.org/dol2fe/Pages/FE_Search/FE_S_S009-DP.aspx?language=E&amp;HasEnglishRecord=True&amp;HasFrenchRecord=True&amp;HasSpanishRecord=False&amp;CatalogueIdList=234359,234362,227938,228303,231379,234295,234377,234291,234289,234290&amp;CurrentCatalogueIdIndex=9&amp;FullT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers-0</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>SASO 2892:2018 MEPS and labeling schemes for refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO-IEC-60335-2-24</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28922018-meps-and-labeling-schemes-refrigerating-appliances</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices (2019/2016/EU) (SGM:2021/8)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. This Regulation shall apply to electric mains-operated household refrigerating appliances including those sold for non-household use or for the refrigeration of items other than foodstuffs and including built-in appliances. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated. This Regulation shall not apply to:    a. refrigerating appliances that are primarily powered by energy sources other than electricity such as liquefied petroleum gas LPG kerosene and bio-diesel fuels;   b. battery-operated refrigerating appliances that can be connected to the mains through an AC|DC converter purchased separately;    c. custom-made refrigerating appliances made on a one-off basis and not equivalent to other refrigerating appliance models;   d. refrigerating appliances for tertiary sector application where the removal of refrigerated foodstuffs is electronically sensed and that information can be automatically transmitted through a network connection to a remote control system for accounting;    e. appliances where the primary function is not the storage of foodstuffs through refrigeration such as stand-alone ice-makers or chilled drinks dispensers.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices (2019/2019/EU) (SGM:2021/7)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
   </si>
   <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
+  </si>
+  <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
+  </si>
+  <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -694,911 +797,1028 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N19"/>
+  <dimension ref="A1:P19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="183" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>1986</v>
+      </c>
+      <c r="I3">
+        <v>2004</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>1998</v>
+      </c>
+      <c r="I4">
+        <v>2012</v>
+      </c>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2002</v>
+      </c>
+      <c r="I5">
+        <v>2008</v>
+      </c>
+      <c r="J5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>44</v>
+      </c>
+      <c r="N5" t="s">
+        <v>51</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
+        <v>2007</v>
+      </c>
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>42</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>44</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>61</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>62</v>
+      </c>
+      <c r="M7" t="s">
+        <v>63</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>68</v>
+      </c>
+      <c r="G8" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>62</v>
+      </c>
+      <c r="M8" t="s">
+        <v>63</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>73</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>68</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>75</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>76</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D10" t="s">
+        <v>82</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>83</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>84</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>85</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>86</v>
+      </c>
+      <c r="P10" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>81</v>
+      </c>
+      <c r="D11" t="s">
+        <v>74</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>83</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>84</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>85</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>88</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>91</v>
+      </c>
+      <c r="D12" t="s">
+        <v>92</v>
+      </c>
+      <c r="E12" t="s">
+        <v>93</v>
+      </c>
+      <c r="F12" t="s">
+        <v>94</v>
+      </c>
+      <c r="G12" t="s">
+        <v>83</v>
+      </c>
+      <c r="H12">
+        <v>2023</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>95</v>
+      </c>
+      <c r="K12" t="s">
+        <v>96</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>97</v>
+      </c>
+      <c r="N12" t="s">
+        <v>51</v>
+      </c>
+      <c r="O12" t="s">
+        <v>98</v>
+      </c>
+      <c r="P12" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>102</v>
+      </c>
+      <c r="D13" t="s">
+        <v>32</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>34</v>
+      </c>
+      <c r="H13">
+        <v>2007</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>75</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>103</v>
+      </c>
+      <c r="M13" t="s">
+        <v>104</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>105</v>
+      </c>
+      <c r="P13" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>107</v>
+      </c>
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" t="s">
+        <v>31</v>
+      </c>
+      <c r="D14" t="s">
+        <v>109</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>68</v>
+      </c>
+      <c r="G14" t="s">
+        <v>34</v>
+      </c>
+      <c r="H14">
+        <v>1986</v>
+      </c>
+      <c r="I14">
+        <v>2014</v>
+      </c>
+      <c r="J14" t="s">
+        <v>35</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>110</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>111</v>
+      </c>
+      <c r="P14" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>113</v>
+      </c>
+      <c r="B15" t="s">
+        <v>114</v>
+      </c>
+      <c r="C15" t="s">
+        <v>115</v>
+      </c>
+      <c r="D15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F15" t="s">
+        <v>61</v>
+      </c>
+      <c r="G15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H15">
+        <v>2002</v>
+      </c>
+      <c r="I15">
+        <v>2021</v>
+      </c>
+      <c r="J15" t="s">
+        <v>116</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>117</v>
+      </c>
+      <c r="M15" t="s">
+        <v>118</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>119</v>
+      </c>
+      <c r="P15" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>121</v>
+      </c>
+      <c r="B16" t="s">
+        <v>122</v>
+      </c>
+      <c r="C16" t="s">
+        <v>115</v>
+      </c>
+      <c r="D16" t="s">
+        <v>123</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>61</v>
+      </c>
+      <c r="G16" t="s">
+        <v>83</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>116</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>124</v>
+      </c>
+      <c r="M16" t="s">
+        <v>118</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>125</v>
+      </c>
+      <c r="P16" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>127</v>
+      </c>
+      <c r="B17" t="s">
+        <v>128</v>
+      </c>
+      <c r="C17" t="s">
+        <v>115</v>
+      </c>
+      <c r="D17" t="s">
+        <v>32</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>68</v>
+      </c>
+      <c r="G17" t="s">
+        <v>34</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17">
+        <v>2021</v>
+      </c>
+      <c r="J17" t="s">
+        <v>116</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>129</v>
+      </c>
+      <c r="M17" t="s">
+        <v>118</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>130</v>
+      </c>
+      <c r="P17" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>132</v>
+      </c>
+      <c r="B18" t="s">
+        <v>133</v>
+      </c>
+      <c r="C18" t="s">
+        <v>115</v>
+      </c>
+      <c r="D18" t="s">
+        <v>55</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>68</v>
+      </c>
+      <c r="G18" t="s">
+        <v>83</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>116</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>134</v>
+      </c>
+      <c r="M18" t="s">
+        <v>118</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>135</v>
+      </c>
+      <c r="P18" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>137</v>
+      </c>
+      <c r="B19" t="s">
+        <v>138</v>
+      </c>
+      <c r="C19" t="s">
+        <v>139</v>
+      </c>
+      <c r="D19" t="s">
+        <v>32</v>
+      </c>
+      <c r="E19" t="s">
+        <v>33</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...3 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G19" t="s">
+        <v>34</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K19" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L19" t="s">
+        <v>140</v>
+      </c>
+      <c r="M19" t="s">
+        <v>141</v>
+      </c>
+      <c r="N19" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...711 lines deleted...]
-        <v>109</v>
+      <c r="O19" t="s">
+        <v>142</v>
+      </c>
+      <c r="P19" t="s">
+        <v>143</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>