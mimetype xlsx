--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,1512 +12,2130 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="467">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="668">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Decision No. 107/2018 on the adoption of Gulf Standard 2530:2016 on Energy Labeling and Minimum Energy Performance Requirements For Air Conditioners as a mandatory Omani Standard</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for window single-package, split-system non-ducted air conditioners using air-cooled condensers, split-system ducted air-conditioners using air-cooled condensers, and heat pumps using air-cooled condensers for residential, commercial and industrial sector as applicable in accordance with GSO SASO Standards. It is applied to units designed to operate in AC single phase or three-phase circuits according to GSO 1899/2009 "GCC Standard voltages and frequencies for AC transmission and distribution systems". It covers units with capacities up to and including 70000 Btu/h (20 kW).</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GSO 2530:2016</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-1072018-adoption-gulf-standard-25302016-energy-labeling-and-minimum-energy</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/sultanate-oman-energy-efficiency-and-labeling-requirements-air-conditioners-0</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
+The standard covers the following types of self-ballasted LED lamps:
+a. Both the directional and non-directional lamps.
+b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>October 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
   </si>
   <si>
+    <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
     <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
   </si>
   <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISIRI 10335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
   </si>
   <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
     <t>IEC 379: 1987</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
   </si>
   <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
   </si>
   <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>95/12/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
   </si>
   <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>IEC 60968 and IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
     <t>ISIRI 6016-2</t>
   </si>
   <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
     <t>ISIRI 6016, ISIRI 6016-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-6016-2</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
   </si>
   <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
     <t>Irons</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
   </si>
   <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
   </si>
   <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
   </si>
   <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
+  </si>
+  <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>JS 2094</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
     <t>JS 2095:2013 Technical regulation on eco-design requirements for Glandless standalone circulators and glandless circulators integrated in products</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of glandless standalone circulators and glandless circulators integrated in products.</t>
+  </si>
+  <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>JS 2095</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20952013-technical-regulation-eco-design-requirements-glandless-standalone-circulators</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5464</t>
+  </si>
+  <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
     <t>JS 1749</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
     <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2108:2013 Energy efficiency labeling of air conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of 12 kW for cooling or heating if the product has no cooling function. This policy does not apply to: a) appliances that use non-electric energy sources; b) air conditioners of which the condensor- or evaporator-side do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/js-21082013-energy-efficiency-labeling-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5451</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
   </si>
   <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
     <t>JS 2103</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
     <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
   </si>
   <si>
+    <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>The standard specifies the energy performance, capacity and labelling of household refrigerators, refrigerator-freezers and freezers. The requirements in this Standard are not applicable to electrically operated refrigerators employing an absorption refrigeration system and for commercial refrigerators, refrigerators-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>General Electricity &amp; Water Corporation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers</t>
   </si>
   <si>
+    <t>https://docs.wto.org/dol2fe/Pages/FE_Search/FE_S_S009-DP.aspx?language=E&amp;HasEnglishRecord=True&amp;HasFrenchRecord=True&amp;HasSpanishRecord=False&amp;CatalogueIdList=234359,234362,227938,228303,231379,234295,234377,234291,234289,234290&amp;CurrentCatalogueIdIndex=9&amp;FullT</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers-0</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for split unit air conditioners</t>
   </si>
   <si>
+    <t>Under new regulations, the energy efficiency ratio (EER) of split unit air-conditioners will be increased from existing 9.5 EER to 10.5 EER.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-split-unit-air-conditioners</t>
   </si>
   <si>
+    <t>https://thepeninsulaqatar.com/article/08/06/2019/New-regulations-to-make-electric-appliances-more-energy-efficient</t>
+  </si>
+  <si>
     <t>MEPS schemes for non-directional lamps</t>
   </si>
   <si>
+    <t>This regulation is based on the European Union Commission regulation 244/2009 to phase out incandescent lamps.</t>
+  </si>
+  <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-schemes-non-directional-lamps</t>
   </si>
   <si>
+    <t>http://www.seu.gov.bh/wp-content/uploads/2018/04/02_NEEAP_full-report.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
+    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
   <si>
+    <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Labelling and Minimum Energy Performance Requirements for Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the placing on Bahraini market the energy labelling requirements and Minimum Energy Performance Standard (MEPS) requirements for single-package and split-system non ducted air conditioners using air and water-cooled condensers and ducted air-conditioners using air-to air heat pumps for residential, commercial and industrial sector as applicable in accordance with Bahraini Standards.</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>GSO ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-labelling-and-minimum-energy-performance-requirements-air-conditioners</t>
   </si>
   <si>
+    <t>https://ec.europa.eu/growth/tools-databases/tbt/en/search/?tbtaction=search.detail&amp;Country_ID=BHR&amp;num=397&amp;dspLang=en&amp;basdatedeb=&amp;basdatefin=&amp;baspays=BHR&amp;basnotifnum=&amp;basnotifnum2=&amp;bastypepays=ANY&amp;baskeywords=</t>
+  </si>
+  <si>
     <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
   </si>
   <si>
+    <t>This standard applies to single-package window type, single split-system non-ducted air conditioners using air-cooled condensers, single split-system ducted airconditioners using air-cooled condensers, and heat pumps using aircooled condensers or using electric resistance for residential, commercial and industrial sector as applicable.</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO 2681 / 2013 (based on ISO 5151) SASO 2682/2013 SASO 2763/2008</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-26632018-meps-and-labeling-schemes-small-air-conditioners</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2874:2016 MEPS for large air conditioners</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28742016-meps-large-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
+  </si>
+  <si>
     <t>SASO 2883:2017 MEPS and labeling schemes for clothes dryers</t>
   </si>
   <si>
+    <t>This standard applies to clothes dryers with capacities up to 25 kg (condenser and airvented). Household spin extractors are excluded from this standard</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/saso-28832017-meps-and-labeling-schemes-clothes-dryers</t>
   </si>
   <si>
     <t>SASO 2884:2017 MEPS and labeling schemes for water heaters</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28842017-meps-and-labeling-schemes-water-heaters</t>
   </si>
   <si>
     <t>SASO 2885:2018 MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
+    <t>This standards applies to:</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>SASO 2693/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28852018-meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
     <t>SASO 2892:2018 MEPS and labeling schemes for refrigerating appliances</t>
   </si>
   <si>
     <t>SASO-IEC-60335-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28922018-meps-and-labeling-schemes-refrigerating-appliances</t>
   </si>
   <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>SASO IEC 60034-30:2013</t>
   </si>
   <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
+  </si>
+  <si>
     <t>SASO IEC 60034-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-iec-60034-302013</t>
   </si>
   <si>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
+  </si>
+  <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/si-60968</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>SI 69 Electric water heaters</t>
   </si>
   <si>
+    <t>This policy applies to thermostatically controlled and thermally insulated heaters.</t>
+  </si>
+  <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-69-electric-water-heaters</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=cf61e979-6101-4ea0-958f-a9e4c998a5a5</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
+  </si>
+  <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EC 392-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28648-transposition-ec-392-2012</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/EV%20T%C4%B0P%C4%B0%20FIRINLARIN%20VE%20ASP%C4%B0RAT%C3%96RLER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 932-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>EC 932-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28648-transposition-ec-932-2012</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>EU 65-2014</t>
-[...4 lines deleted...]
-  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices (2019/2016/EU) (SGM:2021/8)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. This Regulation shall apply to electric mains-operated household refrigerating appliances including those sold for non-household use or for the refrigeration of items other than foodstuffs and including built-in appliances. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated. This Regulation shall not apply to:    a. refrigerating appliances that are primarily powered by energy sources other than electricity such as liquefied petroleum gas LPG kerosene and bio-diesel fuels;   b. battery-operated refrigerating appliances that can be connected to the mains through an AC|DC converter purchased separately;    c. custom-made refrigerating appliances made on a one-off basis and not equivalent to other refrigerating appliance models;   d. refrigerating appliances for tertiary sector application where the removal of refrigerated foodstuffs is electronically sensed and that information can be automatically transmitted through a network connection to a remote control system for accounting;    e. appliances where the primary function is not the storage of foodstuffs through refrigeration such as stand-alone ice-makers or chilled drinks dispensers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design of Household Washing Machines with Dryers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing-0</t>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-3.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices (2019/2019/EU) (SGM:2021/7)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
   </si>
   <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Household Laundry Environmentally Friendly Design of Household Washing Machines and Dryers Communiqué on Requirements (2019/2023/EU) (SGM:2021/3)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-household-laundry-environmentally-friendly-design</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-4.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Energy Labeling of Light Sources (2019/2015/EU) (SGM:2021/12)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on, light sources with or without integrated control gear. The requirements also apply to light sources placed on the market in a containing product. This policy does not apply to light sources specified in points 1 and 2 of Annex IV of Commission Delegated Regulation (EU) 2019/2015. Light sources specified in point 3 of Annex IV must comply only with the requirements in point 4 of Annex V of Commission Delegated Regulation (EU) 2019/2015. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2015.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/08/20210806-16.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Solid Fuel Boilers and Packages of Solid Fuel Boilers, Additional Heaters, Temperature Control Devices and Solar Energy Devices (2015/1187/EU) (SGM: 2022/31)</t>
   </si>
   <si>
+    <t>This policy defines the energy labeling of and the provision of supplementary product information on solid fuel boilers with a rated heat output of 70 kW or less and packages of a solid fuel boiler with a rated heat output of 70 kW or less, supplementary heaters, temperature controls, and solar devices. It does not apply to boilers generating heat only for hot drinking or sanitary water; boilers for heating and distributing gaseous heat transfer media such as vapor or air; solid fuel cogeneration boilers with a maximum electrical capacity of 50 kW or more; non-woody biomass boilers. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1187.</t>
+  </si>
+  <si>
     <t>Electricity, Solar, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-energy-labeling-solid-fuel-boilers-and-packages-solid</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Boilers (2015/1189/EU) (SGM: 2022/33)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel boilers with a rated heat output of 500 kilowatts (‘kW’) or less, including those integrated in packages of a solid fuel boiler, supplementary heaters, temperature controls, and solar devices as defined in Article 2 of Delegated Regulation (EU) 2015/1187. This policy is a transposition of Commission Regulation (EU) 2015/1189.</t>
+  </si>
+  <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1189</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 26897</t>
   </si>
   <si>
+    <t>This Regulation provides minimum energy efficiency and labeling for new hot water boilers with nominal output power less than 4 kW and not more than 400 kW</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Council Directive 92/42/EEC of 21 May 1992</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-26897</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/verimlilik/document/Sicaksu_Kazanlarinin_Verimlilik_Yonetmeligi.doc</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
   </si>
   <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456 /2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
+    <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
   </si>
   <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
+  </si>
+  <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
   </si>
   <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
+  </si>
+  <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1781,5521 +2399,6276 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N127"/>
+  <dimension ref="A1:P127"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2019</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2006</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>46</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1993</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>48</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>49</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>61</v>
+      </c>
+      <c r="H7">
+        <v>1986</v>
+      </c>
+      <c r="I7">
+        <v>2004</v>
+      </c>
+      <c r="J7" t="s">
+        <v>48</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>49</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>66</v>
+      </c>
+      <c r="D8" t="s">
+        <v>60</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>61</v>
+      </c>
+      <c r="H8">
+        <v>1998</v>
+      </c>
+      <c r="I8">
+        <v>2012</v>
+      </c>
+      <c r="J8" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>69</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>66</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>61</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2010</v>
+      </c>
+      <c r="J9" t="s">
+        <v>67</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>69</v>
+      </c>
+      <c r="N9" t="s">
+        <v>76</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" t="s">
+        <v>80</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>61</v>
+      </c>
+      <c r="H10">
+        <v>2002</v>
+      </c>
+      <c r="I10">
+        <v>2008</v>
+      </c>
+      <c r="J10" t="s">
+        <v>67</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>81</v>
+      </c>
+      <c r="M10" t="s">
+        <v>69</v>
+      </c>
+      <c r="N10" t="s">
+        <v>76</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>66</v>
+      </c>
+      <c r="D11" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...6 lines deleted...]
-      <c r="J2" t="s">
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
+        <v>61</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2006</v>
+      </c>
+      <c r="J11" t="s">
+        <v>67</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>85</v>
+      </c>
+      <c r="M11" t="s">
+        <v>69</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>66</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G12" t="s">
+        <v>61</v>
+      </c>
+      <c r="H12">
+        <v>2007</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>67</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>90</v>
+      </c>
+      <c r="M12" t="s">
+        <v>69</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>66</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>55</v>
+      </c>
+      <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...35 lines deleted...]
-      <c r="J3" t="s">
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>67</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>69</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>94</v>
+      </c>
+      <c r="P13" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C14" t="s">
+        <v>66</v>
+      </c>
+      <c r="D14" t="s">
+        <v>97</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...11 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>67</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>98</v>
+      </c>
+      <c r="M14" t="s">
+        <v>69</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>99</v>
+      </c>
+      <c r="P14" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>100</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D15" t="s">
+        <v>102</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>61</v>
+      </c>
+      <c r="H15">
+        <v>2012</v>
+      </c>
+      <c r="I15">
+        <v>2010</v>
+      </c>
+      <c r="J15" t="s">
+        <v>67</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>103</v>
+      </c>
+      <c r="M15" t="s">
+        <v>69</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>104</v>
+      </c>
+      <c r="P15" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B16" t="s">
+        <v>106</v>
+      </c>
+      <c r="C16" t="s">
+        <v>66</v>
+      </c>
+      <c r="D16" t="s">
+        <v>107</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>61</v>
+      </c>
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16">
+        <v>2014</v>
+      </c>
+      <c r="J16" t="s">
+        <v>67</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>108</v>
+      </c>
+      <c r="M16" t="s">
+        <v>69</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>109</v>
+      </c>
+      <c r="P16" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>110</v>
+      </c>
+      <c r="B17" t="s">
+        <v>111</v>
+      </c>
+      <c r="C17" t="s">
+        <v>66</v>
+      </c>
+      <c r="D17" t="s">
+        <v>112</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>67</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>113</v>
+      </c>
+      <c r="M17" t="s">
+        <v>69</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>114</v>
+      </c>
+      <c r="P17" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>115</v>
+      </c>
+      <c r="B18" t="s">
+        <v>116</v>
+      </c>
+      <c r="C18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...21 lines deleted...]
-      <c r="J4" t="s">
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2009</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>67</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>118</v>
+      </c>
+      <c r="M18" t="s">
+        <v>69</v>
+      </c>
+      <c r="N18" t="s">
+        <v>76</v>
+      </c>
+      <c r="O18" t="s">
+        <v>119</v>
+      </c>
+      <c r="P18" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>120</v>
+      </c>
+      <c r="B19" t="s">
+        <v>121</v>
+      </c>
+      <c r="C19" t="s">
+        <v>66</v>
+      </c>
+      <c r="D19" t="s">
+        <v>122</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...163 lines deleted...]
-      <c r="K8" t="s">
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>67</v>
+      </c>
+      <c r="K19" t="s">
+        <v>123</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>69</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>124</v>
+      </c>
+      <c r="P19" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>125</v>
+      </c>
+      <c r="B20" t="s">
+        <v>126</v>
+      </c>
+      <c r="C20" t="s">
+        <v>66</v>
+      </c>
+      <c r="D20" t="s">
         <v>54</v>
       </c>
-      <c r="L8" t="s">
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>55</v>
       </c>
-      <c r="M8" t="s">
-[...46 lines deleted...]
-      <c r="N9" t="s">
+      <c r="G20" t="s">
         <v>61</v>
-      </c>
-[...447 lines deleted...]
-        <v>2002</v>
       </c>
       <c r="H20">
         <v>2002</v>
       </c>
-      <c r="I20" t="s">
-        <v>53</v>
+      <c r="I20">
+        <v>2002</v>
       </c>
       <c r="J20" t="s">
-        <v>97</v>
+        <v>67</v>
       </c>
       <c r="K20" t="s">
-        <v>100</v>
+        <v>123</v>
       </c>
       <c r="L20" t="s">
-        <v>55</v>
+        <v>127</v>
       </c>
       <c r="M20" t="s">
-        <v>24</v>
+        <v>69</v>
       </c>
       <c r="N20" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>128</v>
+      </c>
+      <c r="P20" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>102</v>
+        <v>129</v>
       </c>
       <c r="B21" t="s">
-        <v>52</v>
+        <v>130</v>
       </c>
       <c r="C21" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="E21" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="G21">
+        <v>33</v>
+      </c>
+      <c r="G21" t="s">
+        <v>61</v>
+      </c>
+      <c r="H21">
         <v>1998</v>
       </c>
-      <c r="H21">
+      <c r="I21">
         <v>2009</v>
       </c>
-      <c r="I21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J21" t="s">
-        <v>97</v>
+        <v>67</v>
       </c>
       <c r="K21" t="s">
-        <v>103</v>
+        <v>123</v>
       </c>
       <c r="L21" t="s">
-        <v>55</v>
+        <v>131</v>
       </c>
       <c r="M21" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="N21" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>76</v>
+      </c>
+      <c r="O21" t="s">
+        <v>132</v>
+      </c>
+      <c r="P21" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="B22" t="s">
-        <v>52</v>
+        <v>134</v>
       </c>
       <c r="C22" t="s">
-        <v>106</v>
+        <v>66</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
       <c r="E22" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>33</v>
+      </c>
+      <c r="G22" t="s">
+        <v>61</v>
       </c>
       <c r="H22">
         <v>2012</v>
       </c>
-      <c r="I22" t="s">
-        <v>53</v>
+      <c r="I22">
+        <v>2012</v>
       </c>
       <c r="J22" t="s">
+        <v>67</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>136</v>
+      </c>
+      <c r="M22" t="s">
+        <v>69</v>
+      </c>
+      <c r="N22" t="s">
+        <v>76</v>
+      </c>
+      <c r="O22" t="s">
+        <v>137</v>
+      </c>
+      <c r="P22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>138</v>
+      </c>
+      <c r="B23" t="s">
+        <v>139</v>
+      </c>
+      <c r="C23" t="s">
+        <v>66</v>
+      </c>
+      <c r="D23" t="s">
+        <v>54</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K22" t="s">
-[...31 lines deleted...]
-      <c r="G23">
+      <c r="G23" t="s">
+        <v>61</v>
+      </c>
+      <c r="H23">
         <v>2011</v>
       </c>
-      <c r="H23">
+      <c r="I23">
         <v>2015</v>
       </c>
-      <c r="I23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J23" t="s">
+        <v>140</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>141</v>
+      </c>
+      <c r="M23" t="s">
+        <v>69</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>142</v>
+      </c>
+      <c r="P23" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>143</v>
+      </c>
+      <c r="B24" t="s">
+        <v>144</v>
+      </c>
+      <c r="C24" t="s">
+        <v>66</v>
+      </c>
+      <c r="D24" t="s">
+        <v>145</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>33</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>67</v>
+      </c>
+      <c r="K24" t="s">
+        <v>123</v>
+      </c>
+      <c r="L24" t="s">
+        <v>146</v>
+      </c>
+      <c r="M24" t="s">
+        <v>69</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>147</v>
+      </c>
+      <c r="P24" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>148</v>
+      </c>
+      <c r="B25" t="s">
+        <v>149</v>
+      </c>
+      <c r="C25" t="s">
+        <v>66</v>
+      </c>
+      <c r="D25" t="s">
+        <v>54</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>33</v>
+      </c>
+      <c r="G25" t="s">
+        <v>61</v>
+      </c>
+      <c r="H25">
+        <v>2011</v>
+      </c>
+      <c r="I25">
+        <v>2013</v>
+      </c>
+      <c r="J25" t="s">
+        <v>67</v>
+      </c>
+      <c r="K25" t="s">
+        <v>123</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>69</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>150</v>
+      </c>
+      <c r="P25" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>151</v>
+      </c>
+      <c r="B26" t="s">
+        <v>152</v>
+      </c>
+      <c r="C26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D26" t="s">
+        <v>122</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K23" t="s">
-[...31 lines deleted...]
-      <c r="G24">
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2009</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>67</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>153</v>
+      </c>
+      <c r="M26" t="s">
+        <v>69</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>154</v>
+      </c>
+      <c r="P26" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>155</v>
+      </c>
+      <c r="B27" t="s">
+        <v>156</v>
+      </c>
+      <c r="C27" t="s">
+        <v>66</v>
+      </c>
+      <c r="D27" t="s">
+        <v>157</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>33</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
         <v>2013</v>
       </c>
-      <c r="H24"/>
-[...87 lines deleted...]
-      <c r="J26" t="s">
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>67</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>69</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>158</v>
+      </c>
+      <c r="P27" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>159</v>
+      </c>
+      <c r="B28" t="s">
+        <v>160</v>
+      </c>
+      <c r="C28" t="s">
+        <v>66</v>
+      </c>
+      <c r="D28" t="s">
+        <v>161</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
         <v>21</v>
       </c>
-      <c r="K26" t="s">
-[...19 lines deleted...]
-      <c r="C27" t="s">
+      <c r="G28" t="s">
+        <v>61</v>
+      </c>
+      <c r="H28">
+        <v>2003</v>
+      </c>
+      <c r="I28">
+        <v>2010</v>
+      </c>
+      <c r="J28" t="s">
+        <v>67</v>
+      </c>
+      <c r="K28" t="s">
         <v>123</v>
       </c>
-      <c r="D27" t="s">
-[...15 lines deleted...]
-      <c r="J27" t="s">
+      <c r="L28" t="s">
+        <v>162</v>
+      </c>
+      <c r="M28" t="s">
+        <v>69</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>163</v>
+      </c>
+      <c r="P28" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>164</v>
+      </c>
+      <c r="B29" t="s">
+        <v>165</v>
+      </c>
+      <c r="C29" t="s">
+        <v>66</v>
+      </c>
+      <c r="D29" t="s">
+        <v>166</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
         <v>21</v>
       </c>
-      <c r="K27"/>
-[...73 lines deleted...]
-      <c r="G29">
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
         <v>2002</v>
       </c>
-      <c r="H29"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I29"/>
       <c r="J29" t="s">
+        <v>67</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>167</v>
+      </c>
+      <c r="M29" t="s">
+        <v>69</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>168</v>
+      </c>
+      <c r="P29" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>169</v>
+      </c>
+      <c r="B30" t="s">
+        <v>170</v>
+      </c>
+      <c r="C30" t="s">
+        <v>66</v>
+      </c>
+      <c r="D30" t="s">
+        <v>171</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
         <v>21</v>
       </c>
-      <c r="K29" t="s">
-[...32 lines deleted...]
-        <v>2002</v>
+      <c r="G30" t="s">
+        <v>61</v>
       </c>
       <c r="H30">
         <v>2002</v>
       </c>
-      <c r="I30" t="s">
-        <v>53</v>
+      <c r="I30">
+        <v>2002</v>
       </c>
       <c r="J30" t="s">
+        <v>67</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>172</v>
+      </c>
+      <c r="M30" t="s">
+        <v>69</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>173</v>
+      </c>
+      <c r="P30" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>174</v>
+      </c>
+      <c r="B31" t="s">
+        <v>175</v>
+      </c>
+      <c r="C31" t="s">
+        <v>66</v>
+      </c>
+      <c r="D31" t="s">
+        <v>176</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>21</v>
       </c>
-      <c r="K30" t="s">
-[...2 lines deleted...]
-      <c r="L30" t="s">
+      <c r="G31" t="s">
+        <v>61</v>
+      </c>
+      <c r="H31">
+        <v>1999</v>
+      </c>
+      <c r="I31">
+        <v>2009</v>
+      </c>
+      <c r="J31" t="s">
+        <v>67</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>177</v>
+      </c>
+      <c r="M31" t="s">
+        <v>69</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>178</v>
+      </c>
+      <c r="P31" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>179</v>
+      </c>
+      <c r="B32" t="s">
+        <v>180</v>
+      </c>
+      <c r="C32" t="s">
+        <v>66</v>
+      </c>
+      <c r="D32" t="s">
+        <v>181</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2004</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>67</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>182</v>
+      </c>
+      <c r="M32" t="s">
+        <v>69</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>183</v>
+      </c>
+      <c r="P32" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>184</v>
+      </c>
+      <c r="B33" t="s">
+        <v>185</v>
+      </c>
+      <c r="C33" t="s">
+        <v>66</v>
+      </c>
+      <c r="D33" t="s">
+        <v>19</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2002</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>67</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>186</v>
+      </c>
+      <c r="M33" t="s">
+        <v>69</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>187</v>
+      </c>
+      <c r="P33" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>188</v>
+      </c>
+      <c r="B34" t="s">
+        <v>189</v>
+      </c>
+      <c r="C34" t="s">
+        <v>66</v>
+      </c>
+      <c r="D34" t="s">
+        <v>54</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
         <v>55</v>
       </c>
-      <c r="M30" t="s">
-[...34 lines deleted...]
-      <c r="J31" t="s">
+      <c r="G34" t="s">
+        <v>61</v>
+      </c>
+      <c r="H34">
+        <v>2002</v>
+      </c>
+      <c r="I34">
+        <v>2010</v>
+      </c>
+      <c r="J34" t="s">
+        <v>67</v>
+      </c>
+      <c r="K34" t="s">
+        <v>123</v>
+      </c>
+      <c r="L34" t="s">
+        <v>190</v>
+      </c>
+      <c r="M34" t="s">
+        <v>69</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>191</v>
+      </c>
+      <c r="P34" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>192</v>
+      </c>
+      <c r="B35" t="s">
+        <v>193</v>
+      </c>
+      <c r="C35" t="s">
+        <v>66</v>
+      </c>
+      <c r="D35" t="s">
+        <v>54</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>55</v>
+      </c>
+      <c r="G35" t="s">
+        <v>61</v>
+      </c>
+      <c r="H35">
+        <v>2002</v>
+      </c>
+      <c r="I35">
+        <v>2012</v>
+      </c>
+      <c r="J35" t="s">
+        <v>67</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>69</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>194</v>
+      </c>
+      <c r="P35" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>195</v>
+      </c>
+      <c r="B36" t="s">
+        <v>196</v>
+      </c>
+      <c r="C36" t="s">
+        <v>66</v>
+      </c>
+      <c r="D36" t="s">
+        <v>197</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
         <v>21</v>
       </c>
-      <c r="K31" t="s">
-[...202 lines deleted...]
-        <v>2002</v>
+      <c r="G36" t="s">
+        <v>61</v>
       </c>
       <c r="H36">
         <v>2002</v>
       </c>
-      <c r="I36" t="s">
-        <v>53</v>
+      <c r="I36">
+        <v>2002</v>
       </c>
       <c r="J36" t="s">
+        <v>67</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>198</v>
+      </c>
+      <c r="M36" t="s">
+        <v>69</v>
+      </c>
+      <c r="N36" t="s">
+        <v>76</v>
+      </c>
+      <c r="O36" t="s">
+        <v>199</v>
+      </c>
+      <c r="P36" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>200</v>
+      </c>
+      <c r="B37" t="s">
+        <v>201</v>
+      </c>
+      <c r="C37" t="s">
+        <v>66</v>
+      </c>
+      <c r="D37" t="s">
+        <v>202</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
         <v>21</v>
       </c>
-      <c r="K36" t="s">
-[...31 lines deleted...]
-      <c r="G37">
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
         <v>2009</v>
       </c>
-      <c r="H37"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I37"/>
       <c r="J37" t="s">
+        <v>67</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>103</v>
+      </c>
+      <c r="M37" t="s">
+        <v>69</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>203</v>
+      </c>
+      <c r="P37" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>204</v>
+      </c>
+      <c r="B38" t="s">
+        <v>205</v>
+      </c>
+      <c r="C38" t="s">
+        <v>66</v>
+      </c>
+      <c r="D38" t="s">
+        <v>206</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
         <v>21</v>
       </c>
-      <c r="K37" t="s">
-[...32 lines deleted...]
-        <v>2012</v>
+      <c r="G38" t="s">
+        <v>61</v>
       </c>
       <c r="H38">
         <v>2012</v>
       </c>
-      <c r="I38" t="s">
-        <v>53</v>
+      <c r="I38">
+        <v>2012</v>
       </c>
       <c r="J38" t="s">
+        <v>67</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>207</v>
+      </c>
+      <c r="M38" t="s">
+        <v>69</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>208</v>
+      </c>
+      <c r="P38" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>209</v>
+      </c>
+      <c r="B39" t="s">
+        <v>210</v>
+      </c>
+      <c r="C39" t="s">
+        <v>66</v>
+      </c>
+      <c r="D39" t="s">
+        <v>211</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
         <v>21</v>
       </c>
-      <c r="K38" t="s">
-[...32 lines deleted...]
-        <v>2012</v>
+      <c r="G39" t="s">
+        <v>61</v>
       </c>
       <c r="H39">
         <v>2012</v>
       </c>
-      <c r="I39" t="s">
-        <v>53</v>
+      <c r="I39">
+        <v>2012</v>
       </c>
       <c r="J39" t="s">
+        <v>67</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>69</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>212</v>
+      </c>
+      <c r="P39" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>213</v>
+      </c>
+      <c r="B40" t="s">
+        <v>214</v>
+      </c>
+      <c r="C40" t="s">
+        <v>66</v>
+      </c>
+      <c r="D40" t="s">
+        <v>47</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
         <v>21</v>
       </c>
-      <c r="K39"/>
-[...30 lines deleted...]
-        <v>2012</v>
+      <c r="G40" t="s">
+        <v>61</v>
       </c>
       <c r="H40">
         <v>2012</v>
       </c>
-      <c r="I40" t="s">
-        <v>53</v>
+      <c r="I40">
+        <v>2012</v>
       </c>
       <c r="J40" t="s">
+        <v>67</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>69</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>215</v>
+      </c>
+      <c r="P40" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>216</v>
+      </c>
+      <c r="B41" t="s">
+        <v>217</v>
+      </c>
+      <c r="C41" t="s">
+        <v>66</v>
+      </c>
+      <c r="D41" t="s">
+        <v>218</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
         <v>21</v>
       </c>
-      <c r="K40"/>
-      <c r="L40" t="s">
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2004</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>67</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>219</v>
+      </c>
+      <c r="M41" t="s">
+        <v>69</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>220</v>
+      </c>
+      <c r="P41" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>221</v>
+      </c>
+      <c r="B42" t="s">
+        <v>222</v>
+      </c>
+      <c r="C42" t="s">
+        <v>223</v>
+      </c>
+      <c r="D42" t="s">
+        <v>181</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>33</v>
+      </c>
+      <c r="G42" t="s">
+        <v>61</v>
+      </c>
+      <c r="H42">
+        <v>2013</v>
+      </c>
+      <c r="I42">
+        <v>2014</v>
+      </c>
+      <c r="J42" t="s">
+        <v>224</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>225</v>
+      </c>
+      <c r="M42" t="s">
+        <v>226</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>227</v>
+      </c>
+      <c r="P42" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>229</v>
+      </c>
+      <c r="B43" t="s">
+        <v>230</v>
+      </c>
+      <c r="C43" t="s">
+        <v>223</v>
+      </c>
+      <c r="D43" t="s">
+        <v>231</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
         <v>55</v>
       </c>
-      <c r="M40" t="s">
-[...22 lines deleted...]
-      <c r="F41" t="s">
+      <c r="G43" t="s">
+        <v>61</v>
+      </c>
+      <c r="H43">
+        <v>2013</v>
+      </c>
+      <c r="I43">
+        <v>2014</v>
+      </c>
+      <c r="J43" t="s">
+        <v>224</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>225</v>
+      </c>
+      <c r="M43" t="s">
+        <v>226</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>232</v>
+      </c>
+      <c r="P43" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>234</v>
+      </c>
+      <c r="B44" t="s">
+        <v>235</v>
+      </c>
+      <c r="C44" t="s">
+        <v>223</v>
+      </c>
+      <c r="D44" t="s">
+        <v>236</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>33</v>
+      </c>
+      <c r="G44" t="s">
+        <v>61</v>
+      </c>
+      <c r="H44">
+        <v>2013</v>
+      </c>
+      <c r="I44">
+        <v>2014</v>
+      </c>
+      <c r="J44" t="s">
+        <v>224</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>225</v>
+      </c>
+      <c r="M44" t="s">
+        <v>226</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>237</v>
+      </c>
+      <c r="P44" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>239</v>
+      </c>
+      <c r="B45" t="s">
+        <v>240</v>
+      </c>
+      <c r="C45" t="s">
+        <v>223</v>
+      </c>
+      <c r="D45" t="s">
+        <v>47</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>33</v>
+      </c>
+      <c r="G45" t="s">
+        <v>61</v>
+      </c>
+      <c r="H45">
+        <v>2013</v>
+      </c>
+      <c r="I45">
+        <v>2014</v>
+      </c>
+      <c r="J45" t="s">
+        <v>224</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>241</v>
+      </c>
+      <c r="M45" t="s">
+        <v>226</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>242</v>
+      </c>
+      <c r="P45" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>244</v>
+      </c>
+      <c r="B46" t="s">
+        <v>245</v>
+      </c>
+      <c r="C46" t="s">
+        <v>223</v>
+      </c>
+      <c r="D46" t="s">
+        <v>246</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>33</v>
+      </c>
+      <c r="G46" t="s">
+        <v>61</v>
+      </c>
+      <c r="H46">
+        <v>2013</v>
+      </c>
+      <c r="I46">
+        <v>2014</v>
+      </c>
+      <c r="J46" t="s">
+        <v>224</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>247</v>
+      </c>
+      <c r="M46" t="s">
+        <v>226</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>248</v>
+      </c>
+      <c r="P46" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>250</v>
+      </c>
+      <c r="B47" t="s">
+        <v>251</v>
+      </c>
+      <c r="C47" t="s">
+        <v>223</v>
+      </c>
+      <c r="D47" t="s">
+        <v>252</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>55</v>
+      </c>
+      <c r="G47" t="s">
+        <v>61</v>
+      </c>
+      <c r="H47">
+        <v>2013</v>
+      </c>
+      <c r="I47">
+        <v>2014</v>
+      </c>
+      <c r="J47" t="s">
+        <v>224</v>
+      </c>
+      <c r="K47" t="s">
+        <v>253</v>
+      </c>
+      <c r="L47" t="s">
+        <v>254</v>
+      </c>
+      <c r="M47" t="s">
+        <v>226</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>255</v>
+      </c>
+      <c r="P47" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>257</v>
+      </c>
+      <c r="B48" t="s">
+        <v>258</v>
+      </c>
+      <c r="C48" t="s">
+        <v>223</v>
+      </c>
+      <c r="D48" t="s">
+        <v>259</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>55</v>
+      </c>
+      <c r="G48" t="s">
+        <v>61</v>
+      </c>
+      <c r="H48">
+        <v>2013</v>
+      </c>
+      <c r="I48">
+        <v>2014</v>
+      </c>
+      <c r="J48" t="s">
+        <v>224</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>260</v>
+      </c>
+      <c r="M48" t="s">
+        <v>226</v>
+      </c>
+      <c r="N48" t="s">
+        <v>261</v>
+      </c>
+      <c r="O48" t="s">
+        <v>262</v>
+      </c>
+      <c r="P48" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>264</v>
+      </c>
+      <c r="B49" t="s">
+        <v>265</v>
+      </c>
+      <c r="C49" t="s">
+        <v>223</v>
+      </c>
+      <c r="D49" t="s">
+        <v>157</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>33</v>
+      </c>
+      <c r="G49" t="s">
+        <v>61</v>
+      </c>
+      <c r="H49">
+        <v>2013</v>
+      </c>
+      <c r="I49">
+        <v>2014</v>
+      </c>
+      <c r="J49" t="s">
+        <v>224</v>
+      </c>
+      <c r="K49" t="s">
+        <v>253</v>
+      </c>
+      <c r="L49" t="s">
+        <v>266</v>
+      </c>
+      <c r="M49" t="s">
+        <v>226</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>267</v>
+      </c>
+      <c r="P49" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>269</v>
+      </c>
+      <c r="B50" t="s">
+        <v>270</v>
+      </c>
+      <c r="C50" t="s">
+        <v>223</v>
+      </c>
+      <c r="D50" t="s">
+        <v>157</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>55</v>
+      </c>
+      <c r="G50" t="s">
+        <v>61</v>
+      </c>
+      <c r="H50">
+        <v>2013</v>
+      </c>
+      <c r="I50">
+        <v>2014</v>
+      </c>
+      <c r="J50" t="s">
+        <v>224</v>
+      </c>
+      <c r="K50" t="s">
+        <v>253</v>
+      </c>
+      <c r="L50" t="s">
+        <v>271</v>
+      </c>
+      <c r="M50" t="s">
+        <v>226</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>272</v>
+      </c>
+      <c r="P50" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>274</v>
+      </c>
+      <c r="B51" t="s">
+        <v>275</v>
+      </c>
+      <c r="C51" t="s">
+        <v>223</v>
+      </c>
+      <c r="D51" t="s">
+        <v>60</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>55</v>
+      </c>
+      <c r="G51" t="s">
+        <v>61</v>
+      </c>
+      <c r="H51">
+        <v>2013</v>
+      </c>
+      <c r="I51">
+        <v>2014</v>
+      </c>
+      <c r="J51" t="s">
+        <v>224</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>276</v>
+      </c>
+      <c r="M51" t="s">
+        <v>226</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>277</v>
+      </c>
+      <c r="P51" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>279</v>
+      </c>
+      <c r="B52" t="s">
+        <v>280</v>
+      </c>
+      <c r="C52" t="s">
+        <v>223</v>
+      </c>
+      <c r="D52" t="s">
+        <v>60</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>33</v>
+      </c>
+      <c r="G52" t="s">
+        <v>61</v>
+      </c>
+      <c r="H52">
+        <v>2013</v>
+      </c>
+      <c r="I52">
+        <v>2014</v>
+      </c>
+      <c r="J52" t="s">
+        <v>224</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>276</v>
+      </c>
+      <c r="M52" t="s">
+        <v>226</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>281</v>
+      </c>
+      <c r="P52" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>283</v>
+      </c>
+      <c r="B53" t="s">
+        <v>284</v>
+      </c>
+      <c r="C53" t="s">
+        <v>223</v>
+      </c>
+      <c r="D53" t="s">
+        <v>285</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>55</v>
+      </c>
+      <c r="G53" t="s">
+        <v>61</v>
+      </c>
+      <c r="H53">
+        <v>2013</v>
+      </c>
+      <c r="I53">
+        <v>2014</v>
+      </c>
+      <c r="J53" t="s">
+        <v>224</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>286</v>
+      </c>
+      <c r="M53" t="s">
+        <v>226</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>287</v>
+      </c>
+      <c r="P53" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>289</v>
+      </c>
+      <c r="B54" t="s">
+        <v>290</v>
+      </c>
+      <c r="C54" t="s">
+        <v>223</v>
+      </c>
+      <c r="D54" t="s">
+        <v>285</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>33</v>
+      </c>
+      <c r="G54" t="s">
+        <v>61</v>
+      </c>
+      <c r="H54">
+        <v>2013</v>
+      </c>
+      <c r="I54">
+        <v>2014</v>
+      </c>
+      <c r="J54" t="s">
+        <v>224</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>291</v>
+      </c>
+      <c r="M54" t="s">
+        <v>226</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>292</v>
+      </c>
+      <c r="P54" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>294</v>
+      </c>
+      <c r="B55" t="s">
+        <v>295</v>
+      </c>
+      <c r="C55" t="s">
+        <v>223</v>
+      </c>
+      <c r="D55" t="s">
+        <v>296</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>33</v>
+      </c>
+      <c r="G55" t="s">
+        <v>61</v>
+      </c>
+      <c r="H55">
+        <v>2013</v>
+      </c>
+      <c r="I55">
+        <v>2014</v>
+      </c>
+      <c r="J55" t="s">
+        <v>224</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>297</v>
+      </c>
+      <c r="M55" t="s">
+        <v>226</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>298</v>
+      </c>
+      <c r="P55"/>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>299</v>
+      </c>
+      <c r="B56" t="s">
+        <v>300</v>
+      </c>
+      <c r="C56" t="s">
+        <v>223</v>
+      </c>
+      <c r="D56" t="s">
         <v>19</v>
       </c>
-      <c r="G41">
-[...6 lines deleted...]
-      <c r="J41" t="s">
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>55</v>
+      </c>
+      <c r="G56" t="s">
+        <v>61</v>
+      </c>
+      <c r="H56">
+        <v>2012</v>
+      </c>
+      <c r="I56">
+        <v>2013</v>
+      </c>
+      <c r="J56" t="s">
+        <v>224</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>297</v>
+      </c>
+      <c r="M56" t="s">
+        <v>226</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>301</v>
+      </c>
+      <c r="P56" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>303</v>
+      </c>
+      <c r="B57" t="s">
+        <v>304</v>
+      </c>
+      <c r="C57" t="s">
+        <v>223</v>
+      </c>
+      <c r="D57" t="s">
+        <v>305</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>33</v>
+      </c>
+      <c r="G57" t="s">
+        <v>61</v>
+      </c>
+      <c r="H57">
+        <v>2013</v>
+      </c>
+      <c r="I57">
+        <v>2014</v>
+      </c>
+      <c r="J57" t="s">
+        <v>224</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>306</v>
+      </c>
+      <c r="M57" t="s">
+        <v>226</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>307</v>
+      </c>
+      <c r="P57" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>309</v>
+      </c>
+      <c r="B58" t="s">
+        <v>310</v>
+      </c>
+      <c r="C58" t="s">
+        <v>223</v>
+      </c>
+      <c r="D58" t="s">
+        <v>311</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>33</v>
+      </c>
+      <c r="G58" t="s">
+        <v>61</v>
+      </c>
+      <c r="H58">
+        <v>2013</v>
+      </c>
+      <c r="I58">
+        <v>2014</v>
+      </c>
+      <c r="J58" t="s">
+        <v>224</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>225</v>
+      </c>
+      <c r="M58" t="s">
+        <v>226</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>312</v>
+      </c>
+      <c r="P58" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>314</v>
+      </c>
+      <c r="B59" t="s">
+        <v>315</v>
+      </c>
+      <c r="C59" t="s">
+        <v>223</v>
+      </c>
+      <c r="D59" t="s">
+        <v>316</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G59" t="s">
+        <v>61</v>
+      </c>
+      <c r="H59">
+        <v>2013</v>
+      </c>
+      <c r="I59">
+        <v>2014</v>
+      </c>
+      <c r="J59" t="s">
+        <v>224</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>317</v>
+      </c>
+      <c r="M59" t="s">
+        <v>226</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>318</v>
+      </c>
+      <c r="P59" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>320</v>
+      </c>
+      <c r="B60" t="s">
+        <v>321</v>
+      </c>
+      <c r="C60" t="s">
+        <v>223</v>
+      </c>
+      <c r="D60" t="s">
+        <v>322</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>33</v>
+      </c>
+      <c r="G60" t="s">
+        <v>61</v>
+      </c>
+      <c r="H60">
+        <v>2012</v>
+      </c>
+      <c r="I60">
+        <v>2013</v>
+      </c>
+      <c r="J60" t="s">
+        <v>224</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>323</v>
+      </c>
+      <c r="M60" t="s">
+        <v>226</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>324</v>
+      </c>
+      <c r="P60" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>326</v>
+      </c>
+      <c r="B61" t="s">
+        <v>327</v>
+      </c>
+      <c r="C61" t="s">
+        <v>223</v>
+      </c>
+      <c r="D61" t="s">
+        <v>252</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>33</v>
+      </c>
+      <c r="G61" t="s">
+        <v>61</v>
+      </c>
+      <c r="H61">
+        <v>2012</v>
+      </c>
+      <c r="I61">
+        <v>2013</v>
+      </c>
+      <c r="J61" t="s">
+        <v>224</v>
+      </c>
+      <c r="K61" t="s">
+        <v>253</v>
+      </c>
+      <c r="L61" t="s">
+        <v>328</v>
+      </c>
+      <c r="M61" t="s">
+        <v>226</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>329</v>
+      </c>
+      <c r="P61" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>331</v>
+      </c>
+      <c r="B62" t="s">
+        <v>332</v>
+      </c>
+      <c r="C62" t="s">
+        <v>223</v>
+      </c>
+      <c r="D62" t="s">
+        <v>333</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>55</v>
+      </c>
+      <c r="G62" t="s">
+        <v>61</v>
+      </c>
+      <c r="H62">
+        <v>2012</v>
+      </c>
+      <c r="I62">
+        <v>2013</v>
+      </c>
+      <c r="J62" t="s">
+        <v>224</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>254</v>
+      </c>
+      <c r="M62" t="s">
+        <v>226</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>334</v>
+      </c>
+      <c r="P62" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>336</v>
+      </c>
+      <c r="B63" t="s">
+        <v>337</v>
+      </c>
+      <c r="C63" t="s">
+        <v>338</v>
+      </c>
+      <c r="D63" t="s">
+        <v>339</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
         <v>21</v>
       </c>
-      <c r="K41" t="s">
-[...31 lines deleted...]
-      <c r="G42">
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2016</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>340</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>341</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>342</v>
+      </c>
+      <c r="P63" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>336</v>
+      </c>
+      <c r="B64" t="s">
+        <v>337</v>
+      </c>
+      <c r="C64" t="s">
+        <v>338</v>
+      </c>
+      <c r="D64" t="s">
+        <v>344</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2016</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>340</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>341</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>345</v>
+      </c>
+      <c r="P64" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>346</v>
+      </c>
+      <c r="B65" t="s">
+        <v>347</v>
+      </c>
+      <c r="C65" t="s">
+        <v>338</v>
+      </c>
+      <c r="D65" t="s">
+        <v>19</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2016</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>340</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>341</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>348</v>
+      </c>
+      <c r="P65" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>350</v>
+      </c>
+      <c r="B66" t="s">
+        <v>351</v>
+      </c>
+      <c r="C66" t="s">
+        <v>352</v>
+      </c>
+      <c r="D66" t="s">
+        <v>181</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>33</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2015</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>340</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>353</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>354</v>
+      </c>
+      <c r="P66" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>356</v>
+      </c>
+      <c r="B67" t="s">
+        <v>357</v>
+      </c>
+      <c r="C67" t="s">
+        <v>31</v>
+      </c>
+      <c r="D67" t="s">
+        <v>358</v>
+      </c>
+      <c r="E67" t="s">
+        <v>359</v>
+      </c>
+      <c r="F67" t="s">
+        <v>360</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2017</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>361</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>362</v>
+      </c>
+      <c r="M67" t="s">
+        <v>35</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>363</v>
+      </c>
+      <c r="P67" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>365</v>
+      </c>
+      <c r="B68" t="s">
+        <v>366</v>
+      </c>
+      <c r="C68" t="s">
+        <v>31</v>
+      </c>
+      <c r="D68" t="s">
+        <v>367</v>
+      </c>
+      <c r="E68" t="s">
+        <v>368</v>
+      </c>
+      <c r="F68" t="s">
+        <v>360</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2023</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>361</v>
+      </c>
+      <c r="K68" t="s">
+        <v>369</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>35</v>
+      </c>
+      <c r="N68" t="s">
+        <v>76</v>
+      </c>
+      <c r="O68" t="s">
+        <v>370</v>
+      </c>
+      <c r="P68" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>372</v>
+      </c>
+      <c r="B69" t="s">
+        <v>373</v>
+      </c>
+      <c r="C69" t="s">
+        <v>31</v>
+      </c>
+      <c r="D69" t="s">
+        <v>374</v>
+      </c>
+      <c r="E69" t="s">
+        <v>359</v>
+      </c>
+      <c r="F69" t="s">
+        <v>360</v>
+      </c>
+      <c r="G69" t="s">
+        <v>375</v>
+      </c>
+      <c r="H69">
+        <v>2014</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>361</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>376</v>
+      </c>
+      <c r="M69" t="s">
+        <v>35</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>377</v>
+      </c>
+      <c r="P69" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>379</v>
+      </c>
+      <c r="B70" t="s">
+        <v>380</v>
+      </c>
+      <c r="C70" t="s">
+        <v>31</v>
+      </c>
+      <c r="D70" t="s">
+        <v>381</v>
+      </c>
+      <c r="E70" t="s">
+        <v>359</v>
+      </c>
+      <c r="F70" t="s">
+        <v>382</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70"/>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>361</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>383</v>
+      </c>
+      <c r="M70" t="s">
+        <v>35</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>384</v>
+      </c>
+      <c r="P70" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>386</v>
+      </c>
+      <c r="B71" t="s">
+        <v>387</v>
+      </c>
+      <c r="C71" t="s">
+        <v>352</v>
+      </c>
+      <c r="D71" t="s">
+        <v>19</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>61</v>
+      </c>
+      <c r="H71">
+        <v>2015</v>
+      </c>
+      <c r="I71">
+        <v>2018</v>
+      </c>
+      <c r="J71" t="s">
+        <v>388</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>389</v>
+      </c>
+      <c r="M71" t="s">
+        <v>353</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>390</v>
+      </c>
+      <c r="P71" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>392</v>
+      </c>
+      <c r="B72" t="s">
+        <v>393</v>
+      </c>
+      <c r="C72" t="s">
+        <v>394</v>
+      </c>
+      <c r="D72" t="s">
+        <v>19</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>61</v>
+      </c>
+      <c r="H72">
         <v>2013</v>
       </c>
-      <c r="H42">
-[...5 lines deleted...]
-      <c r="J42" t="s">
+      <c r="I72">
+        <v>2018</v>
+      </c>
+      <c r="J72" t="s">
+        <v>23</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>395</v>
+      </c>
+      <c r="M72" t="s">
+        <v>396</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>397</v>
+      </c>
+      <c r="P72" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>399</v>
+      </c>
+      <c r="B73" t="s">
+        <v>400</v>
+      </c>
+      <c r="C73" t="s">
+        <v>394</v>
+      </c>
+      <c r="D73" t="s">
+        <v>401</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
         <v>21</v>
       </c>
-      <c r="K42" t="s">
-[...40 lines deleted...]
-      <c r="J43" t="s">
+      <c r="G73" t="s">
+        <v>61</v>
+      </c>
+      <c r="H73">
+        <v>2016</v>
+      </c>
+      <c r="I73">
+        <v>2019</v>
+      </c>
+      <c r="J73" t="s">
+        <v>23</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>396</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>402</v>
+      </c>
+      <c r="P73" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>404</v>
+      </c>
+      <c r="B74" t="s">
+        <v>405</v>
+      </c>
+      <c r="C74" t="s">
+        <v>394</v>
+      </c>
+      <c r="D74" t="s">
+        <v>406</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>33</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2016</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>23</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>396</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>407</v>
+      </c>
+      <c r="P74" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>409</v>
+      </c>
+      <c r="B75" t="s">
+        <v>410</v>
+      </c>
+      <c r="C75" t="s">
+        <v>394</v>
+      </c>
+      <c r="D75" t="s">
+        <v>333</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
         <v>21</v>
       </c>
-      <c r="K43" t="s">
-[...1362 lines deleted...]
-        <v>2018</v>
+      <c r="G75" t="s">
+        <v>61</v>
       </c>
       <c r="H75">
         <v>2018</v>
       </c>
-      <c r="I75" t="s">
-        <v>20</v>
+      <c r="I75">
+        <v>2018</v>
       </c>
       <c r="J75" t="s">
+        <v>23</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>396</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>411</v>
+      </c>
+      <c r="P75" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>412</v>
+      </c>
+      <c r="B76" t="s">
+        <v>413</v>
+      </c>
+      <c r="C76" t="s">
+        <v>394</v>
+      </c>
+      <c r="D76" t="s">
+        <v>414</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
         <v>21</v>
       </c>
-      <c r="K75"/>
-[...30 lines deleted...]
-        <v>2018</v>
+      <c r="G76" t="s">
+        <v>61</v>
       </c>
       <c r="H76">
         <v>2018</v>
       </c>
-      <c r="I76" t="s">
-        <v>20</v>
+      <c r="I76">
+        <v>2018</v>
       </c>
       <c r="J76" t="s">
-        <v>301</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K76" t="s">
+        <v>415</v>
+      </c>
+      <c r="L76"/>
       <c r="M76" t="s">
-        <v>24</v>
+        <v>396</v>
       </c>
       <c r="N76" t="s">
-        <v>302</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>416</v>
+      </c>
+      <c r="P76" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>303</v>
+        <v>417</v>
       </c>
       <c r="B77" t="s">
-        <v>287</v>
+        <v>418</v>
       </c>
       <c r="C77" t="s">
-        <v>304</v>
+        <v>394</v>
       </c>
       <c r="D77" t="s">
-        <v>17</v>
+        <v>419</v>
       </c>
       <c r="E77" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F77" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="G77">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>61</v>
+      </c>
+      <c r="H77">
         <v>2007</v>
       </c>
-      <c r="H77">
+      <c r="I77">
         <v>2018</v>
       </c>
-      <c r="I77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J77" t="s">
+        <v>23</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>420</v>
+      </c>
+      <c r="M77" t="s">
+        <v>396</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>421</v>
+      </c>
+      <c r="P77" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>422</v>
+      </c>
+      <c r="B78" t="s">
+        <v>413</v>
+      </c>
+      <c r="C78" t="s">
+        <v>394</v>
+      </c>
+      <c r="D78" t="s">
+        <v>60</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
         <v>21</v>
       </c>
-      <c r="K77" t="s">
-[...19 lines deleted...]
-      <c r="C78" t="s">
+      <c r="G78" t="s">
+        <v>61</v>
+      </c>
+      <c r="H78">
+        <v>2007</v>
+      </c>
+      <c r="I78">
+        <v>2018</v>
+      </c>
+      <c r="J78" t="s">
+        <v>23</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>423</v>
+      </c>
+      <c r="M78" t="s">
+        <v>396</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>424</v>
+      </c>
+      <c r="P78" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>425</v>
+      </c>
+      <c r="B79" t="s">
+        <v>426</v>
+      </c>
+      <c r="C79" t="s">
+        <v>394</v>
+      </c>
+      <c r="D79" t="s">
+        <v>401</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>61</v>
+      </c>
+      <c r="H79">
+        <v>2016</v>
+      </c>
+      <c r="I79">
+        <v>2019</v>
+      </c>
+      <c r="J79" t="s">
+        <v>23</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>396</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>427</v>
+      </c>
+      <c r="P79" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>428</v>
+      </c>
+      <c r="B80" t="s">
+        <v>429</v>
+      </c>
+      <c r="C80" t="s">
+        <v>394</v>
+      </c>
+      <c r="D80" t="s">
+        <v>47</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>33</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2016</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>67</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" t="s">
+        <v>430</v>
+      </c>
+      <c r="M80" t="s">
+        <v>396</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>431</v>
+      </c>
+      <c r="P80" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>433</v>
+      </c>
+      <c r="B81" t="s">
+        <v>434</v>
+      </c>
+      <c r="C81" t="s">
+        <v>46</v>
+      </c>
+      <c r="D81" t="s">
+        <v>311</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>61</v>
+      </c>
+      <c r="H81">
+        <v>2007</v>
+      </c>
+      <c r="I81">
+        <v>2011</v>
+      </c>
+      <c r="J81" t="s">
         <v>48</v>
       </c>
-      <c r="D78" t="s">
-[...147 lines deleted...]
-      </c>
       <c r="K81" t="s">
-        <v>316</v>
+        <v>24</v>
       </c>
       <c r="L81" t="s">
-        <v>317</v>
+        <v>435</v>
       </c>
       <c r="M81" t="s">
-        <v>24</v>
+        <v>436</v>
       </c>
       <c r="N81" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>437</v>
+      </c>
+      <c r="P81" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>319</v>
+        <v>439</v>
       </c>
       <c r="B82" t="s">
-        <v>38</v>
+        <v>440</v>
       </c>
       <c r="C82" t="s">
-        <v>106</v>
+        <v>46</v>
       </c>
       <c r="D82" t="s">
-        <v>263</v>
+        <v>135</v>
       </c>
       <c r="E82" t="s">
-        <v>29</v>
+        <v>359</v>
       </c>
       <c r="F82" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>33</v>
+      </c>
+      <c r="G82" t="s">
+        <v>61</v>
       </c>
       <c r="H82">
         <v>2006</v>
       </c>
-      <c r="I82" t="s">
-        <v>40</v>
+      <c r="I82">
+        <v>2006</v>
       </c>
       <c r="J82" t="s">
+        <v>48</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>436</v>
+      </c>
+      <c r="N82" t="s">
+        <v>76</v>
+      </c>
+      <c r="O82" t="s">
+        <v>441</v>
+      </c>
+      <c r="P82"/>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>442</v>
+      </c>
+      <c r="B83" t="s">
+        <v>443</v>
+      </c>
+      <c r="C83" t="s">
+        <v>46</v>
+      </c>
+      <c r="D83" t="s">
+        <v>374</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
         <v>21</v>
       </c>
-      <c r="K82"/>
-[...26 lines deleted...]
-      <c r="F83" t="s">
+      <c r="G83" t="s">
+        <v>61</v>
+      </c>
+      <c r="H83">
+        <v>2006</v>
+      </c>
+      <c r="I83">
+        <v>2015</v>
+      </c>
+      <c r="J83" t="s">
+        <v>48</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
         <v>49</v>
       </c>
-      <c r="G83">
-[...17 lines deleted...]
-      </c>
       <c r="N83" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>444</v>
+      </c>
+      <c r="P83" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>323</v>
+        <v>446</v>
       </c>
       <c r="B84" t="s">
-        <v>38</v>
+        <v>447</v>
       </c>
       <c r="C84" t="s">
-        <v>324</v>
+        <v>46</v>
       </c>
       <c r="D84" t="s">
-        <v>17</v>
+        <v>448</v>
       </c>
       <c r="E84" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F84" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G84">
+        <v>33</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
         <v>2016</v>
       </c>
-      <c r="H84"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I84"/>
       <c r="J84" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84"/>
       <c r="M84" t="s">
-        <v>24</v>
+        <v>436</v>
       </c>
       <c r="N84" t="s">
-        <v>325</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>449</v>
+      </c>
+      <c r="P84" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>326</v>
+        <v>451</v>
       </c>
       <c r="B85" t="s">
-        <v>38</v>
+        <v>452</v>
       </c>
       <c r="C85" t="s">
-        <v>114</v>
+        <v>46</v>
       </c>
       <c r="D85" t="s">
-        <v>17</v>
+        <v>145</v>
       </c>
       <c r="E85" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F85" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>33</v>
+      </c>
+      <c r="G85" t="s">
+        <v>61</v>
       </c>
       <c r="H85">
         <v>2016</v>
       </c>
-      <c r="I85" t="s">
-        <v>40</v>
+      <c r="I85">
+        <v>2016</v>
       </c>
       <c r="J85" t="s">
+        <v>48</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>436</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>453</v>
+      </c>
+      <c r="P85" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>454</v>
+      </c>
+      <c r="B86" t="s">
+        <v>455</v>
+      </c>
+      <c r="C86" t="s">
+        <v>46</v>
+      </c>
+      <c r="D86" t="s">
+        <v>218</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>55</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2014</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>48</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>49</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>456</v>
+      </c>
+      <c r="P86" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>458</v>
+      </c>
+      <c r="B87" t="s">
+        <v>459</v>
+      </c>
+      <c r="C87" t="s">
+        <v>46</v>
+      </c>
+      <c r="D87" t="s">
+        <v>322</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>33</v>
+      </c>
+      <c r="G87" t="s">
+        <v>61</v>
+      </c>
+      <c r="H87">
+        <v>2012</v>
+      </c>
+      <c r="I87">
+        <v>2013</v>
+      </c>
+      <c r="J87" t="s">
+        <v>48</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>460</v>
+      </c>
+      <c r="M87" t="s">
+        <v>436</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>461</v>
+      </c>
+      <c r="P87" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>463</v>
+      </c>
+      <c r="B88" t="s">
+        <v>464</v>
+      </c>
+      <c r="C88" t="s">
+        <v>46</v>
+      </c>
+      <c r="D88" t="s">
+        <v>122</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
         <v>21</v>
       </c>
-      <c r="K85"/>
-[...29 lines deleted...]
-      <c r="G86">
+      <c r="G88" t="s">
+        <v>61</v>
+      </c>
+      <c r="H88">
+        <v>1986</v>
+      </c>
+      <c r="I88">
+        <v>2012</v>
+      </c>
+      <c r="J88" t="s">
+        <v>48</v>
+      </c>
+      <c r="K88" t="s">
+        <v>465</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>466</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>467</v>
+      </c>
+      <c r="P88" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>469</v>
+      </c>
+      <c r="B89" t="s">
+        <v>459</v>
+      </c>
+      <c r="C89" t="s">
+        <v>46</v>
+      </c>
+      <c r="D89" t="s">
+        <v>470</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>33</v>
+      </c>
+      <c r="G89" t="s">
+        <v>61</v>
+      </c>
+      <c r="H89">
+        <v>1986</v>
+      </c>
+      <c r="I89">
         <v>2014</v>
       </c>
-      <c r="H86"/>
-[...3 lines deleted...]
-      <c r="J86" t="s">
+      <c r="J89" t="s">
+        <v>48</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>436</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>471</v>
+      </c>
+      <c r="P89" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>473</v>
+      </c>
+      <c r="B90" t="s">
+        <v>474</v>
+      </c>
+      <c r="C90" t="s">
+        <v>46</v>
+      </c>
+      <c r="D90" t="s">
+        <v>475</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
         <v>21</v>
       </c>
-      <c r="K86"/>
-[...139 lines deleted...]
-      <c r="A90" t="s">
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2004</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>48</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>466</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>476</v>
+      </c>
+      <c r="P90" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>478</v>
+      </c>
+      <c r="B91" t="s">
+        <v>479</v>
+      </c>
+      <c r="C91" t="s">
+        <v>31</v>
+      </c>
+      <c r="D91" t="s">
+        <v>480</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>33</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2019</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
         <v>340</v>
       </c>
-      <c r="B90" t="s">
-[...67 lines deleted...]
-      </c>
+      <c r="K91" t="s">
+        <v>481</v>
+      </c>
+      <c r="L91"/>
       <c r="M91" t="s">
-        <v>346</v>
+        <v>35</v>
       </c>
       <c r="N91" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:14">
+        <v>482</v>
+      </c>
+      <c r="O91" t="s">
+        <v>483</v>
+      </c>
+      <c r="P91" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>348</v>
+        <v>485</v>
       </c>
       <c r="B92" t="s">
-        <v>38</v>
+        <v>486</v>
       </c>
       <c r="C92" t="s">
-        <v>227</v>
+        <v>46</v>
       </c>
       <c r="D92" t="s">
-        <v>17</v>
+        <v>305</v>
       </c>
       <c r="E92" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F92" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>33</v>
+      </c>
+      <c r="G92" t="s">
+        <v>61</v>
       </c>
       <c r="H92">
         <v>2011</v>
       </c>
-      <c r="I92" t="s">
-        <v>40</v>
+      <c r="I92">
+        <v>2011</v>
       </c>
       <c r="J92" t="s">
+        <v>48</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>487</v>
+      </c>
+      <c r="M92" t="s">
+        <v>436</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>488</v>
+      </c>
+      <c r="P92" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>490</v>
+      </c>
+      <c r="B93" t="s">
+        <v>491</v>
+      </c>
+      <c r="C93" t="s">
+        <v>492</v>
+      </c>
+      <c r="D93" t="s">
+        <v>493</v>
+      </c>
+      <c r="E93" t="s">
+        <v>359</v>
+      </c>
+      <c r="F93" t="s">
+        <v>33</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2021</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>494</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>495</v>
+      </c>
+      <c r="M93" t="s">
+        <v>496</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>497</v>
+      </c>
+      <c r="P93"/>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>498</v>
+      </c>
+      <c r="B94" t="s">
+        <v>499</v>
+      </c>
+      <c r="C94" t="s">
+        <v>492</v>
+      </c>
+      <c r="D94" t="s">
+        <v>333</v>
+      </c>
+      <c r="E94" t="s">
+        <v>359</v>
+      </c>
+      <c r="F94" t="s">
+        <v>55</v>
+      </c>
+      <c r="G94" t="s">
+        <v>61</v>
+      </c>
+      <c r="H94">
+        <v>2002</v>
+      </c>
+      <c r="I94">
+        <v>2015</v>
+      </c>
+      <c r="J94" t="s">
+        <v>500</v>
+      </c>
+      <c r="K94" t="s">
+        <v>501</v>
+      </c>
+      <c r="L94" t="s">
+        <v>502</v>
+      </c>
+      <c r="M94" t="s">
+        <v>496</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>503</v>
+      </c>
+      <c r="P94" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>505</v>
+      </c>
+      <c r="B95" t="s">
+        <v>506</v>
+      </c>
+      <c r="C95" t="s">
+        <v>492</v>
+      </c>
+      <c r="D95" t="s">
+        <v>333</v>
+      </c>
+      <c r="E95" t="s">
+        <v>359</v>
+      </c>
+      <c r="F95" t="s">
+        <v>33</v>
+      </c>
+      <c r="G95" t="s">
+        <v>61</v>
+      </c>
+      <c r="H95">
+        <v>2013</v>
+      </c>
+      <c r="I95">
+        <v>2015</v>
+      </c>
+      <c r="J95" t="s">
+        <v>500</v>
+      </c>
+      <c r="K95" t="s">
+        <v>501</v>
+      </c>
+      <c r="L95" t="s">
+        <v>507</v>
+      </c>
+      <c r="M95" t="s">
+        <v>496</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>508</v>
+      </c>
+      <c r="P95" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>509</v>
+      </c>
+      <c r="B96" t="s">
+        <v>510</v>
+      </c>
+      <c r="C96" t="s">
+        <v>492</v>
+      </c>
+      <c r="D96" t="s">
+        <v>511</v>
+      </c>
+      <c r="E96" t="s">
+        <v>359</v>
+      </c>
+      <c r="F96" t="s">
+        <v>55</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2006</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>500</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>512</v>
+      </c>
+      <c r="M96" t="s">
+        <v>496</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>513</v>
+      </c>
+      <c r="P96" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>515</v>
+      </c>
+      <c r="B97" t="s">
+        <v>516</v>
+      </c>
+      <c r="C97" t="s">
+        <v>492</v>
+      </c>
+      <c r="D97" t="s">
+        <v>517</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>55</v>
+      </c>
+      <c r="G97" t="s">
+        <v>61</v>
+      </c>
+      <c r="H97">
+        <v>2011</v>
+      </c>
+      <c r="I97">
+        <v>2014</v>
+      </c>
+      <c r="J97" t="s">
+        <v>494</v>
+      </c>
+      <c r="K97" t="s">
+        <v>501</v>
+      </c>
+      <c r="L97" t="s">
+        <v>518</v>
+      </c>
+      <c r="M97" t="s">
+        <v>496</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>519</v>
+      </c>
+      <c r="P97" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>515</v>
+      </c>
+      <c r="B98" t="s">
+        <v>521</v>
+      </c>
+      <c r="C98" t="s">
+        <v>492</v>
+      </c>
+      <c r="D98" t="s">
+        <v>517</v>
+      </c>
+      <c r="E98" t="s">
+        <v>359</v>
+      </c>
+      <c r="F98" t="s">
+        <v>33</v>
+      </c>
+      <c r="G98" t="s">
+        <v>61</v>
+      </c>
+      <c r="H98">
+        <v>2015</v>
+      </c>
+      <c r="I98">
+        <v>2017</v>
+      </c>
+      <c r="J98" t="s">
+        <v>494</v>
+      </c>
+      <c r="K98" t="s">
+        <v>501</v>
+      </c>
+      <c r="L98" t="s">
+        <v>522</v>
+      </c>
+      <c r="M98" t="s">
+        <v>496</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>523</v>
+      </c>
+      <c r="P98" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>524</v>
+      </c>
+      <c r="B99" t="s">
+        <v>525</v>
+      </c>
+      <c r="C99" t="s">
+        <v>492</v>
+      </c>
+      <c r="D99" t="s">
+        <v>107</v>
+      </c>
+      <c r="E99" t="s">
+        <v>359</v>
+      </c>
+      <c r="F99" t="s">
+        <v>33</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2015</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>494</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>526</v>
+      </c>
+      <c r="M99" t="s">
+        <v>496</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>527</v>
+      </c>
+      <c r="P99" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>528</v>
+      </c>
+      <c r="B100" t="s">
+        <v>529</v>
+      </c>
+      <c r="C100" t="s">
+        <v>492</v>
+      </c>
+      <c r="D100" t="s">
+        <v>107</v>
+      </c>
+      <c r="E100" t="s">
+        <v>359</v>
+      </c>
+      <c r="F100" t="s">
+        <v>55</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2015</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>500</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100" t="s">
+        <v>530</v>
+      </c>
+      <c r="M100" t="s">
+        <v>496</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>531</v>
+      </c>
+      <c r="P100" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>533</v>
+      </c>
+      <c r="B101" t="s">
+        <v>534</v>
+      </c>
+      <c r="C101" t="s">
+        <v>492</v>
+      </c>
+      <c r="D101" t="s">
+        <v>157</v>
+      </c>
+      <c r="E101" t="s">
+        <v>359</v>
+      </c>
+      <c r="F101" t="s">
+        <v>33</v>
+      </c>
+      <c r="G101" t="s">
+        <v>61</v>
+      </c>
+      <c r="H101">
+        <v>2011</v>
+      </c>
+      <c r="I101">
+        <v>2021</v>
+      </c>
+      <c r="J101" t="s">
+        <v>494</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101" t="s">
+        <v>535</v>
+      </c>
+      <c r="M101" t="s">
+        <v>496</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>536</v>
+      </c>
+      <c r="P101" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>538</v>
+      </c>
+      <c r="B102" t="s">
+        <v>539</v>
+      </c>
+      <c r="C102" t="s">
+        <v>492</v>
+      </c>
+      <c r="D102" t="s">
+        <v>60</v>
+      </c>
+      <c r="E102" t="s">
+        <v>359</v>
+      </c>
+      <c r="F102" t="s">
+        <v>55</v>
+      </c>
+      <c r="G102" t="s">
+        <v>61</v>
+      </c>
+      <c r="H102">
+        <v>2002</v>
+      </c>
+      <c r="I102">
+        <v>2021</v>
+      </c>
+      <c r="J102" t="s">
+        <v>494</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" t="s">
+        <v>540</v>
+      </c>
+      <c r="M102" t="s">
+        <v>496</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>541</v>
+      </c>
+      <c r="P102" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>543</v>
+      </c>
+      <c r="B103" t="s">
+        <v>544</v>
+      </c>
+      <c r="C103" t="s">
+        <v>492</v>
+      </c>
+      <c r="D103" t="s">
+        <v>545</v>
+      </c>
+      <c r="E103" t="s">
+        <v>359</v>
+      </c>
+      <c r="F103" t="s">
+        <v>55</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2021</v>
+      </c>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>494</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
+        <v>546</v>
+      </c>
+      <c r="M103" t="s">
+        <v>496</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>547</v>
+      </c>
+      <c r="P103" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>549</v>
+      </c>
+      <c r="B104" t="s">
+        <v>550</v>
+      </c>
+      <c r="C104" t="s">
+        <v>492</v>
+      </c>
+      <c r="D104" t="s">
+        <v>166</v>
+      </c>
+      <c r="E104" t="s">
+        <v>359</v>
+      </c>
+      <c r="F104" t="s">
+        <v>33</v>
+      </c>
+      <c r="G104" t="s">
+        <v>61</v>
+      </c>
+      <c r="H104">
+        <v>2011</v>
+      </c>
+      <c r="I104">
+        <v>2021</v>
+      </c>
+      <c r="J104" t="s">
+        <v>494</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>535</v>
+      </c>
+      <c r="M104" t="s">
+        <v>496</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>551</v>
+      </c>
+      <c r="P104" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>553</v>
+      </c>
+      <c r="B105" t="s">
+        <v>554</v>
+      </c>
+      <c r="C105" t="s">
+        <v>492</v>
+      </c>
+      <c r="D105" t="s">
+        <v>60</v>
+      </c>
+      <c r="E105" t="s">
+        <v>359</v>
+      </c>
+      <c r="F105" t="s">
+        <v>33</v>
+      </c>
+      <c r="G105" t="s">
+        <v>61</v>
+      </c>
+      <c r="H105">
+        <v>2011</v>
+      </c>
+      <c r="I105">
+        <v>2021</v>
+      </c>
+      <c r="J105" t="s">
+        <v>494</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>555</v>
+      </c>
+      <c r="M105" t="s">
+        <v>496</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>556</v>
+      </c>
+      <c r="P105" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>558</v>
+      </c>
+      <c r="B106" t="s">
+        <v>559</v>
+      </c>
+      <c r="C106" t="s">
+        <v>492</v>
+      </c>
+      <c r="D106" t="s">
+        <v>89</v>
+      </c>
+      <c r="E106" t="s">
+        <v>359</v>
+      </c>
+      <c r="F106" t="s">
+        <v>33</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2021</v>
+      </c>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>494</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>560</v>
+      </c>
+      <c r="M106" t="s">
+        <v>496</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>561</v>
+      </c>
+      <c r="P106" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>563</v>
+      </c>
+      <c r="B107" t="s">
+        <v>564</v>
+      </c>
+      <c r="C107" t="s">
+        <v>492</v>
+      </c>
+      <c r="D107" t="s">
+        <v>565</v>
+      </c>
+      <c r="E107" t="s">
+        <v>359</v>
+      </c>
+      <c r="F107" t="s">
+        <v>566</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2021</v>
+      </c>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>494</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>567</v>
+      </c>
+      <c r="M107" t="s">
+        <v>496</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>568</v>
+      </c>
+      <c r="P107" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>570</v>
+      </c>
+      <c r="B108" t="s">
+        <v>571</v>
+      </c>
+      <c r="C108" t="s">
+        <v>492</v>
+      </c>
+      <c r="D108" t="s">
+        <v>157</v>
+      </c>
+      <c r="E108" t="s">
+        <v>359</v>
+      </c>
+      <c r="F108" t="s">
+        <v>55</v>
+      </c>
+      <c r="G108" t="s">
+        <v>61</v>
+      </c>
+      <c r="H108">
+        <v>2002</v>
+      </c>
+      <c r="I108">
+        <v>2021</v>
+      </c>
+      <c r="J108" t="s">
+        <v>494</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" t="s">
+        <v>572</v>
+      </c>
+      <c r="M108" t="s">
+        <v>496</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>573</v>
+      </c>
+      <c r="P108" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>575</v>
+      </c>
+      <c r="B109" t="s">
+        <v>576</v>
+      </c>
+      <c r="C109" t="s">
+        <v>492</v>
+      </c>
+      <c r="D109" t="s">
+        <v>166</v>
+      </c>
+      <c r="E109" t="s">
+        <v>359</v>
+      </c>
+      <c r="F109" t="s">
+        <v>55</v>
+      </c>
+      <c r="G109" t="s">
+        <v>61</v>
+      </c>
+      <c r="H109">
+        <v>2002</v>
+      </c>
+      <c r="I109">
+        <v>2021</v>
+      </c>
+      <c r="J109" t="s">
+        <v>494</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" t="s">
+        <v>577</v>
+      </c>
+      <c r="M109" t="s">
+        <v>496</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>578</v>
+      </c>
+      <c r="P109" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>580</v>
+      </c>
+      <c r="B110" t="s">
+        <v>581</v>
+      </c>
+      <c r="C110" t="s">
+        <v>492</v>
+      </c>
+      <c r="D110" t="s">
+        <v>181</v>
+      </c>
+      <c r="E110" t="s">
+        <v>359</v>
+      </c>
+      <c r="F110" t="s">
+        <v>55</v>
+      </c>
+      <c r="G110" t="s">
+        <v>61</v>
+      </c>
+      <c r="H110">
+        <v>2002</v>
+      </c>
+      <c r="I110">
+        <v>2021</v>
+      </c>
+      <c r="J110" t="s">
+        <v>494</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110" t="s">
+        <v>582</v>
+      </c>
+      <c r="M110" t="s">
+        <v>496</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>583</v>
+      </c>
+      <c r="P110" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>585</v>
+      </c>
+      <c r="B111" t="s">
+        <v>586</v>
+      </c>
+      <c r="C111" t="s">
+        <v>492</v>
+      </c>
+      <c r="D111" t="s">
+        <v>587</v>
+      </c>
+      <c r="E111" t="s">
+        <v>359</v>
+      </c>
+      <c r="F111" t="s">
+        <v>33</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2021</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>494</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>588</v>
+      </c>
+      <c r="M111" t="s">
+        <v>496</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>589</v>
+      </c>
+      <c r="P111"/>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>585</v>
+      </c>
+      <c r="B112" t="s">
+        <v>586</v>
+      </c>
+      <c r="C112" t="s">
+        <v>492</v>
+      </c>
+      <c r="D112" t="s">
+        <v>587</v>
+      </c>
+      <c r="E112" t="s">
+        <v>359</v>
+      </c>
+      <c r="F112" t="s">
+        <v>33</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2021</v>
+      </c>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>494</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112" t="s">
+        <v>588</v>
+      </c>
+      <c r="M112" t="s">
+        <v>496</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>590</v>
+      </c>
+      <c r="P112"/>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>591</v>
+      </c>
+      <c r="B113" t="s">
+        <v>592</v>
+      </c>
+      <c r="C113" t="s">
+        <v>492</v>
+      </c>
+      <c r="D113" t="s">
+        <v>54</v>
+      </c>
+      <c r="E113" t="s">
+        <v>359</v>
+      </c>
+      <c r="F113" t="s">
+        <v>55</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2022</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>494</v>
+      </c>
+      <c r="K113" t="s">
+        <v>593</v>
+      </c>
+      <c r="L113" t="s">
+        <v>594</v>
+      </c>
+      <c r="M113" t="s">
+        <v>496</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>595</v>
+      </c>
+      <c r="P113" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>597</v>
+      </c>
+      <c r="B114" t="s">
+        <v>598</v>
+      </c>
+      <c r="C114" t="s">
+        <v>492</v>
+      </c>
+      <c r="D114" t="s">
+        <v>599</v>
+      </c>
+      <c r="E114" t="s">
+        <v>359</v>
+      </c>
+      <c r="F114" t="s">
+        <v>55</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>2022</v>
+      </c>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>494</v>
+      </c>
+      <c r="K114" t="s">
+        <v>600</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>496</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>601</v>
+      </c>
+      <c r="P114" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>603</v>
+      </c>
+      <c r="B115" t="s">
+        <v>604</v>
+      </c>
+      <c r="C115" t="s">
+        <v>492</v>
+      </c>
+      <c r="D115" t="s">
+        <v>54</v>
+      </c>
+      <c r="E115" t="s">
+        <v>359</v>
+      </c>
+      <c r="F115" t="s">
+        <v>33</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>2022</v>
+      </c>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>494</v>
+      </c>
+      <c r="K115" t="s">
+        <v>605</v>
+      </c>
+      <c r="L115" t="s">
+        <v>606</v>
+      </c>
+      <c r="M115" t="s">
+        <v>496</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>607</v>
+      </c>
+      <c r="P115" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>609</v>
+      </c>
+      <c r="B116" t="s">
+        <v>610</v>
+      </c>
+      <c r="C116" t="s">
+        <v>492</v>
+      </c>
+      <c r="D116" t="s">
+        <v>599</v>
+      </c>
+      <c r="E116" t="s">
+        <v>359</v>
+      </c>
+      <c r="F116" t="s">
+        <v>33</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2022</v>
+      </c>
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>494</v>
+      </c>
+      <c r="K116" t="s">
+        <v>611</v>
+      </c>
+      <c r="L116" t="s">
+        <v>612</v>
+      </c>
+      <c r="M116" t="s">
+        <v>496</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>613</v>
+      </c>
+      <c r="P116" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>615</v>
+      </c>
+      <c r="B117" t="s">
+        <v>616</v>
+      </c>
+      <c r="C117" t="s">
+        <v>492</v>
+      </c>
+      <c r="D117" t="s">
+        <v>599</v>
+      </c>
+      <c r="E117" t="s">
+        <v>359</v>
+      </c>
+      <c r="F117" t="s">
+        <v>33</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>2022</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>494</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117" t="s">
+        <v>617</v>
+      </c>
+      <c r="M117" t="s">
+        <v>496</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>618</v>
+      </c>
+      <c r="P117" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>620</v>
+      </c>
+      <c r="B118" t="s">
+        <v>621</v>
+      </c>
+      <c r="C118" t="s">
+        <v>492</v>
+      </c>
+      <c r="D118" t="s">
+        <v>122</v>
+      </c>
+      <c r="E118" t="s">
+        <v>359</v>
+      </c>
+      <c r="F118" t="s">
+        <v>360</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2008</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>500</v>
+      </c>
+      <c r="K118" t="s">
+        <v>622</v>
+      </c>
+      <c r="L118" t="s">
+        <v>623</v>
+      </c>
+      <c r="M118" t="s">
+        <v>496</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>624</v>
+      </c>
+      <c r="P118" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>626</v>
+      </c>
+      <c r="B119" t="s">
+        <v>627</v>
+      </c>
+      <c r="C119" t="s">
+        <v>492</v>
+      </c>
+      <c r="D119" t="s">
+        <v>358</v>
+      </c>
+      <c r="E119" t="s">
+        <v>359</v>
+      </c>
+      <c r="F119" t="s">
+        <v>55</v>
+      </c>
+      <c r="G119" t="s">
+        <v>61</v>
+      </c>
+      <c r="H119">
+        <v>2012</v>
+      </c>
+      <c r="I119">
+        <v>2015</v>
+      </c>
+      <c r="J119" t="s">
+        <v>500</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119" t="s">
+        <v>628</v>
+      </c>
+      <c r="M119" t="s">
+        <v>496</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>629</v>
+      </c>
+      <c r="P119" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>631</v>
+      </c>
+      <c r="B120" t="s">
+        <v>632</v>
+      </c>
+      <c r="C120" t="s">
+        <v>633</v>
+      </c>
+      <c r="D120" t="s">
+        <v>60</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
         <v>21</v>
       </c>
-      <c r="K92" t="s">
-[...28 lines deleted...]
-      <c r="F93" t="s">
+      <c r="G120" t="s">
+        <v>61</v>
+      </c>
+      <c r="H120">
+        <v>2013</v>
+      </c>
+      <c r="I120">
+        <v>2020</v>
+      </c>
+      <c r="J120" t="s">
+        <v>224</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120" t="s">
+        <v>634</v>
+      </c>
+      <c r="M120" t="s">
+        <v>635</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>636</v>
+      </c>
+      <c r="P120" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>638</v>
+      </c>
+      <c r="B121" t="s">
+        <v>639</v>
+      </c>
+      <c r="C121" t="s">
+        <v>633</v>
+      </c>
+      <c r="D121" t="s">
         <v>19</v>
       </c>
-      <c r="G93">
-[...6 lines deleted...]
-      <c r="J93" t="s">
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
         <v>21</v>
       </c>
-      <c r="K93" t="s">
-[...13 lines deleted...]
-      <c r="A94" t="s">
+      <c r="G121" t="s">
+        <v>61</v>
+      </c>
+      <c r="H121">
+        <v>2011</v>
+      </c>
+      <c r="I121">
+        <v>2019</v>
+      </c>
+      <c r="J121" t="s">
+        <v>224</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121" t="s">
+        <v>640</v>
+      </c>
+      <c r="M121" t="s">
+        <v>635</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>641</v>
+      </c>
+      <c r="P121" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>643</v>
+      </c>
+      <c r="B122" t="s">
+        <v>644</v>
+      </c>
+      <c r="C122" t="s">
+        <v>633</v>
+      </c>
+      <c r="D122" t="s">
+        <v>645</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>21</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2013</v>
+      </c>
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>388</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122" t="s">
+        <v>646</v>
+      </c>
+      <c r="M122" t="s">
+        <v>635</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>647</v>
+      </c>
+      <c r="P122" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>649</v>
+      </c>
+      <c r="B123" t="s">
+        <v>650</v>
+      </c>
+      <c r="C123" t="s">
+        <v>633</v>
+      </c>
+      <c r="D123" t="s">
+        <v>122</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>21</v>
+      </c>
+      <c r="G123" t="s">
+        <v>61</v>
+      </c>
+      <c r="H123">
+        <v>2014</v>
+      </c>
+      <c r="I123">
+        <v>2015</v>
+      </c>
+      <c r="J123" t="s">
+        <v>388</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123" t="s">
+        <v>635</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>651</v>
+      </c>
+      <c r="P123" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>653</v>
+      </c>
+      <c r="B124" t="s">
+        <v>654</v>
+      </c>
+      <c r="C124" t="s">
+        <v>633</v>
+      </c>
+      <c r="D124" t="s">
+        <v>117</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>21</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2014</v>
+      </c>
+      <c r="I124">
+        <v>2019</v>
+      </c>
+      <c r="J124" t="s">
+        <v>224</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124"/>
+      <c r="M124" t="s">
+        <v>635</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>655</v>
+      </c>
+      <c r="P124" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>657</v>
+      </c>
+      <c r="B125" t="s">
+        <v>658</v>
+      </c>
+      <c r="C125" t="s">
+        <v>633</v>
+      </c>
+      <c r="D125" t="s">
+        <v>157</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>21</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2016</v>
+      </c>
+      <c r="I125">
+        <v>2018</v>
+      </c>
+      <c r="J125" t="s">
+        <v>224</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125" t="s">
+        <v>635</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>659</v>
+      </c>
+      <c r="P125" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>661</v>
+      </c>
+      <c r="B126" t="s">
+        <v>662</v>
+      </c>
+      <c r="C126" t="s">
+        <v>633</v>
+      </c>
+      <c r="D126" t="s">
+        <v>197</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>21</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2017</v>
+      </c>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>388</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126"/>
+      <c r="M126" t="s">
+        <v>635</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>663</v>
+      </c>
+      <c r="P126" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>664</v>
+      </c>
+      <c r="B127" t="s">
+        <v>665</v>
+      </c>
+      <c r="C127" t="s">
+        <v>633</v>
+      </c>
+      <c r="D127" t="s">
         <v>358</v>
       </c>
-      <c r="B94" t="s">
-[...109 lines deleted...]
-      <c r="J96" t="s">
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
         <v>21</v>
       </c>
-      <c r="K96" t="s">
-[...273 lines deleted...]
-      <c r="A103" t="s">
+      <c r="G127" t="s">
+        <v>61</v>
+      </c>
+      <c r="H127">
+        <v>2016</v>
+      </c>
+      <c r="I127">
+        <v>2019</v>
+      </c>
+      <c r="J127" t="s">
         <v>388</v>
       </c>
-      <c r="B103" t="s">
-[...1049 lines deleted...]
-      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127"/>
       <c r="M127" t="s">
-        <v>24</v>
+        <v>635</v>
       </c>
       <c r="N127" t="s">
-        <v>466</v>
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>666</v>
+      </c>
+      <c r="P127" t="s">
+        <v>667</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>