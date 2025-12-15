--- v0 (2025-10-09)
+++ v1 (2025-12-15)
@@ -12,254 +12,315 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CNS 11010-89: Electric Water Heaters</t>
   </si>
   <si>
+    <t>covers househod household electric storage water heaters with rated power consumption not exceeding 12 kW.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CNS 3263</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cns-11010-89-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Boiling Water Heaters; No. En-Tech 10205017171</t>
   </si>
   <si>
+    <t>This policy specifies the requirements for tank boiling water heaters applying for Energy Label Certification. It applies to products of single-phase AC power supply with voltage below 250 V, with storage capacity under 500 L.</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Method as described in policy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-boiling-water-heaters</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=53</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The qualified heaters shall be as defined in CNS 11010 or recognized by the Bureau of Energy of MOEA as Storage Tank Water Heaters.</t>
+  </si>
+  <si>
     <t>CNS 11010</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-water-heaters</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=23</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Air Source Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Air Source Heat Pump Water Heaters shall meet the requirements of CNS 15466; or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>CNS 15466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-air-source-heat-pump-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=46</t>
+  </si>
+  <si>
     <t>Greenmark N101 - Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric storage tank water heaters which meet the definition of CNS 11010. The thermal insulation material for the products water storage tank shall be non-combustible material. For the products surface coating material; its content of cadmium; lead; hexavalent chromium; and mercury shall be below the regulatory limits.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n101-electric-storage-tank-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/101/28941bbd-ace3-4a3b-acb0-b017cdd091cd.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N111 - Electric Storage Tank Boiling Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric storage tank boiling water heaters which meet the definition of CNS 12623. The product shall be equipped with a consumer-controllable timer switch.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n111-electric-storage-tank-boiling-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/111/5a75e4a3-8288-41e6-9257-63a0550f446f.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N132 - Air-Source Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to air source heat pump water heaters which meet the definition of CNS 15466.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n132-air-source-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/132/b9664474-5775-4ba5-93b0-a35808d064d8.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N54 - Natural-Convection Solar Water Heater</t>
   </si>
   <si>
+    <t>Applies to solar water heaters operating based on natural convection principle; including both the direct and indirect heating types.   -Based on the test conditions and method stated in the latest version of the Chinese National Standard the product shall have a measured energy efficiency equals to or greater than 55 percent;    -For the indirect-heating type product the heating medium and insulation material and their manufacturing process shall not contain or use substances promulgated and controlled by the Environmental Protection Administration of the Executive Yuan.    In addition the heating medium shall not contain halogenated organic compounds and the insulation material shall not contain substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Chinese National Standard, the product shall have a measured energy efficiency equals to or greater than 55%</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n54-natural-convection-solar-water-heater</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/green-life/file/CriteriaNoPDF/54.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Electric Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Electric Storage Tank Water Heaters</t>
+  </si>
+  <si>
+    <t>The electric storage tank water heaters -products- denoted in this Announcement are those meeting the definition of electric storage tank water heater in CNS 11010; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-and</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -523,579 +584,646 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="174" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="174.529" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="890.64" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="124.97" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1989</v>
+      </c>
+      <c r="I2">
+        <v>2015</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3">
+        <v>2013</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...15 lines deleted...]
-      <c r="F3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...49 lines deleted...]
-      <c r="I4" t="s">
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
-[...2 lines deleted...]
-      <c r="K4" t="s">
+      <c r="F5" t="s">
         <v>32</v>
       </c>
-      <c r="L4" t="s">
-[...29 lines deleted...]
-        <v>2012</v>
+      <c r="G5" t="s">
+        <v>22</v>
       </c>
       <c r="H5">
         <v>2012</v>
       </c>
-      <c r="I5" t="s">
+      <c r="I5">
+        <v>2012</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>40</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
-[...8 lines deleted...]
-      <c r="M5" t="s">
+      <c r="F6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-        <v>37</v>
+      <c r="L6" t="s">
+        <v>25</v>
+      </c>
+      <c r="M6" t="s">
+        <v>40</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>51</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...12 lines deleted...]
-      <c r="E6" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>32</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2008</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>40</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="F6" t="s">
+      <c r="O7" t="s">
+        <v>54</v>
+      </c>
+      <c r="P7" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>56</v>
+      </c>
+      <c r="B8" t="s">
+        <v>57</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G6">
-[...5 lines deleted...]
-      <c r="I6" t="s">
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
-[...2 lines deleted...]
-      <c r="K6" t="s">
+      <c r="F8" t="s">
+        <v>32</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L6" t="s">
-[...2 lines deleted...]
-      <c r="M6" t="s">
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-        <v>39</v>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>40</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>58</v>
+      </c>
+      <c r="P8" t="s">
+        <v>59</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...15 lines deleted...]
-      <c r="F7" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>60</v>
+      </c>
+      <c r="B9" t="s">
+        <v>61</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
         <v>19</v>
       </c>
-      <c r="G7">
-[...5 lines deleted...]
-      <c r="I7" t="s">
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="F9" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>32</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
-      <c r="I9" t="s">
-        <v>20</v>
+      <c r="I9">
+        <v>2012</v>
       </c>
       <c r="J9" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="K9" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="L9" t="s">
+        <v>63</v>
+      </c>
+      <c r="M9" t="s">
+        <v>40</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>64</v>
+      </c>
+      <c r="P9" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>66</v>
+      </c>
+      <c r="B10"/>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>67</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>68</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
         <v>33</v>
       </c>
-      <c r="M9" t="s">
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N9" t="s">
-        <v>47</v>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>69</v>
+      </c>
+      <c r="P10" t="s">
+        <v>70</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
-[...12 lines deleted...]
-      <c r="E10" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" t="s">
         <v>18</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10">
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>67</v>
+      </c>
+      <c r="F11" t="s">
+        <v>73</v>
+      </c>
+      <c r="G11" t="s">
+        <v>68</v>
+      </c>
+      <c r="H11">
         <v>2015</v>
       </c>
-      <c r="H10"/>
-[...7 lines deleted...]
-      <c r="L10" t="s">
+      <c r="I11"/>
+      <c r="J11" t="s">
         <v>23</v>
       </c>
-      <c r="M10" t="s">
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N10" t="s">
-[...35 lines deleted...]
-      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N11" t="s">
-        <v>54</v>
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>74</v>
+      </c>
+      <c r="P11" t="s">
+        <v>70</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>