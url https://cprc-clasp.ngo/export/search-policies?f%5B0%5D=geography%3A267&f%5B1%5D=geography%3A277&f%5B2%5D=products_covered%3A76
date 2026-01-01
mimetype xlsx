--- v0 (2025-11-14)
+++ v1 (2026-01-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -203,91 +203,91 @@
   <si>
     <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/microwave.pdf</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
     <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
 a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
 b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
 c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
 d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
 e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
 f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
   </si>
   <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
   </si>
   <si>
     <t>GB 24849-2017 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Household and Similar Microwave Ovens</t>
   </si>
   <si>
     <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does NOT apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
   </si>
   <si>
-    <t>May 2021</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24849-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D817BCD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
 (a) solo;
 (b) combination;
 (c) convection; and
 (d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
@@ -312,50 +312,53 @@
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenmark N52 - Microwave Ovens</t>
   </si>
   <si>
     <t>Applies to microwave ovens for household use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n52-microwave-ovens</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/52/8328d357-ae60-4932-89c2-e28dd5cc58ed.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
   </si>
   <si>
     <t>Malaysia</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
   </si>
   <si>
     <t>Household microwave ovens</t>
   </si>
   <si>
     <t>Draft labels for microwave ovens. No information available</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
@@ -1191,60 +1194,60 @@
       </c>
       <c r="P6" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>67</v>
       </c>
       <c r="B7" t="s">
         <v>68</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>60</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="H7">
         <v>2010</v>
       </c>
       <c r="I7">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="J7" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>70</v>
       </c>
       <c r="M7" t="s">
         <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>71</v>
       </c>
       <c r="P7" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>73</v>
       </c>
       <c r="B8" t="s">
@@ -1337,450 +1340,450 @@
       </c>
       <c r="P9" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>87</v>
       </c>
       <c r="B10" t="s">
         <v>88</v>
       </c>
       <c r="C10" t="s">
         <v>89</v>
       </c>
       <c r="D10" t="s">
         <v>19</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>77</v>
       </c>
       <c r="G10" t="s">
-        <v>35</v>
+        <v>90</v>
       </c>
       <c r="H10">
         <v>2020</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M10" t="s">
         <v>80</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="P10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D11" t="s">
         <v>19</v>
       </c>
       <c r="E11" t="s">
         <v>33</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="M11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C12" t="s">
         <v>50</v>
       </c>
       <c r="D12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E12" t="s">
         <v>33</v>
       </c>
       <c r="F12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="G12" t="s">
         <v>35</v>
       </c>
       <c r="H12">
         <v>2015</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D13" t="s">
         <v>19</v>
       </c>
       <c r="E13" t="s">
         <v>33</v>
       </c>
       <c r="F13" t="s">
         <v>77</v>
       </c>
       <c r="G13" t="s">
         <v>35</v>
       </c>
       <c r="H13">
         <v>2019</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P13" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B14" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D14" t="s">
         <v>76</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>60</v>
       </c>
       <c r="G14" t="s">
         <v>35</v>
       </c>
       <c r="H14">
         <v>2016</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P14" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D15" t="s">
         <v>19</v>
       </c>
       <c r="E15" t="s">
         <v>33</v>
       </c>
       <c r="F15" t="s">
         <v>34</v>
       </c>
       <c r="G15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="H15"/>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="P15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C16" t="s">
         <v>50</v>
       </c>
       <c r="D16" t="s">
         <v>19</v>
       </c>
       <c r="E16" t="s">
         <v>33</v>
       </c>
       <c r="F16" t="s">
         <v>34</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2011</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="M16" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="P16" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B17" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C17" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D17" t="s">
         <v>19</v>
       </c>
       <c r="E17" t="s">
         <v>33</v>
       </c>
       <c r="F17" t="s">
         <v>34</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2014</v>
       </c>
       <c r="I17">
         <v>2020</v>
       </c>
       <c r="J17" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="M17" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="P17" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B18" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C18" t="s">
         <v>50</v>
       </c>
       <c r="D18" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E18" t="s">
         <v>33</v>
       </c>
       <c r="F18" t="s">
         <v>60</v>
       </c>
       <c r="G18" t="s">
         <v>35</v>
       </c>
       <c r="H18">
         <v>2013</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="P18" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">