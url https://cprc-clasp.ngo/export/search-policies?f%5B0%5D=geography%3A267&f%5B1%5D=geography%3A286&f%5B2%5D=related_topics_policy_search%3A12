--- v0 (2025-11-11)
+++ v1 (2026-01-26)
@@ -101,51 +101,51 @@
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/Files/Air_Compressor_Schedule_Final.pdf</t>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
   </si>
   <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
     <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
   </si>
@@ -520,51 +520,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="704.114" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="130.825" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="91.978" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">