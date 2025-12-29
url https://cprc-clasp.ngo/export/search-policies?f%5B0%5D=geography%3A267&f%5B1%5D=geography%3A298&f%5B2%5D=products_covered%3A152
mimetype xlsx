--- v0 (2025-11-08)
+++ v1 (2025-12-29)
@@ -140,77 +140,77 @@
   <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
     <t>It covers electric induction motors</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
     <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>