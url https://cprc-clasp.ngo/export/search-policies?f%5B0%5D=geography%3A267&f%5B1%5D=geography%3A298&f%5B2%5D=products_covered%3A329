--- v0 (2025-11-07)
+++ v1 (2025-12-30)
@@ -101,75 +101,75 @@
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
     <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -638,51 +638,51 @@
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>31</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
       <c r="O3" t="s">
         <v>37</v>
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>39</v>