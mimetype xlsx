--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -68,98 +68,95 @@
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
     <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
-    <t>Malaysia</t>
-[...2 lines deleted...]
-    <t>Entered into force, New</t>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
   </si>
   <si>
     <t>SASO 2883:2017 MEPS and labeling schemes for clothes dryers</t>
   </si>
   <si>
     <t>This standard applies to clothes dryers with capacities up to 25 kg (condenser and airvented). Household spin extractors are excluded from this standard</t>
   </si>
   <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
@@ -524,51 +521,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="115.543" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="246.511" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="140.252" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="109.545" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -648,186 +645,186 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H3">
         <v>2018</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
         <v>38</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>39</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>2018</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
         <v>46</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D5" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2007</v>
       </c>
       <c r="I5">
         <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="M5" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="P5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">