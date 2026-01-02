--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -116,138 +116,141 @@
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
     <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for the following products:
 - Refrigerators without a freezer up to 900L
 - Refrigerators with a freezer up to 300L
 - Refrigerators with a freezer &gt; 300L to 900L
 - Refrigerators with freezer and through-the-door ice dispenser</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 62552:2007
 ,   
                     ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>SASO 2892:2018 MEPS and labeling schemes for refrigerating appliances</t>
   </si>
   <si>
     <t>This standard applies to:</t>
   </si>
   <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
@@ -756,51 +759,51 @@
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>37</v>
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>39</v>
@@ -895,224 +898,224 @@
       </c>
       <c r="P5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>51</v>
       </c>
       <c r="B6" t="s">
         <v>52</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>41</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>48</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H6">
         <v>2011</v>
       </c>
       <c r="I6">
         <v>2022</v>
       </c>
       <c r="J6" t="s">
         <v>43</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="M6" t="s">
         <v>36</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="P6" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>41</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>48</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H7">
         <v>2011</v>
       </c>
       <c r="I7">
         <v>2025</v>
       </c>
       <c r="J7" t="s">
         <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>36</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="P7" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B8" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2007</v>
       </c>
       <c r="I8">
         <v>2018</v>
       </c>
       <c r="J8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="M8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>41</v>
       </c>
       <c r="E9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
       <c r="I9">
         <v>2012</v>
       </c>
       <c r="J9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">