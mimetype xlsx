--- v0 (2025-10-10)
+++ v1 (2025-12-13)
@@ -12,260 +12,306 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
     <t>Decision No. 107/2018 on the adoption of Gulf Standard 2530:2016 on Energy Labeling and Minimum Energy Performance Requirements For Air Conditioners as a mandatory Omani Standard</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for window single-package, split-system non-ducted air conditioners using air-cooled condensers, split-system ducted air-conditioners using air-cooled condensers, and heat pumps using air-cooled condensers for residential, commercial and industrial sector as applicable in accordance with GSO SASO Standards. It is applied to units designed to operate in AC single phase or three-phase circuits according to GSO 1899/2009 "GCC Standard voltages and frequencies for AC transmission and distribution systems". It covers units with capacities up to and including 70000 Btu/h (20 kW).</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>GSO 2530:2016</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-1072018-adoption-gulf-standard-25302016-energy-labeling-and-minimum-energy</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/sultanate-oman-energy-efficiency-and-labeling-requirements-air-conditioners-0</t>
+  </si>
+  <si>
     <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
+The standard covers the following types of self-ballasted LED lamps:
+a. Both the directional and non-directional lamps.
+b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
   </si>
   <si>
+    <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for refrigerators</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-refrigerators-5</t>
   </si>
   <si>
+    <t>https://blog.complianceandrisks.com/news-resources/oman-to-draft-mandatory-energy-efficiency-specifications-for-four-electrical-appliances</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>The standard specifies the energy performance, capacity and labelling of household refrigerators, refrigerator-freezers and freezers. The requirements in this Standard are not applicable to electrically operated refrigerators employing an absorption refrigeration system and for commercial refrigerators, refrigerators-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>General Electricity &amp; Water Corporation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers</t>
   </si>
   <si>
+    <t>https://docs.wto.org/dol2fe/Pages/FE_Search/FE_S_S009-DP.aspx?language=E&amp;HasEnglishRecord=True&amp;HasFrenchRecord=True&amp;HasSpanishRecord=False&amp;CatalogueIdList=234359,234362,227938,228303,231379,234295,234377,234291,234289,234290&amp;CurrentCatalogueIdIndex=9&amp;FullT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers-0</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for split unit air conditioners</t>
   </si>
   <si>
+    <t>Under new regulations, the energy efficiency ratio (EER) of split unit air-conditioners will be increased from existing 9.5 EER to 10.5 EER.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-split-unit-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://thepeninsulaqatar.com/article/08/06/2019/New-regulations-to-make-electric-appliances-more-energy-efficient</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for storage water heaters</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-storage-water-heaters</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-washing-machines-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -529,505 +575,568 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="211" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="211.091" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="754.959" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="108.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2019</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...18 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>54</v>
+      </c>
+      <c r="D7" t="s">
+        <v>49</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>57</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>54</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>56</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>57</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>48</v>
+      </c>
+      <c r="C9" t="s">
         <v>31</v>
       </c>
-      <c r="L3" t="s">
-[...5 lines deleted...]
-      <c r="N3" t="s">
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
         <v>33</v>
       </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>37</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>67</v>
+      </c>
+      <c r="P9" t="s">
+        <v>51</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>68</v>
+      </c>
+      <c r="B10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>37</v>
+      </c>
+      <c r="N10" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
-[...191 lines deleted...]
-      <c r="A9" t="s">
+      <c r="O10" t="s">
+        <v>70</v>
+      </c>
+      <c r="P10" t="s">
         <v>51</v>
-      </c>
-[...69 lines deleted...]
-        <v>56</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>