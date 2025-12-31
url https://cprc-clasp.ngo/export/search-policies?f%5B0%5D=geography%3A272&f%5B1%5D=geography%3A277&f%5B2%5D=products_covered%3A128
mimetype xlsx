--- v0 (2025-11-13)
+++ v1 (2025-12-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="224">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="226">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -355,66 +355,69 @@
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-storage-water-heaters</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/GeyserNote.pdf</t>
   </si>
   <si>
     <t>GB 21519-2008 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Electrical Storage Water</t>
   </si>
   <si>
     <t>This standard applies only to Electrical storage water hearters.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21519-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D77279D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 26969-2011 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB 3100; GB/T 12936; GB/T 18708; GB/T 19141; GB/T 26970; GB/T26971; ISO 9488:1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-26969-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FB07D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 26969-2025 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
   </si>
   <si>
     <t>This standard revises minimum energy performance standards (MEPS) and energy efficiency grades for domestic solar water heating systems with the volume of storage water tank not exceeding 0.6 cubic meter. It replaces GB 26969-2011, and will be effective starting 2026 August.</t>
-  </si>
-[...1 lines deleted...]
-    <t>October 2025</t>
   </si>
   <si>
     <t>GB/T 18708
 ,   
                     GB/T 19741</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-26969-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3820811E06397BE0A0A2D54</t>
   </si>
   <si>
     <t>GB 29541-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for heat pump water heaters</t>
   </si>
   <si>
     <t>This policy applies to air source heat pump water heaters with vapor-compression refrigeration and driven by electric motors.</t>
   </si>
   <si>
     <t>GB/T 23137-2008; GB/T 21362-2008</t>
   </si>
   <si>
@@ -522,66 +525,69 @@
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for storage water heaters</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-storage-water-heaters</t>
   </si>
@@ -1052,51 +1058,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="128.54" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="318.351" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1780,1038 +1786,1038 @@
       </c>
       <c r="P14" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>111</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>19</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>49</v>
       </c>
       <c r="G15" t="s">
-        <v>32</v>
+        <v>112</v>
       </c>
       <c r="H15">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I15">
         <v>2012</v>
       </c>
       <c r="J15" t="s">
-        <v>57</v>
+        <v>113</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="P15" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B16" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
         <v>19</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>49</v>
       </c>
       <c r="G16" t="s">
         <v>8</v>
       </c>
       <c r="H16">
         <v>2011</v>
       </c>
       <c r="I16">
         <v>2025</v>
       </c>
       <c r="J16" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="M16" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P16" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B17" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
         <v>19</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>49</v>
       </c>
       <c r="G17" t="s">
         <v>32</v>
       </c>
       <c r="H17">
         <v>2008</v>
       </c>
       <c r="I17">
         <v>2013</v>
       </c>
       <c r="J17" t="s">
         <v>57</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P17" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B18" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C18" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D18" t="s">
         <v>19</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>49</v>
       </c>
       <c r="G18" t="s">
         <v>32</v>
       </c>
       <c r="H18">
         <v>1989</v>
       </c>
       <c r="I18">
         <v>2012</v>
       </c>
       <c r="J18" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="M18" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="P18" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B19" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C19" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D19" t="s">
         <v>19</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>49</v>
       </c>
       <c r="G19" t="s">
         <v>32</v>
       </c>
       <c r="H19">
         <v>1989</v>
       </c>
       <c r="I19">
         <v>2017</v>
       </c>
       <c r="J19" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="K19" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="L19" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="M19" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P19" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B20" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20" t="s">
         <v>19</v>
       </c>
       <c r="E20" t="s">
         <v>48</v>
       </c>
       <c r="F20" t="s">
         <v>56</v>
       </c>
       <c r="G20" t="s">
         <v>32</v>
       </c>
       <c r="H20">
         <v>2008</v>
       </c>
       <c r="I20">
         <v>2013</v>
       </c>
       <c r="J20" t="s">
         <v>33</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
         <v>50</v>
       </c>
       <c r="M20" t="s">
         <v>90</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P20" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B21" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C21" t="s">
         <v>47</v>
       </c>
       <c r="D21" t="s">
         <v>19</v>
       </c>
       <c r="E21" t="s">
         <v>48</v>
       </c>
       <c r="F21" t="s">
         <v>56</v>
       </c>
       <c r="G21" t="s">
         <v>32</v>
       </c>
       <c r="H21">
         <v>2008</v>
       </c>
       <c r="I21">
         <v>2014</v>
       </c>
       <c r="J21" t="s">
         <v>33</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>90</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="P21" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B22" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C22" t="s">
         <v>47</v>
       </c>
       <c r="D22" t="s">
         <v>19</v>
       </c>
       <c r="E22" t="s">
         <v>48</v>
       </c>
       <c r="F22" t="s">
         <v>56</v>
       </c>
       <c r="G22" t="s">
         <v>32</v>
       </c>
       <c r="H22">
         <v>2012</v>
       </c>
       <c r="I22">
         <v>2014</v>
       </c>
       <c r="J22" t="s">
         <v>33</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>90</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P22" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B23" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C23" t="s">
         <v>47</v>
       </c>
       <c r="D23" t="s">
         <v>19</v>
       </c>
       <c r="E23" t="s">
         <v>48</v>
       </c>
       <c r="F23" t="s">
         <v>56</v>
       </c>
       <c r="G23" t="s">
         <v>32</v>
       </c>
       <c r="H23">
         <v>2012</v>
       </c>
       <c r="I23">
         <v>2012</v>
       </c>
       <c r="J23" t="s">
         <v>33</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="M23" t="s">
         <v>90</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P23" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B24" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C24" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D24" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>101</v>
       </c>
       <c r="G24" t="s">
         <v>32</v>
       </c>
       <c r="H24">
         <v>2008</v>
       </c>
       <c r="I24">
         <v>2020</v>
       </c>
       <c r="J24" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="M24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N24" t="s">
         <v>42</v>
       </c>
       <c r="O24" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="P24" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B25" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C25" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D25" t="s">
         <v>40</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>171</v>
       </c>
       <c r="H25">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="P25" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B26" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C26" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D26" t="s">
         <v>19</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>49</v>
       </c>
       <c r="G26" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="H26"/>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="P26" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B27" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C27" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D27" t="s">
         <v>19</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>49</v>
       </c>
       <c r="G27" t="s">
         <v>32</v>
       </c>
       <c r="H27">
         <v>2003</v>
       </c>
       <c r="I27">
         <v>2018</v>
       </c>
       <c r="J27" t="s">
         <v>33</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="M27" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="P27" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B28" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C28" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D28" t="s">
         <v>40</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>49</v>
       </c>
       <c r="G28" t="s">
         <v>32</v>
       </c>
       <c r="H28">
         <v>2005</v>
       </c>
       <c r="I28">
         <v>2018</v>
       </c>
       <c r="J28" t="s">
         <v>33</v>
       </c>
       <c r="K28" t="s">
+        <v>192</v>
+      </c>
+      <c r="L28" t="s">
+        <v>193</v>
+      </c>
+      <c r="M28" t="s">
+        <v>188</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>194</v>
+      </c>
+      <c r="P28" t="s">
         <v>190</v>
-      </c>
-[...13 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B29" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C29" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D29" t="s">
         <v>40</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>49</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2025</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="P29" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B30"/>
       <c r="C30" t="s">
         <v>47</v>
       </c>
       <c r="D30" t="s">
         <v>19</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>49</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2015</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
         <v>83</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>51</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="P30" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B31" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C31" t="s">
         <v>47</v>
       </c>
       <c r="D31" t="s">
         <v>19</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>101</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2015</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>33</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
         <v>51</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="P31" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B32" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C32" t="s">
         <v>100</v>
       </c>
       <c r="D32" t="s">
         <v>19</v>
       </c>
       <c r="E32" t="s">
         <v>48</v>
       </c>
       <c r="F32" t="s">
         <v>101</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2019</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>83</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="M32" t="s">
         <v>104</v>
       </c>
       <c r="N32" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="O32" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="P32" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B33" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C33" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D33" t="s">
         <v>19</v>
       </c>
       <c r="E33" t="s">
         <v>48</v>
       </c>
       <c r="F33" t="s">
         <v>56</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2017</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="K33" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="P33" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B34" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C34" t="s">
         <v>74</v>
       </c>
       <c r="D34" t="s">
         <v>19</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>49</v>
       </c>
       <c r="G34" t="s">
         <v>32</v>
       </c>
       <c r="H34">
         <v>2009</v>
       </c>
       <c r="I34">
         <v>2018</v>
       </c>
       <c r="J34" t="s">
         <v>77</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
         <v>78</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="P34" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B35" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C35" t="s">
         <v>74</v>
       </c>
       <c r="D35" t="s">
         <v>19</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>49</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2009</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="K35" t="s">
         <v>34</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
         <v>78</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="P35" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">