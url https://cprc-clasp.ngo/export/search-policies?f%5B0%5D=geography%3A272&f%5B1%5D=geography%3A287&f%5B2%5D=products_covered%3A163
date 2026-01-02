--- v0 (2025-11-06)
+++ v1 (2026-01-02)
@@ -62,129 +62,129 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
-[...41 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
+The standard covers the following types of self-ballasted LED lamps:
+a. Both the directional and non-directional lamps.
+b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
+  </si>
+  <si>
+    <t>Oman</t>
+  </si>
+  <si>
+    <t>Directional Lamps</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>October 2021</t>
+  </si>
+  <si>
+    <t>Ministry of Commerce and Industry</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
+  </si>
+  <si>
+    <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
   <si>
     <t>The MEPS and labeling requirements covers self-ballasted lamps (CFL).</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI IEC 60969:2009, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no18-2014-energy-labels-energy-saving</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/peraturan/Permen%20ESDM%2018%20Tahun%202014.pdf</t>
   </si>
@@ -611,165 +611,163 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H3">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="L3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L3"/>
       <c r="M3" t="s">
         <v>37</v>
       </c>
       <c r="N3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>38</v>
       </c>
       <c r="P3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>43</v>
       </c>
       <c r="G4" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H4">
         <v>2013</v>
       </c>
       <c r="I4">
         <v>2016</v>
       </c>
       <c r="J4" t="s">
         <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>45</v>
       </c>
       <c r="M4" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>46</v>
       </c>
       <c r="P4" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>