--- v0 (2025-10-11)
+++ v1 (2026-01-25)
@@ -12,210 +12,247 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-118482021-notebook-computers</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95102012-copiers-energy-efficiency</t>
+  </si>
+  <si>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -479,367 +516,406 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="227.516" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2011</v>
+      </c>
+      <c r="I2">
+        <v>2023</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3">
+        <v>2021</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4">
+        <v>2021</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>33</v>
+      </c>
+      <c r="M4" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...14 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...5 lines deleted...]
-      <c r="L3" t="s">
+      <c r="F5" t="s">
+        <v>32</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-        <v>29</v>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>43</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>44</v>
+      </c>
+      <c r="P5" t="s">
+        <v>45</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...6 lines deleted...]
-      <c r="C4" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" t="s">
+        <v>48</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>43</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
         <v>26</v>
       </c>
-      <c r="D4" t="s">
-[...116 lines deleted...]
-        <v>38</v>
+      <c r="O6" t="s">
+        <v>49</v>
+      </c>
+      <c r="P6" t="s">
+        <v>50</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>