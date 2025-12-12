--- v0 (2025-10-10)
+++ v1 (2025-12-12)
@@ -12,848 +12,1168 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="243">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="346">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>MEPL covers some single phase heat pump|air conditioners.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.2:2008: Liquid-chilling packages using the vapour compression cycle—Minimum energy performance standard (MEPS) and compliance requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>AS/NZS 4776 parts 1.1 and 1.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-477622008-liquid-chilling-packages-using-vapour-compression-cycle-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
     <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
   </si>
   <si>
     <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
   </si>
   <si>
     <t>Domestic fridges and freezers</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>IEC 62552 parts 1 to 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/domestic-fridges-and-freezers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy contains voluntary labeling requirements for electric storage water heaters. It applies to domestic electrical water heaters and storage in a thermally well-insulated container that has a device to control the water temperature, uses mains electricity as the only power source, and has a rated water storage capacity exceeding 50 L but not exceeding 300 L.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Water Heating</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60379</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Storage%20Water%20Heaters%202021_Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This policy specifies voluntary labeling requirements for refrigerating appliances. It applies to products with a rated total storage volume exceeding 500 liters.</t>
+  </si>
+  <si>
     <t>Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-refrigerating-appliances</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS-Ref%20App-2021_01_eng%20v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Room Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for room air conditioners. It applies to air-cooled non-dusted room air-conditioners powered by electric current, either single unit or split system with a rated cooling capacity not exceeding 10 kW, and does not apply to fan-coil air conditioning units, heat pump, and water-cooled units. For room air conditioners with a reverse cycle heat pump, both the cooling and heating functions will be considered.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ISO 5151
 ,   
                     ISO16358-2
 ,   
                      ISO16358-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Room%20Air%20Conditioners%202021Jan%20_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Washing Machines</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for washing machines. It applies to washing machines used for cleaning and rinsing textiles that use water (with and without a means of extracting excess water from the textiles), use mains electricity as the primary power source, and have a rated washing capacity between 7–10 kg. It does not cover washing machines that use other energy sources or have no spin extraction capability.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456
 ,   
                     JIS C 9606</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-washing-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Washing%20Machines%202021%20Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>labeling for clothes dryers</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>AS/NZS 2442.2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-dryers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>labeling for clothes washers</t>
   </si>
   <si>
     <t>AS/NZS 2040.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-washer-factsheet.pdf</t>
+  </si>
+  <si>
     <t>labeling for dishwashers</t>
   </si>
   <si>
+    <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>AS/NZS 2007.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for Computer Monitors</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for televisions</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover televisions defined as a display device; designed for the primary purpose of showing television pictures; and supplied with a television tuner. This includes multifunction televisions and display devices supplied in modular form with an external television tuner. The E3 Programme is planning to undertake a review of the existing requirements for televisions and assess opportunities to make further energy efficiency gains</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-mepl-televisions</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/televisions/</t>
+  </si>
+  <si>
     <t>MEPS for ballasts for fluorescent lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/ballast-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-computers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>AS/NZS 4692.1:2005; NZ4602:1988; NZ4606.1:1989</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-hot-water-systems</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/hot-water-systems/</t>
+  </si>
+  <si>
+    <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-hot-water-systems-0</t>
   </si>
   <si>
     <t>MEPS for LED lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes washers intended for household and similar use. This includes both horizontal and vertical axis single bowl machines twin tub units and the washing function of combination washer|dryer units. MEPL does not apply to clothes washers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>Under development</t>
   </si>
   <si>
     <t>AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-led-lamps</t>
   </si>
   <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
+    <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
+i) with rated output less than or equal to 0.73kW and less than 185kW; 
+ii) in 2- 4- 6- and 8-pole configurations; and 
+iii) with voltages rated up to 1100 V AC</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/3-phase-motor-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) requirements for distribution transformers</t>
   </si>
   <si>
+    <t>Minimum energy performance standards for distribution transformers covers: Single- and three-phase dry and oilimmersed transformers with a power rating between 10kVA and 2500kVA; which are designed for 11kV and 22kV networks.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>AS 2375 for dry type, and AS 2374.1 for other type transformers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-meps-requirements-distribution-transformers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/distribution-transformers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards and Labeling Requirements for Household Refrigerator-Freezers</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory minimum energy performance standards (MEPS) and labeling requirements for household/domestic refrigerator-freezers. 
+MEPS requirement (kWh/year): 0.576 x Vadj + 420
+Where Vadj = adjusted volume (in liters)</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PS:IEC 62552-1/2018
 ,   
                     PS:IEC 62552-2/2018
 ,   
                     PS:IEC 62552-3/2016
 ,   
                     PS:IEC 62552-3 AMD 1/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-and-labeling-requirements-household-refrigerator</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO414(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Minimum Performance of external power supplies</t>
   </si>
   <si>
+    <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-performance-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Label for Motors</t>
   </si>
   <si>
+    <t>This regulation establishes Minimum Energy Performance standards for electric motor efficiency and requires compliance with a star rating system. The regulation applies to the import and offer for sale of three-phase squirrel cage induction motors designed to operate at 50 Hz or 60 Hz with:
+a) a rated output power greater than or equal to 0.12 kW and less than or equal to 1,000 kW; and 
+b) a rated voltage of up to 1000 volts alternating current; and
+c) 2, 4, 6 or 8 poles; and
+d) a continuous duty rating.
+The regulation also applies to the import and offer for sale of single-phase squirrel cage induction motors of all types designed to operate at 50 Hz or 60 Hz with a rated output power greater than or equal to 0.12 kW.</t>
+  </si>
+  <si>
     <t>ISO/IEC 17025, IEC 60034-1 ED. 13.0, IEC 60034-2-1 Ed. 2.0 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-label-motors</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO412(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Fans</t>
   </si>
   <si>
+    <t>This policy is established to ensure that all electric fans sold in Pakistan meet Minimum Energy Performance Standards (MEPS) and comply with NEECA's energy star rating system of 1 to 5 stars. The fans should conform to all the requirements of Pakistan Standard PS:1/2021 (Comfort Fans and Regulators for Household and Similar Purposes – Methods for Measuring Performance) with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>PS:1/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-fans</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO411(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy is established to enforce Minimum Energy Performance Standards (MEPS) with an energy star rating system for air conditioning units. Room air conditioner means non-ducted wall mounted split room air conditioners with cooling capacity up to 10.5 kW that can be connected to main power and which are within the scope of PS:ISO5151/2013 and it includes non-inverter room air conditioner, inverter room air conditioner, and wall mounted split room air conditioner.</t>
+  </si>
+  <si>
     <t>PS: ISO 16358-1, PS: ISO5151/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO413(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
+    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
   <si>
+    <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Computers</t>
   </si>
   <si>
+    <t>Computers under this labelling scheme include desktops, towers or mini-towers, or portable units. These include high-end desktop computers, personal computers, workstations, network computer desktops, X terminal controllers, computer-based point-of-sale retail terminals and tablet PCs. To qualify, the unit must be capable of being powered from a wall outlet, but this does not preclude units that are capable of being powered from a wall outlet and also from a battery. This definition is intended primarily to cover computers sold for use in businesses or homes.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Computers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Dehumidifiers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to self-contained, electrically operated, and mechanically refrigerated dehumidifiers that provide daily water removal capacities not exceeding 87 litres. Appliances that have larger capacity are excluded.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>ANSI / AHAM DH-1 CAN/CSA-C749</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Dehumidifiers%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Domestic Gas Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>Domestic Gas Instantaneous Water Heaters under this labelling scheme include domestic instantaneous water heaters which burns gas types defined in the Gas Safety Ordinance. Those domestic gas appliances having heat inputs exceeding 70kW are excluded.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>JIA F 031 EN 26:1997 GB 6932</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-domestic-gas-instantaneous-water</t>
   </si>
   <si>
+    <t>http://www.emsd.gov.hk/emsd/e_download/pee/veels_dgiwater_heater.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electric Rice Cookers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electric heating elements for heating source operated at atmospheric pressure rice-cookers and the maximum rated power consumption not exceeding 2 kW. The scheme does not cover induction heating electric rice-cookers.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>CCEC/T11-2006 JIS C9212 QB/T 3899</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electric-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Rice%20Cookers%202020_eng_v2.7%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electronic Ballasts</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electronic ballasts that are designed for standard fluorescent lamps: for linear, circular and compact types; HID lamps including high pressure sodium lamps and metal halide lamps. The electronic ballasts must be capable of being powered from either a 220V 50Hz AC supply or an appropriate DC power source.</t>
+  </si>
+  <si>
     <t>IEC 60929 EN 50924</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electronic-ballasts</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Electronic%20Ballasts%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
   </si>
   <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Gas Cookers</t>
   </si>
   <si>
+    <t>This policy applies to new gas cookers that are designed for primary use in domestic premises and burn gas defined in Gas Safety Ordinance, have a rated heat input not exceeding 7 kW for each burner, either table-top type or built-in type, and have one or multiple burners.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>GB16410-2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-gas-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Gas%20Cooker%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Hot/Cold Bottled Water Dispensers</t>
   </si>
   <si>
+    <t>This policy applies to hot/cold bottled water dispensers, which are defined as free-standing devices that consume energy and dispense water from removable, typically 8–20 L plastic bottles commonly positioned on top/at the bottom of the unit.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-hotcold-bottled-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Water%20Dispenser%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LCD Monitors</t>
   </si>
   <si>
+    <t>Applies to standard LCD monitors that are designed for use with computers. The monitor must be capable of being powered from either a wall outlet or a battery unit that is sold with an AC adaptor. LCD monitors with a tuner|receiver may qualify under this scheme as long as they are marketed and sold to consumers as computer monitors, i.e. focusing on computer monitor as the primary function; or as dual functions computer monitors and televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-lcd-monitors</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS%20-%20LCD%20Monitor%20(Eng)_2019.1.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LED Lamp</t>
   </si>
   <si>
+    <t>The Scheme applies to integral directional and non-directional LED lamps which has a single lamp cap, and is intended for general lighting purposes having the following characteristics:</t>
+  </si>
+  <si>
     <t>IEC 62612:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-led-lamp</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_LED%20Lamps_eng%20-%20Ver%202020%20Final.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens using electromagnetic energy in the ISM frequency band of 2,450 MHz, with rated power input of less than 2,500 Watt for household use. It also applies to combination microwave ovens with additional heating elements or convection capability. Does not apply to microwave ovens for commercial and industrial use; ovens incorporating conventional heating means only; and ovens with exhaust hood.</t>
+  </si>
+  <si>
     <t>IEC 60705: 2010 Edition 4.0, IEC 62301: 2011 Edition 2.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Microwave%20Ovens%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Non-integrated Type Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to non-integrated type CFLs which is electrically connected to permanently wired external ballast and is intended for general lighting purposes and having the following characteristics:</t>
+  </si>
+  <si>
     <t>CIE 84 IEC IEC 61199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-non-integrated-type-compact</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_NICFL%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
   </si>
   <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
   </si>
   <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1117,2519 +1437,2858 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N56"/>
+  <dimension ref="A1:P56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="205" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="205.093" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="233.514" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="251.224" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1998</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2011</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1997</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>39</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>68</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1986</v>
+      </c>
+      <c r="I9">
+        <v>2018</v>
+      </c>
+      <c r="J9" t="s">
+        <v>34</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>69</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
+        <v>73</v>
+      </c>
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H10">
+        <v>2020</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>54</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>75</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>80</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>82</v>
+      </c>
+      <c r="F11" t="s">
+        <v>83</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2000</v>
+      </c>
+      <c r="I11">
+        <v>2021</v>
+      </c>
+      <c r="J11" t="s">
+        <v>84</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>85</v>
+      </c>
+      <c r="M11" t="s">
+        <v>86</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>80</v>
+      </c>
+      <c r="D12" t="s">
+        <v>91</v>
+      </c>
+      <c r="E12" t="s">
+        <v>82</v>
+      </c>
+      <c r="F12" t="s">
+        <v>83</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1995</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
+        <v>84</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>92</v>
+      </c>
+      <c r="M12" t="s">
+        <v>86</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>93</v>
+      </c>
+      <c r="P12" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
+        <v>96</v>
+      </c>
+      <c r="C13" t="s">
+        <v>80</v>
+      </c>
+      <c r="D13" t="s">
+        <v>97</v>
+      </c>
+      <c r="E13" t="s">
+        <v>82</v>
+      </c>
+      <c r="F13" t="s">
+        <v>83</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1996</v>
+      </c>
+      <c r="I13">
+        <v>2021</v>
+      </c>
+      <c r="J13" t="s">
+        <v>84</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>98</v>
+      </c>
+      <c r="M13" t="s">
+        <v>86</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>99</v>
+      </c>
+      <c r="P13" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>101</v>
+      </c>
+      <c r="B14" t="s">
+        <v>102</v>
+      </c>
+      <c r="C14" t="s">
+        <v>80</v>
+      </c>
+      <c r="D14" t="s">
+        <v>103</v>
+      </c>
+      <c r="E14" t="s">
+        <v>82</v>
+      </c>
+      <c r="F14" t="s">
+        <v>83</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>2003</v>
       </c>
-      <c r="H2">
+      <c r="I14">
+        <v>2022</v>
+      </c>
+      <c r="J14" t="s">
+        <v>84</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>104</v>
+      </c>
+      <c r="M14" t="s">
+        <v>86</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>105</v>
+      </c>
+      <c r="P14" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>107</v>
+      </c>
+      <c r="B15" t="s">
+        <v>108</v>
+      </c>
+      <c r="C15" t="s">
+        <v>80</v>
+      </c>
+      <c r="D15" t="s">
+        <v>109</v>
+      </c>
+      <c r="E15" t="s">
+        <v>82</v>
+      </c>
+      <c r="F15" t="s">
+        <v>83</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1997</v>
+      </c>
+      <c r="I15">
+        <v>2021</v>
+      </c>
+      <c r="J15" t="s">
+        <v>84</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>110</v>
+      </c>
+      <c r="M15" t="s">
+        <v>86</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>111</v>
+      </c>
+      <c r="P15" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>113</v>
+      </c>
+      <c r="B16" t="s">
+        <v>113</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>114</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>68</v>
+      </c>
+      <c r="G16" t="s">
+        <v>47</v>
+      </c>
+      <c r="H16">
+        <v>1990</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>34</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>115</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>116</v>
+      </c>
+      <c r="P16" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>118</v>
+      </c>
+      <c r="B17" t="s">
+        <v>118</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>109</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>68</v>
+      </c>
+      <c r="G17" t="s">
+        <v>47</v>
+      </c>
+      <c r="H17">
+        <v>1990</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>34</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>119</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>120</v>
+      </c>
+      <c r="P17" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>122</v>
+      </c>
+      <c r="B18" t="s">
+        <v>123</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>124</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>68</v>
+      </c>
+      <c r="G18" t="s">
+        <v>47</v>
+      </c>
+      <c r="H18">
+        <v>1987</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>34</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>125</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P18" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>128</v>
+      </c>
+      <c r="B19" t="s">
+        <v>129</v>
+      </c>
+      <c r="C19" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" t="s">
+        <v>130</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2008</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
+        <v>131</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>132</v>
+      </c>
+      <c r="M19" t="s">
+        <v>133</v>
+      </c>
+      <c r="N19" t="s">
+        <v>134</v>
+      </c>
+      <c r="O19" t="s">
+        <v>135</v>
+      </c>
+      <c r="P19" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>137</v>
+      </c>
+      <c r="B20" t="s">
+        <v>138</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>139</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>33</v>
+      </c>
+      <c r="G20" t="s">
+        <v>47</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>34</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>140</v>
+      </c>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>141</v>
+      </c>
+      <c r="P20" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>143</v>
+      </c>
+      <c r="B21" t="s">
+        <v>144</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>103</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>33</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2012</v>
+      </c>
+      <c r="I21">
+        <v>2017</v>
+      </c>
+      <c r="J21" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>145</v>
+      </c>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>146</v>
+      </c>
+      <c r="P21" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>148</v>
+      </c>
+      <c r="B22" t="s">
+        <v>149</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>150</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>47</v>
+      </c>
+      <c r="H22">
+        <v>2002</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>151</v>
+      </c>
+      <c r="P22" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>153</v>
+      </c>
+      <c r="B23" t="s">
+        <v>154</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>155</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>47</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>34</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>156</v>
+      </c>
+      <c r="M23" t="s">
+        <v>26</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>157</v>
+      </c>
+      <c r="P23" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>159</v>
+      </c>
+      <c r="B24" t="s">
+        <v>52</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>160</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2003</v>
+      </c>
+      <c r="I24">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J24" t="s">
+        <v>34</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>161</v>
+      </c>
+      <c r="M24" t="s">
+        <v>26</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>162</v>
+      </c>
+      <c r="P24" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>159</v>
+      </c>
+      <c r="B25" t="s">
+        <v>164</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>165</v>
+      </c>
+      <c r="E25" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G25" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H25">
+        <v>2005</v>
+      </c>
+      <c r="I25">
+        <v>2018</v>
+      </c>
+      <c r="J25" t="s">
+        <v>34</v>
+      </c>
+      <c r="K25" t="s">
+        <v>166</v>
+      </c>
+      <c r="L25" t="s">
+        <v>167</v>
+      </c>
+      <c r="M25" t="s">
+        <v>26</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>168</v>
+      </c>
+      <c r="P25" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>169</v>
+      </c>
+      <c r="B26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>46</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>171</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
+      <c r="J26" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>172</v>
+      </c>
+      <c r="M26" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...14 lines deleted...]
-      <c r="G3">
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>173</v>
+      </c>
+      <c r="P26" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>174</v>
+      </c>
+      <c r="B27" t="s">
+        <v>175</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>176</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>47</v>
+      </c>
+      <c r="H27">
+        <v>2008</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>34</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>177</v>
+      </c>
+      <c r="M27" t="s">
+        <v>26</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>178</v>
+      </c>
+      <c r="P27" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>180</v>
+      </c>
+      <c r="B28" t="s">
+        <v>181</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>182</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2002</v>
+      </c>
+      <c r="I28">
+        <v>2006</v>
+      </c>
+      <c r="J28" t="s">
+        <v>34</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>183</v>
+      </c>
+      <c r="M28" t="s">
+        <v>26</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>184</v>
+      </c>
+      <c r="P28" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>186</v>
+      </c>
+      <c r="B29" t="s">
+        <v>187</v>
+      </c>
+      <c r="C29" t="s">
+        <v>73</v>
+      </c>
+      <c r="D29" t="s">
+        <v>103</v>
+      </c>
+      <c r="E29" t="s">
+        <v>82</v>
+      </c>
+      <c r="F29" t="s">
+        <v>188</v>
+      </c>
+      <c r="G29" t="s">
+        <v>47</v>
+      </c>
+      <c r="H29">
+        <v>2017</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>189</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>190</v>
+      </c>
+      <c r="M29" t="s">
+        <v>75</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>191</v>
+      </c>
+      <c r="P29" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>193</v>
+      </c>
+      <c r="B30" t="s">
+        <v>194</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>195</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2004</v>
+      </c>
+      <c r="I30">
+        <v>2011</v>
+      </c>
+      <c r="J30" t="s">
+        <v>34</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>196</v>
+      </c>
+      <c r="M30" t="s">
+        <v>26</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>197</v>
+      </c>
+      <c r="P30" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>199</v>
+      </c>
+      <c r="B31" t="s">
+        <v>200</v>
+      </c>
+      <c r="C31" t="s">
+        <v>73</v>
+      </c>
+      <c r="D31" t="s">
+        <v>201</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>33</v>
+      </c>
+      <c r="G31" t="s">
+        <v>47</v>
+      </c>
+      <c r="H31">
+        <v>2024</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>202</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>203</v>
+      </c>
+      <c r="M31" t="s">
+        <v>75</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>204</v>
+      </c>
+      <c r="P31" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>206</v>
+      </c>
+      <c r="B32" t="s">
+        <v>207</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>208</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2005</v>
+      </c>
+      <c r="I32">
+        <v>2011</v>
+      </c>
+      <c r="J32" t="s">
+        <v>34</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>209</v>
+      </c>
+      <c r="M32" t="s">
+        <v>26</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>210</v>
+      </c>
+      <c r="P32" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>212</v>
+      </c>
+      <c r="B33" t="s">
+        <v>213</v>
+      </c>
+      <c r="C33" t="s">
+        <v>73</v>
+      </c>
+      <c r="D33" t="s">
+        <v>214</v>
+      </c>
+      <c r="E33" t="s">
+        <v>215</v>
+      </c>
+      <c r="F33" t="s">
+        <v>188</v>
+      </c>
+      <c r="G33" t="s">
+        <v>47</v>
+      </c>
+      <c r="H33">
+        <v>2023</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>189</v>
+      </c>
+      <c r="K33" t="s">
+        <v>216</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>75</v>
+      </c>
+      <c r="N33" t="s">
+        <v>134</v>
+      </c>
+      <c r="O33" t="s">
+        <v>217</v>
+      </c>
+      <c r="P33" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>219</v>
+      </c>
+      <c r="B34" t="s">
+        <v>220</v>
+      </c>
+      <c r="C34" t="s">
+        <v>73</v>
+      </c>
+      <c r="D34" t="s">
+        <v>74</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>33</v>
+      </c>
+      <c r="G34" t="s">
+        <v>47</v>
+      </c>
+      <c r="H34">
+        <v>2014</v>
+      </c>
+      <c r="I34">
+        <v>2024</v>
+      </c>
+      <c r="J34" t="s">
+        <v>202</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>221</v>
+      </c>
+      <c r="M34" t="s">
+        <v>75</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>222</v>
+      </c>
+      <c r="P34" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>224</v>
+      </c>
+      <c r="B35" t="s">
+        <v>225</v>
+      </c>
+      <c r="C35" t="s">
+        <v>73</v>
+      </c>
+      <c r="D35" t="s">
+        <v>226</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>33</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2014</v>
+      </c>
+      <c r="I35">
+        <v>2024</v>
+      </c>
+      <c r="J35" t="s">
+        <v>202</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>227</v>
+      </c>
+      <c r="M35" t="s">
+        <v>75</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>228</v>
+      </c>
+      <c r="P35" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>230</v>
+      </c>
+      <c r="B36" t="s">
+        <v>231</v>
+      </c>
+      <c r="C36" t="s">
+        <v>73</v>
+      </c>
+      <c r="D36" t="s">
+        <v>232</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>33</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2020</v>
+      </c>
+      <c r="I36">
+        <v>2024</v>
+      </c>
+      <c r="J36" t="s">
+        <v>202</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>233</v>
+      </c>
+      <c r="M36" t="s">
+        <v>75</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>234</v>
+      </c>
+      <c r="P36" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>236</v>
+      </c>
+      <c r="B37" t="s">
+        <v>237</v>
+      </c>
+      <c r="C37" t="s">
+        <v>73</v>
+      </c>
+      <c r="D37" t="s">
+        <v>97</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>33</v>
+      </c>
+      <c r="G37" t="s">
+        <v>47</v>
+      </c>
+      <c r="H37">
+        <v>2014</v>
+      </c>
+      <c r="I37">
+        <v>2024</v>
+      </c>
+      <c r="J37" t="s">
+        <v>202</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>238</v>
+      </c>
+      <c r="M37" t="s">
+        <v>75</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>239</v>
+      </c>
+      <c r="P37" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>241</v>
+      </c>
+      <c r="B38" t="s">
+        <v>242</v>
+      </c>
+      <c r="C38" t="s">
+        <v>73</v>
+      </c>
+      <c r="D38" t="s">
+        <v>46</v>
+      </c>
+      <c r="E38" t="s">
+        <v>82</v>
+      </c>
+      <c r="F38" t="s">
+        <v>188</v>
+      </c>
+      <c r="G38" t="s">
+        <v>243</v>
+      </c>
+      <c r="H38">
+        <v>2014</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>189</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>244</v>
+      </c>
+      <c r="M38" t="s">
+        <v>75</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>245</v>
+      </c>
+      <c r="P38" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>247</v>
+      </c>
+      <c r="B39" t="s">
+        <v>248</v>
+      </c>
+      <c r="C39" t="s">
+        <v>73</v>
+      </c>
+      <c r="D39" t="s">
+        <v>249</v>
+      </c>
+      <c r="E39" t="s">
+        <v>82</v>
+      </c>
+      <c r="F39" t="s">
+        <v>250</v>
+      </c>
+      <c r="G39" t="s">
+        <v>47</v>
+      </c>
+      <c r="H39"/>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>189</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>251</v>
+      </c>
+      <c r="M39" t="s">
+        <v>75</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>252</v>
+      </c>
+      <c r="P39" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>254</v>
+      </c>
+      <c r="B40" t="s">
+        <v>255</v>
+      </c>
+      <c r="C40" t="s">
+        <v>73</v>
+      </c>
+      <c r="D40" t="s">
+        <v>256</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>47</v>
+      </c>
+      <c r="H40">
+        <v>2019</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>257</v>
+      </c>
+      <c r="K40" t="s">
+        <v>258</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>75</v>
+      </c>
+      <c r="N40" t="s">
+        <v>259</v>
+      </c>
+      <c r="O40" t="s">
+        <v>260</v>
+      </c>
+      <c r="P40" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>262</v>
+      </c>
+      <c r="B41" t="s">
+        <v>263</v>
+      </c>
+      <c r="C41" t="s">
+        <v>80</v>
+      </c>
+      <c r="D41" t="s">
+        <v>155</v>
+      </c>
+      <c r="E41" t="s">
+        <v>82</v>
+      </c>
+      <c r="F41" t="s">
+        <v>83</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2004</v>
+      </c>
+      <c r="I41">
+        <v>2020</v>
+      </c>
+      <c r="J41" t="s">
+        <v>131</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>264</v>
+      </c>
+      <c r="M41" t="s">
+        <v>265</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>266</v>
+      </c>
+      <c r="P41" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>268</v>
+      </c>
+      <c r="B42" t="s">
+        <v>269</v>
+      </c>
+      <c r="C42" t="s">
+        <v>80</v>
+      </c>
+      <c r="D42" t="s">
+        <v>270</v>
+      </c>
+      <c r="E42" t="s">
+        <v>82</v>
+      </c>
+      <c r="F42" t="s">
+        <v>83</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2013</v>
+      </c>
+      <c r="I42">
+        <v>2020</v>
+      </c>
+      <c r="J42" t="s">
+        <v>271</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>272</v>
+      </c>
+      <c r="M42" t="s">
+        <v>273</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>274</v>
+      </c>
+      <c r="P42" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>276</v>
+      </c>
+      <c r="B43" t="s">
+        <v>277</v>
+      </c>
+      <c r="C43" t="s">
+        <v>80</v>
+      </c>
+      <c r="D43" t="s">
+        <v>278</v>
+      </c>
+      <c r="E43" t="s">
+        <v>82</v>
+      </c>
+      <c r="F43" t="s">
+        <v>83</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2013</v>
+      </c>
+      <c r="I43">
+        <v>2020</v>
+      </c>
+      <c r="J43" t="s">
+        <v>271</v>
+      </c>
+      <c r="K43" t="s">
+        <v>166</v>
+      </c>
+      <c r="L43" t="s">
+        <v>279</v>
+      </c>
+      <c r="M43" t="s">
+        <v>265</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>280</v>
+      </c>
+      <c r="P43" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>282</v>
+      </c>
+      <c r="B44" t="s">
+        <v>283</v>
+      </c>
+      <c r="C44" t="s">
+        <v>80</v>
+      </c>
+      <c r="D44" t="s">
+        <v>284</v>
+      </c>
+      <c r="E44" t="s">
+        <v>82</v>
+      </c>
+      <c r="F44" t="s">
+        <v>83</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2001</v>
+      </c>
+      <c r="I44">
+        <v>2020</v>
+      </c>
+      <c r="J44" t="s">
+        <v>131</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>285</v>
+      </c>
+      <c r="M44" t="s">
+        <v>265</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>286</v>
+      </c>
+      <c r="P44" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>288</v>
+      </c>
+      <c r="B45" t="s">
+        <v>289</v>
+      </c>
+      <c r="C45" t="s">
+        <v>80</v>
+      </c>
+      <c r="D45" t="s">
+        <v>150</v>
+      </c>
+      <c r="E45" t="s">
+        <v>82</v>
+      </c>
+      <c r="F45" t="s">
+        <v>83</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2004</v>
+      </c>
+      <c r="I45">
+        <v>2020</v>
+      </c>
+      <c r="J45" t="s">
+        <v>131</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>290</v>
+      </c>
+      <c r="M45" t="s">
+        <v>265</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>291</v>
+      </c>
+      <c r="P45" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>293</v>
+      </c>
+      <c r="B46" t="s">
+        <v>294</v>
+      </c>
+      <c r="C46" t="s">
+        <v>80</v>
+      </c>
+      <c r="D46" t="s">
+        <v>295</v>
+      </c>
+      <c r="E46" t="s">
+        <v>82</v>
+      </c>
+      <c r="F46" t="s">
+        <v>83</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2006</v>
+      </c>
+      <c r="I46">
+        <v>2020</v>
+      </c>
+      <c r="J46" t="s">
+        <v>271</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>264</v>
+      </c>
+      <c r="M46" t="s">
+        <v>265</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>296</v>
+      </c>
+      <c r="P46" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>298</v>
+      </c>
+      <c r="B47" t="s">
+        <v>299</v>
+      </c>
+      <c r="C47" t="s">
+        <v>80</v>
+      </c>
+      <c r="D47" t="s">
+        <v>300</v>
+      </c>
+      <c r="E47" t="s">
+        <v>82</v>
+      </c>
+      <c r="F47" t="s">
+        <v>83</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2012</v>
+      </c>
+      <c r="I47">
+        <v>2020</v>
+      </c>
+      <c r="J47" t="s">
+        <v>84</v>
+      </c>
+      <c r="K47" t="s">
+        <v>166</v>
+      </c>
+      <c r="L47" t="s">
+        <v>301</v>
+      </c>
+      <c r="M47" t="s">
+        <v>86</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>302</v>
+      </c>
+      <c r="P47" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>304</v>
+      </c>
+      <c r="B48" t="s">
+        <v>305</v>
+      </c>
+      <c r="C48" t="s">
+        <v>80</v>
+      </c>
+      <c r="D48" t="s">
+        <v>306</v>
+      </c>
+      <c r="E48" t="s">
+        <v>82</v>
+      </c>
+      <c r="F48" t="s">
+        <v>83</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2013</v>
+      </c>
+      <c r="I48">
+        <v>2020</v>
+      </c>
+      <c r="J48" t="s">
+        <v>84</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>86</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>307</v>
+      </c>
+      <c r="P48" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>309</v>
+      </c>
+      <c r="B49" t="s">
+        <v>310</v>
+      </c>
+      <c r="C49" t="s">
+        <v>80</v>
+      </c>
+      <c r="D49" t="s">
+        <v>311</v>
+      </c>
+      <c r="E49" t="s">
+        <v>82</v>
+      </c>
+      <c r="F49" t="s">
+        <v>83</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2012</v>
+      </c>
+      <c r="I49">
+        <v>2020</v>
+      </c>
+      <c r="J49" t="s">
+        <v>84</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>312</v>
+      </c>
+      <c r="M49" t="s">
+        <v>86</v>
+      </c>
+      <c r="N49" t="s">
+        <v>134</v>
+      </c>
+      <c r="O49" t="s">
+        <v>313</v>
+      </c>
+      <c r="P49" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>315</v>
+      </c>
+      <c r="B50" t="s">
+        <v>316</v>
+      </c>
+      <c r="C50" t="s">
+        <v>80</v>
+      </c>
+      <c r="D50" t="s">
+        <v>139</v>
+      </c>
+      <c r="E50" t="s">
+        <v>82</v>
+      </c>
+      <c r="F50" t="s">
+        <v>83</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2003</v>
+      </c>
+      <c r="I50">
+        <v>2020</v>
+      </c>
+      <c r="J50" t="s">
+        <v>271</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>265</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>317</v>
+      </c>
+      <c r="P50" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>319</v>
+      </c>
+      <c r="B51" t="s">
+        <v>320</v>
+      </c>
+      <c r="C51" t="s">
+        <v>80</v>
+      </c>
+      <c r="D51" t="s">
+        <v>46</v>
+      </c>
+      <c r="E51" t="s">
+        <v>82</v>
+      </c>
+      <c r="F51" t="s">
+        <v>83</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2011</v>
+      </c>
+      <c r="I51">
+        <v>2020</v>
+      </c>
+      <c r="J51" t="s">
+        <v>131</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>321</v>
+      </c>
+      <c r="M51" t="s">
+        <v>265</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>322</v>
+      </c>
+      <c r="P51" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>324</v>
+      </c>
+      <c r="B52" t="s">
+        <v>325</v>
+      </c>
+      <c r="C52" t="s">
+        <v>80</v>
+      </c>
+      <c r="D52" t="s">
+        <v>249</v>
+      </c>
+      <c r="E52" t="s">
+        <v>82</v>
+      </c>
+      <c r="F52" t="s">
+        <v>83</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2014</v>
+      </c>
+      <c r="I52">
+        <v>2020</v>
+      </c>
+      <c r="J52" t="s">
+        <v>131</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>326</v>
+      </c>
+      <c r="M52" t="s">
+        <v>265</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>327</v>
+      </c>
+      <c r="P52" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>329</v>
+      </c>
+      <c r="B53" t="s">
+        <v>330</v>
+      </c>
+      <c r="C53" t="s">
+        <v>80</v>
+      </c>
+      <c r="D53" t="s">
+        <v>295</v>
+      </c>
+      <c r="E53" t="s">
+        <v>82</v>
+      </c>
+      <c r="F53" t="s">
+        <v>83</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2001</v>
+      </c>
+      <c r="I53">
+        <v>2020</v>
+      </c>
+      <c r="J53" t="s">
+        <v>271</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>264</v>
+      </c>
+      <c r="M53" t="s">
+        <v>265</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>331</v>
+      </c>
+      <c r="P53" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>333</v>
+      </c>
+      <c r="B54" t="s">
+        <v>334</v>
+      </c>
+      <c r="C54" t="s">
+        <v>80</v>
+      </c>
+      <c r="D54" t="s">
+        <v>46</v>
+      </c>
+      <c r="E54" t="s">
+        <v>82</v>
+      </c>
+      <c r="F54" t="s">
+        <v>83</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
         <v>1998</v>
       </c>
-      <c r="H3">
-[...298 lines deleted...]
-      <c r="G10">
+      <c r="I54">
         <v>2020</v>
       </c>
-      <c r="H10"/>
-[...36 lines deleted...]
-      <c r="G11">
+      <c r="J54" t="s">
+        <v>131</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>335</v>
+      </c>
+      <c r="M54" t="s">
+        <v>265</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>336</v>
+      </c>
+      <c r="P54" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>338</v>
+      </c>
+      <c r="B55" t="s">
+        <v>339</v>
+      </c>
+      <c r="C55" t="s">
+        <v>80</v>
+      </c>
+      <c r="D55" t="s">
+        <v>295</v>
+      </c>
+      <c r="E55" t="s">
+        <v>82</v>
+      </c>
+      <c r="F55" t="s">
+        <v>83</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
         <v>2000</v>
       </c>
-      <c r="H11">
-[...110 lines deleted...]
-      <c r="A14" t="s">
+      <c r="I55">
+        <v>2020</v>
+      </c>
+      <c r="J55" t="s">
+        <v>271</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>264</v>
+      </c>
+      <c r="M55" t="s">
+        <v>265</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>340</v>
+      </c>
+      <c r="P55" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>342</v>
+      </c>
+      <c r="B56" t="s">
+        <v>343</v>
+      </c>
+      <c r="C56" t="s">
         <v>80</v>
       </c>
-      <c r="B14" t="s">
-[...26 lines deleted...]
-      <c r="K14" t="s">
+      <c r="D56" t="s">
+        <v>295</v>
+      </c>
+      <c r="E56" t="s">
         <v>82</v>
       </c>
-      <c r="L14" t="s">
-[...5 lines deleted...]
-      <c r="N14" t="s">
+      <c r="F56" t="s">
         <v>83</v>
       </c>
-    </row>
-[...192 lines deleted...]
-      <c r="H19">
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2002</v>
+      </c>
+      <c r="I56">
         <v>2020</v>
       </c>
-      <c r="I19" t="s">
-[...1593 lines deleted...]
-      </c>
       <c r="J56" t="s">
-        <v>21</v>
+        <v>271</v>
       </c>
       <c r="K56" t="s">
-        <v>192</v>
+        <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>193</v>
+        <v>264</v>
       </c>
       <c r="M56" t="s">
-        <v>24</v>
+        <v>265</v>
       </c>
       <c r="N56" t="s">
-        <v>242</v>
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>344</v>
+      </c>
+      <c r="P56" t="s">
+        <v>345</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>