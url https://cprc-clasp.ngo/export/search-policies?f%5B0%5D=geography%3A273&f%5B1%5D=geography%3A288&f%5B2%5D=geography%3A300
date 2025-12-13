--- v0 (2025-10-10)
+++ v1 (2025-12-13)
@@ -12,584 +12,765 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="213">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Energy Saving Labeling Program - Air Conditioners</t>
   </si>
   <si>
+    <t>Cooling and heating for home-use; wall-hung and non-ducted type; for home-use and other uses. Manufacturers can affix the Energy-Saving Label on their products. This label typically consists of the energy conservation logo, information on target year, achievement rate of energy efficiency standards, and energy consumption efficiency. Participation in the Energy Saving Labeling Program is voluntary.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Computers</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-computers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>This policy covers gas burners.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>It covers grills or ovens</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-gas-cooking-appliances-0</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Magnetic disk units</t>
   </si>
   <si>
+    <t>It covers magnetic disk units</t>
+  </si>
+  <si>
     <t>Hard-Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-magnetic-disk-units</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Rice Cookers</t>
   </si>
   <si>
+    <t>Electric rice cookers</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-rice-cookers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Routers</t>
   </si>
   <si>
+    <t>It covers routers</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-routers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Space heaters</t>
   </si>
   <si>
+    <t>Space heaters using gas or oil for fuel</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-space-heaters</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards and Labeling Requirements for Household Refrigerator-Freezers</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory minimum energy performance standards (MEPS) and labeling requirements for household/domestic refrigerator-freezers. 
+MEPS requirement (kWh/year): 0.576 x Vadj + 420
+Where Vadj = adjusted volume (in liters)</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PS:IEC 62552-1/2018
 ,   
                     PS:IEC 62552-2/2018
 ,   
                     PS:IEC 62552-3/2016
 ,   
                     PS:IEC 62552-3 AMD 1/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-and-labeling-requirements-household-refrigerator</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO414(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Label for Motors</t>
   </si>
   <si>
+    <t>This regulation establishes Minimum Energy Performance standards for electric motor efficiency and requires compliance with a star rating system. The regulation applies to the import and offer for sale of three-phase squirrel cage induction motors designed to operate at 50 Hz or 60 Hz with:
+a) a rated output power greater than or equal to 0.12 kW and less than or equal to 1,000 kW; and 
+b) a rated voltage of up to 1000 volts alternating current; and
+c) 2, 4, 6 or 8 poles; and
+d) a continuous duty rating.
+The regulation also applies to the import and offer for sale of single-phase squirrel cage induction motors of all types designed to operate at 50 Hz or 60 Hz with a rated output power greater than or equal to 0.12 kW.</t>
+  </si>
+  <si>
     <t>ISO/IEC 17025, IEC 60034-1 ED. 13.0, IEC 60034-2-1 Ed. 2.0 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-label-motors</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO412(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Fans</t>
   </si>
   <si>
+    <t>This policy is established to ensure that all electric fans sold in Pakistan meet Minimum Energy Performance Standards (MEPS) and comply with NEECA's energy star rating system of 1 to 5 stars. The fans should conform to all the requirements of Pakistan Standard PS:1/2021 (Comfort Fans and Regulators for Household and Similar Purposes – Methods for Measuring Performance) with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>PS:1/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-fans</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO411(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy is established to enforce Minimum Energy Performance Standards (MEPS) with an energy star rating system for air conditioning units. Room air conditioner means non-ducted wall mounted split room air conditioners with cooling capacity up to 10.5 kW that can be connected to main power and which are within the scope of PS:ISO5151/2013 and it includes non-inverter room air conditioner, inverter room air conditioner, and wall mounted split room air conditioner.</t>
+  </si>
+  <si>
     <t>PS: ISO 16358-1, PS: ISO5151/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO413(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
+    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
   <si>
+    <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
     <t>SLS 1200 Energy efficiency rating for fluorescent lamp ballasts</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>SLS 1200:2012</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1200-energy-efficiency-rating-fluorescent-lamp-ballasts</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1711&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1225 - Energy efficiency rating for self-ballasted Integral type compact fluorescent lamps For general lighting services</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Specification for Energy Efficiency Rating for Self ballasted Lamps (Integral Compact Fluorescent Lamps).</t>
+  </si>
+  <si>
     <t>SLS 1225:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1225-energy-efficiency-rating-self-ballasted-integral-type-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1739&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016 Minimum energy performance for self-ballasted integral type led lamps for general lighting services</t>
   </si>
   <si>
+    <t>Specifies Minimum Energy Performance Standard (MEPS) for self ballasted integral type LED lamps for general lighting services operating on supply voltage of greater than 50 V a.c. up to 250 V a.c. 50 Hz nominal and rated power up to 60 W, having screw and bayonet lamp caps. It also includes method of measurement of electrical energy consumption and luminous flux for determination of efficiency of the lamps for the purpose of MEPS.
+Amendment text available here http://www.slsi.lk/images/web/images/PDF_upload/amds/amd-523-sls-1530.pdf</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1530-2016-minimum-energy-performance-self-ballasted-integral-type-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2358&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1580 Minimum energy performance for computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1580-minimum-energy-performance-computers</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2433&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1586 Energy efficiency rating for single split type room air conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1586-energy-efficiency-rating-single-split-type-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2440&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1600 Energy efficiency rating for electric ceiling fans with regulators</t>
   </si>
   <si>
+    <t>Ceiling fans</t>
+  </si>
+  <si>
     <t>SLS 1600:2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1600-energy-efficiency-rating-electric-ceiling-fans-regulators</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/en/energy-management/introducing-standards</t>
+  </si>
+  <si>
     <t>SLS 1625 : 2013</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Energy Efficiency Rating for Double Capped Tubular Fluorescent Lamps</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>January 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1625-2013</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/images/energy-management/regulations-lfl-and-ballasts.pdf</t>
+  </si>
+  <si>
     <t>SLS 1690 Minimum Energy Performance for Household Refrigerators</t>
   </si>
   <si>
+    <t>The following computers can be licensed.</t>
+  </si>
+  <si>
     <t>IEC 62552, MS 2595:2014, IS 1476 (Part 1): 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1690-minimum-energy-performance-household-refrigerators</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=search_standards&amp;Itemid=436&amp;lang=en</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sro-604i2019-import-policy-solar-equipment</t>
+  </si>
+  <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -853,1501 +1034,1702 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N33"/>
+  <dimension ref="A1:P33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="147" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="718.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="216.947" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="173.243" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1979</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...14 lines deleted...]
-      <c r="K2" t="s">
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2000</v>
+      </c>
+      <c r="I4">
+        <v>2012</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...22 lines deleted...]
-      <c r="G3">
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" t="s">
+        <v>51</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5">
         <v>2020</v>
       </c>
-      <c r="H3"/>
-[...10 lines deleted...]
-      <c r="M3" t="s">
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...38 lines deleted...]
-      <c r="M4" t="s">
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>41</v>
+      </c>
+      <c r="F6" t="s">
+        <v>51</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1994</v>
+      </c>
+      <c r="I6">
+        <v>2020</v>
+      </c>
+      <c r="J6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...7 lines deleted...]
-      <c r="B5" t="s">
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>54</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
         <v>41</v>
       </c>
-      <c r="C5" t="s">
-[...14 lines deleted...]
-      <c r="H5">
+      <c r="F7" t="s">
+        <v>51</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1992</v>
+      </c>
+      <c r="I7">
         <v>2020</v>
       </c>
-      <c r="I5" t="s">
-[...11 lines deleted...]
-      <c r="M5" t="s">
+      <c r="J7" t="s">
+        <v>52</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...51 lines deleted...]
-      <c r="B7" t="s">
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
         <v>54</v>
       </c>
-      <c r="C7" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="N7" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>58</v>
+        <v>71</v>
       </c>
       <c r="B8" t="s">
-        <v>49</v>
+        <v>72</v>
       </c>
       <c r="C8" t="s">
         <v>59</v>
       </c>
       <c r="D8" t="s">
-        <v>35</v>
+        <v>73</v>
       </c>
       <c r="E8" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="F8" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>51</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2001</v>
       </c>
-      <c r="H8">
+      <c r="I8">
         <v>2019</v>
       </c>
-      <c r="I8" t="s">
+      <c r="J8" t="s">
+        <v>52</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>54</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>60</v>
+      </c>
+      <c r="E9" t="s">
+        <v>41</v>
+      </c>
+      <c r="F9" t="s">
+        <v>42</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2004</v>
+      </c>
+      <c r="I9">
+        <v>2011</v>
+      </c>
+      <c r="J9" t="s">
+        <v>79</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
         <v>44</v>
       </c>
-      <c r="J8" t="s">
-[...5 lines deleted...]
-      <c r="L8" t="s">
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
         <v>46</v>
       </c>
-      <c r="M8" t="s">
-[...48 lines deleted...]
-    <row r="10" spans="1:14">
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>65</v>
+        <v>81</v>
       </c>
       <c r="B10" t="s">
-        <v>15</v>
+        <v>82</v>
       </c>
       <c r="C10" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>35</v>
+        <v>83</v>
       </c>
       <c r="E10" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="F10" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>42</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
       </c>
       <c r="H10">
         <v>2006</v>
       </c>
-      <c r="I10" t="s">
-        <v>63</v>
+      <c r="I10">
+        <v>2006</v>
       </c>
       <c r="J10" t="s">
-        <v>67</v>
-[...4 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="K10" t="s">
+        <v>84</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
+        <v>44</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>87</v>
+      </c>
+      <c r="E11" t="s">
+        <v>41</v>
+      </c>
+      <c r="F11" t="s">
+        <v>42</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2006</v>
+      </c>
+      <c r="I11">
+        <v>2008</v>
+      </c>
+      <c r="J11" t="s">
+        <v>79</v>
+      </c>
+      <c r="K11" t="s">
+        <v>84</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>44</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>88</v>
+      </c>
+      <c r="P11" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>91</v>
+      </c>
+      <c r="E12" t="s">
+        <v>41</v>
+      </c>
+      <c r="F12" t="s">
+        <v>42</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12">
+        <v>2011</v>
+      </c>
+      <c r="J12" t="s">
+        <v>79</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N10" t="s">
-[...13 lines deleted...]
-      <c r="D11" t="s">
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>44</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>92</v>
+      </c>
+      <c r="P12" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>95</v>
+      </c>
+      <c r="E13" t="s">
+        <v>41</v>
+      </c>
+      <c r="F13" t="s">
+        <v>42</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2006</v>
+      </c>
+      <c r="I13">
+        <v>2008</v>
+      </c>
+      <c r="J13" t="s">
+        <v>79</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>44</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>96</v>
+      </c>
+      <c r="P13" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E14" t="s">
+        <v>41</v>
+      </c>
+      <c r="F14" t="s">
+        <v>42</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14">
+        <v>2010</v>
+      </c>
+      <c r="J14" t="s">
+        <v>79</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>44</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>100</v>
+      </c>
+      <c r="P14" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>101</v>
+      </c>
+      <c r="B15" t="s">
+        <v>102</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>103</v>
+      </c>
+      <c r="E15" t="s">
+        <v>41</v>
+      </c>
+      <c r="F15" t="s">
+        <v>42</v>
+      </c>
+      <c r="G15" t="s">
+        <v>33</v>
+      </c>
+      <c r="H15">
+        <v>2006</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>79</v>
+      </c>
+      <c r="K15" t="s">
+        <v>104</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>44</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>105</v>
+      </c>
+      <c r="P15" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>106</v>
+      </c>
+      <c r="B16" t="s">
+        <v>107</v>
+      </c>
+      <c r="C16" t="s">
+        <v>31</v>
+      </c>
+      <c r="D16" t="s">
+        <v>108</v>
+      </c>
+      <c r="E16" t="s">
+        <v>41</v>
+      </c>
+      <c r="F16" t="s">
+        <v>109</v>
+      </c>
+      <c r="G16" t="s">
+        <v>33</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>110</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>111</v>
+      </c>
+      <c r="M16" t="s">
         <v>35</v>
       </c>
-      <c r="E11" t="s">
-[...21 lines deleted...]
-      <c r="M11" t="s">
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>112</v>
+      </c>
+      <c r="P16" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>114</v>
+      </c>
+      <c r="B17" t="s">
+        <v>115</v>
+      </c>
+      <c r="C17" t="s">
+        <v>31</v>
+      </c>
+      <c r="D17" t="s">
+        <v>116</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>117</v>
+      </c>
+      <c r="G17" t="s">
+        <v>33</v>
+      </c>
+      <c r="H17">
+        <v>2024</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>118</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N11" t="s">
-[...13 lines deleted...]
-      <c r="D12" t="s">
+      <c r="L17" t="s">
+        <v>119</v>
+      </c>
+      <c r="M17" t="s">
         <v>35</v>
       </c>
-      <c r="E12" t="s">
-[...8 lines deleted...]
-      <c r="H12">
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>120</v>
+      </c>
+      <c r="P17" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>122</v>
+      </c>
+      <c r="B18" t="s">
+        <v>123</v>
+      </c>
+      <c r="C18" t="s">
+        <v>31</v>
+      </c>
+      <c r="D18" t="s">
+        <v>124</v>
+      </c>
+      <c r="E18" t="s">
+        <v>125</v>
+      </c>
+      <c r="F18" t="s">
+        <v>109</v>
+      </c>
+      <c r="G18" t="s">
+        <v>33</v>
+      </c>
+      <c r="H18">
+        <v>2023</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>110</v>
+      </c>
+      <c r="K18" t="s">
+        <v>126</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>35</v>
+      </c>
+      <c r="N18" t="s">
+        <v>127</v>
+      </c>
+      <c r="O18" t="s">
+        <v>128</v>
+      </c>
+      <c r="P18" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>130</v>
+      </c>
+      <c r="B19" t="s">
+        <v>131</v>
+      </c>
+      <c r="C19" t="s">
+        <v>31</v>
+      </c>
+      <c r="D19" t="s">
+        <v>32</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>117</v>
+      </c>
+      <c r="G19" t="s">
+        <v>33</v>
+      </c>
+      <c r="H19">
+        <v>2014</v>
+      </c>
+      <c r="I19">
+        <v>2024</v>
+      </c>
+      <c r="J19" t="s">
+        <v>118</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>132</v>
+      </c>
+      <c r="M19" t="s">
+        <v>35</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>133</v>
+      </c>
+      <c r="P19" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>135</v>
+      </c>
+      <c r="B20" t="s">
+        <v>136</v>
+      </c>
+      <c r="C20" t="s">
+        <v>31</v>
+      </c>
+      <c r="D20" t="s">
+        <v>137</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>117</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2014</v>
+      </c>
+      <c r="I20">
+        <v>2024</v>
+      </c>
+      <c r="J20" t="s">
+        <v>118</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>138</v>
+      </c>
+      <c r="M20" t="s">
+        <v>35</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>139</v>
+      </c>
+      <c r="P20" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>141</v>
+      </c>
+      <c r="B21" t="s">
+        <v>142</v>
+      </c>
+      <c r="C21" t="s">
+        <v>31</v>
+      </c>
+      <c r="D21" t="s">
+        <v>143</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>117</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2020</v>
+      </c>
+      <c r="I21">
+        <v>2024</v>
+      </c>
+      <c r="J21" t="s">
+        <v>118</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>144</v>
+      </c>
+      <c r="M21" t="s">
+        <v>35</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>145</v>
+      </c>
+      <c r="P21" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>147</v>
+      </c>
+      <c r="B22" t="s">
+        <v>148</v>
+      </c>
+      <c r="C22" t="s">
+        <v>31</v>
+      </c>
+      <c r="D22" t="s">
+        <v>40</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>117</v>
+      </c>
+      <c r="G22" t="s">
+        <v>33</v>
+      </c>
+      <c r="H22">
+        <v>2014</v>
+      </c>
+      <c r="I22">
+        <v>2024</v>
+      </c>
+      <c r="J22" t="s">
+        <v>118</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>149</v>
+      </c>
+      <c r="M22" t="s">
+        <v>35</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>150</v>
+      </c>
+      <c r="P22" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>152</v>
+      </c>
+      <c r="B23" t="s">
+        <v>153</v>
+      </c>
+      <c r="C23" t="s">
+        <v>31</v>
+      </c>
+      <c r="D23" t="s">
+        <v>154</v>
+      </c>
+      <c r="E23" t="s">
+        <v>41</v>
+      </c>
+      <c r="F23" t="s">
+        <v>109</v>
+      </c>
+      <c r="G23" t="s">
+        <v>155</v>
+      </c>
+      <c r="H23">
+        <v>2014</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>110</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>156</v>
+      </c>
+      <c r="M23" t="s">
+        <v>35</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>157</v>
+      </c>
+      <c r="P23" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>159</v>
+      </c>
+      <c r="B24" t="s">
+        <v>160</v>
+      </c>
+      <c r="C24" t="s">
+        <v>31</v>
+      </c>
+      <c r="D24" t="s">
+        <v>161</v>
+      </c>
+      <c r="E24" t="s">
+        <v>41</v>
+      </c>
+      <c r="F24" t="s">
+        <v>162</v>
+      </c>
+      <c r="G24" t="s">
+        <v>33</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>110</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>163</v>
+      </c>
+      <c r="M24" t="s">
+        <v>35</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>164</v>
+      </c>
+      <c r="P24" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>166</v>
+      </c>
+      <c r="B25" t="s">
+        <v>166</v>
+      </c>
+      <c r="C25" t="s">
+        <v>167</v>
+      </c>
+      <c r="D25" t="s">
+        <v>168</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>117</v>
+      </c>
+      <c r="G25" t="s">
+        <v>33</v>
+      </c>
+      <c r="H25">
+        <v>2012</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>34</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>169</v>
+      </c>
+      <c r="M25" t="s">
+        <v>170</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>171</v>
+      </c>
+      <c r="P25" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>173</v>
+      </c>
+      <c r="B26" t="s">
+        <v>174</v>
+      </c>
+      <c r="C26" t="s">
+        <v>167</v>
+      </c>
+      <c r="D26" t="s">
+        <v>154</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>117</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2002</v>
+      </c>
+      <c r="I26">
+        <v>2016</v>
+      </c>
+      <c r="J26" t="s">
+        <v>34</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>175</v>
+      </c>
+      <c r="M26" t="s">
+        <v>170</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>176</v>
+      </c>
+      <c r="P26" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>178</v>
+      </c>
+      <c r="B27" t="s">
+        <v>179</v>
+      </c>
+      <c r="C27" t="s">
+        <v>167</v>
+      </c>
+      <c r="D27" t="s">
+        <v>154</v>
+      </c>
+      <c r="E27" t="s">
+        <v>41</v>
+      </c>
+      <c r="F27" t="s">
+        <v>117</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2016</v>
+      </c>
+      <c r="I27">
+        <v>2019</v>
+      </c>
+      <c r="J27" t="s">
+        <v>34</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>180</v>
+      </c>
+      <c r="M27" t="s">
+        <v>170</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>181</v>
+      </c>
+      <c r="P27" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>183</v>
+      </c>
+      <c r="B28" t="s">
+        <v>183</v>
+      </c>
+      <c r="C28" t="s">
+        <v>167</v>
+      </c>
+      <c r="D28" t="s">
+        <v>60</v>
+      </c>
+      <c r="E28" t="s">
+        <v>41</v>
+      </c>
+      <c r="F28" t="s">
+        <v>117</v>
+      </c>
+      <c r="G28" t="s">
+        <v>33</v>
+      </c>
+      <c r="H28">
+        <v>2018</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>34</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>170</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>184</v>
+      </c>
+      <c r="P28" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>186</v>
+      </c>
+      <c r="B29" t="s">
+        <v>186</v>
+      </c>
+      <c r="C29" t="s">
+        <v>167</v>
+      </c>
+      <c r="D29" t="s">
+        <v>40</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>117</v>
+      </c>
+      <c r="G29" t="s">
+        <v>33</v>
+      </c>
+      <c r="H29">
+        <v>2018</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>34</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>170</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>187</v>
+      </c>
+      <c r="P29" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>189</v>
+      </c>
+      <c r="B30" t="s">
+        <v>190</v>
+      </c>
+      <c r="C30" t="s">
+        <v>167</v>
+      </c>
+      <c r="D30" t="s">
+        <v>137</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>117</v>
+      </c>
+      <c r="G30" t="s">
+        <v>33</v>
+      </c>
+      <c r="H30">
         <v>2011</v>
       </c>
-      <c r="I12" t="s">
-[...2 lines deleted...]
-      <c r="J12" t="s">
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>34</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>191</v>
+      </c>
+      <c r="M30" t="s">
+        <v>170</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>192</v>
+      </c>
+      <c r="P30" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>194</v>
+      </c>
+      <c r="B31" t="s">
+        <v>195</v>
+      </c>
+      <c r="C31" t="s">
+        <v>167</v>
+      </c>
+      <c r="D31" t="s">
+        <v>196</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>117</v>
+      </c>
+      <c r="G31" t="s">
+        <v>33</v>
+      </c>
+      <c r="H31">
+        <v>2016</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>197</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>170</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>198</v>
+      </c>
+      <c r="P31" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>200</v>
+      </c>
+      <c r="B32" t="s">
+        <v>201</v>
+      </c>
+      <c r="C32" t="s">
+        <v>167</v>
+      </c>
+      <c r="D32" t="s">
+        <v>116</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>117</v>
+      </c>
+      <c r="G32" t="s">
+        <v>33</v>
+      </c>
+      <c r="H32">
+        <v>2020</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>34</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>202</v>
+      </c>
+      <c r="M32" t="s">
+        <v>170</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>203</v>
+      </c>
+      <c r="P32" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>205</v>
+      </c>
+      <c r="B33" t="s">
+        <v>206</v>
+      </c>
+      <c r="C33" t="s">
+        <v>31</v>
+      </c>
+      <c r="D33" t="s">
+        <v>207</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
         <v>21</v>
       </c>
-      <c r="K12"/>
-[...20 lines deleted...]
-      <c r="D13" t="s">
+      <c r="G33" t="s">
+        <v>33</v>
+      </c>
+      <c r="H33">
+        <v>2019</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>208</v>
+      </c>
+      <c r="K33" t="s">
+        <v>209</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
         <v>35</v>
       </c>
-      <c r="E13" t="s">
-[...861 lines deleted...]
-      </c>
       <c r="N33" t="s">
-        <v>156</v>
+        <v>210</v>
+      </c>
+      <c r="O33" t="s">
+        <v>211</v>
+      </c>
+      <c r="P33" t="s">
+        <v>212</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>