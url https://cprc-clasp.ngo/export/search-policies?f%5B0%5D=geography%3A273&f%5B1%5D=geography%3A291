--- v0 (2025-10-10)
+++ v1 (2026-03-02)
@@ -12,597 +12,812 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="205">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Air Conditioner</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for air conditioners with the following criteria:
+(a) single-phase;
+(b) non-ducted;
+(c) single-split wall mounted;
+(d) vapor compression air conditioners; and
+(e) with a cooling capacity of up to 7.1 kW</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fan</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>MS 1220:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
-    <t>Malaysia</t>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
-    <t>August 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode.</t>
   </si>
   <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
+    <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
+or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>d MS IEC 60081:2003 or IEC 60081:2003
 ,   
                      MS IEC 60969:2006 or IEC 60969:2001
 ,   
                      MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
+(e) filament tungsten incandescent lamps.</t>
+  </si>
+  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
+(a) solo;
+(b) combination;
+(c) convection; and
+(d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Refrigerator</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for refrigerator with the following criteria:
+(a) one door or two door;
+(b) can be connected to main power; and
+(c) within the scope of MS IEC 62552-1:2016 or equivalent standard
+IEC 62552-1:2015</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016
 ,   
                     MS IEC 62552-3:2016
 ,   
                     IEC 62552-1:2015
 ,   
                     IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-refrigerator</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Television</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for television with size up to or equal to 177.8 cm (70 inch):
+(a) plasma;
+(b) liquid crystal display (LCD);
+(c) light emitting diode (LED);
+(d) cathode ray tube (CRT); and
+(e) any other display type with similar function</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>MS IEC 62301:2012; IEC 62301:2011
 ,   
                     MS IEC 62087-3:2017; IEC 62087-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
+    <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
+  </si>
+  <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
+    <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
   </si>
   <si>
+    <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
+  </si>
+  <si>
     <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-refrigerator</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+  <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards and Labeling Requirements for Household Refrigerator-Freezers</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory minimum energy performance standards (MEPS) and labeling requirements for household/domestic refrigerator-freezers. 
+MEPS requirement (kWh/year): 0.576 x Vadj + 420
+Where Vadj = adjusted volume (in liters)</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PS:IEC 62552-1/2018
 ,   
                     PS:IEC 62552-2/2018
 ,   
                     PS:IEC 62552-3/2016
 ,   
                     PS:IEC 62552-3 AMD 1/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-and-labeling-requirements-household-refrigerator</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO414(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Label for Motors</t>
   </si>
   <si>
+    <t>This regulation establishes Minimum Energy Performance standards for electric motor efficiency and requires compliance with a star rating system. The regulation applies to the import and offer for sale of three-phase squirrel cage induction motors designed to operate at 50 Hz or 60 Hz with:
+a) a rated output power greater than or equal to 0.12 kW and less than or equal to 1,000 kW; and 
+b) a rated voltage of up to 1000 volts alternating current; and
+c) 2, 4, 6 or 8 poles; and
+d) a continuous duty rating.
+The regulation also applies to the import and offer for sale of single-phase squirrel cage induction motors of all types designed to operate at 50 Hz or 60 Hz with a rated output power greater than or equal to 0.12 kW.</t>
+  </si>
+  <si>
     <t>ISO/IEC 17025, IEC 60034-1 ED. 13.0, IEC 60034-2-1 Ed. 2.0 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-label-motors</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO412(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Fans</t>
   </si>
   <si>
+    <t>This policy is established to ensure that all electric fans sold in Pakistan meet Minimum Energy Performance Standards (MEPS) and comply with NEECA's energy star rating system of 1 to 5 stars. The fans should conform to all the requirements of Pakistan Standard PS:1/2021 (Comfort Fans and Regulators for Household and Similar Purposes – Methods for Measuring Performance) with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
+    <t>Ceiling Fans</t>
+  </si>
+  <si>
     <t>PS:1/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-fans</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO411(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy is established to enforce Minimum Energy Performance Standards (MEPS) with an energy star rating system for air conditioning units. Room air conditioner means non-ducted wall mounted split room air conditioners with cooling capacity up to 10.5 kW that can be connected to main power and which are within the scope of PS:ISO5151/2013 and it includes non-inverter room air conditioner, inverter room air conditioner, and wall mounted split room air conditioner.</t>
+  </si>
+  <si>
     <t>PS: ISO 16358-1, PS: ISO5151/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO413(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
+    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
   <si>
+    <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sro-604i2019-import-policy-solar-equipment</t>
+  </si>
+  <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -866,1521 +1081,1670 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N33"/>
+  <dimension ref="A1:P32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="143" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="718.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>22</v>
+      </c>
+      <c r="K2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>23</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>19</v>
+      </c>
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4">
+        <v>2025</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>23</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>19</v>
+      </c>
+      <c r="F5" t="s">
+        <v>32</v>
+      </c>
+      <c r="G5" t="s">
+        <v>21</v>
+      </c>
+      <c r="H5">
+        <v>2025</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
+        <v>23</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2024</v>
+      </c>
+      <c r="J6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" t="s">
+        <v>23</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>19</v>
+      </c>
+      <c r="F7" t="s">
+        <v>32</v>
+      </c>
+      <c r="G7" t="s">
+        <v>33</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7">
+        <v>2024</v>
+      </c>
+      <c r="J7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K7" t="s">
+        <v>23</v>
+      </c>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7" t="s">
+        <v>36</v>
+      </c>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>19</v>
+      </c>
+      <c r="F8" t="s">
+        <v>32</v>
+      </c>
+      <c r="G8" t="s">
+        <v>21</v>
+      </c>
+      <c r="H8">
+        <v>2025</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>43</v>
+      </c>
+      <c r="K8" t="s">
+        <v>23</v>
+      </c>
+      <c r="L8" t="s">
+        <v>58</v>
+      </c>
+      <c r="M8" t="s">
+        <v>36</v>
+      </c>
+      <c r="N8" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
+        <v>19</v>
+      </c>
+      <c r="F9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G9" t="s">
+        <v>33</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9">
+        <v>2025</v>
+      </c>
+      <c r="J9" t="s">
+        <v>43</v>
+      </c>
+      <c r="K9" t="s">
+        <v>23</v>
+      </c>
+      <c r="L9" t="s">
+        <v>67</v>
+      </c>
+      <c r="M9" t="s">
+        <v>36</v>
+      </c>
+      <c r="N9" t="s">
+        <v>25</v>
+      </c>
+      <c r="O9" t="s">
+        <v>68</v>
+      </c>
+      <c r="P9" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>64</v>
+      </c>
+      <c r="B10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" t="s">
+        <v>30</v>
+      </c>
+      <c r="D10" t="s">
+        <v>70</v>
+      </c>
+      <c r="E10" t="s">
+        <v>19</v>
+      </c>
+      <c r="F10" t="s">
+        <v>32</v>
+      </c>
+      <c r="G10" t="s">
+        <v>33</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K10" t="s">
+        <v>23</v>
+      </c>
+      <c r="L10" t="s">
+        <v>71</v>
+      </c>
+      <c r="M10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N10" t="s">
+        <v>25</v>
+      </c>
+      <c r="O10" t="s">
+        <v>72</v>
+      </c>
+      <c r="P10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" t="s">
+        <v>76</v>
+      </c>
+      <c r="E11" t="s">
+        <v>19</v>
+      </c>
+      <c r="F11" t="s">
+        <v>32</v>
+      </c>
+      <c r="G11" t="s">
+        <v>33</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11">
+        <v>2024</v>
+      </c>
+      <c r="J11" t="s">
+        <v>34</v>
+      </c>
+      <c r="K11" t="s">
+        <v>23</v>
+      </c>
+      <c r="L11" t="s">
+        <v>77</v>
+      </c>
+      <c r="M11" t="s">
+        <v>36</v>
+      </c>
+      <c r="N11" t="s">
+        <v>25</v>
+      </c>
+      <c r="O11" t="s">
+        <v>78</v>
+      </c>
+      <c r="P11" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" t="s">
+        <v>81</v>
+      </c>
+      <c r="E12" t="s">
+        <v>19</v>
+      </c>
+      <c r="F12" t="s">
+        <v>32</v>
+      </c>
+      <c r="G12" t="s">
+        <v>33</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12">
+        <v>2024</v>
+      </c>
+      <c r="J12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K12" t="s">
+        <v>23</v>
+      </c>
+      <c r="L12" t="s">
+        <v>82</v>
+      </c>
+      <c r="M12" t="s">
+        <v>36</v>
+      </c>
+      <c r="N12" t="s">
+        <v>25</v>
+      </c>
+      <c r="O12" t="s">
+        <v>83</v>
+      </c>
+      <c r="P12" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>84</v>
+      </c>
+      <c r="B13" t="s">
+        <v>85</v>
+      </c>
+      <c r="C13" t="s">
+        <v>30</v>
+      </c>
+      <c r="D13" t="s">
+        <v>86</v>
+      </c>
+      <c r="E13" t="s">
+        <v>19</v>
+      </c>
+      <c r="F13" t="s">
+        <v>32</v>
+      </c>
+      <c r="G13" t="s">
+        <v>33</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13">
+        <v>2024</v>
+      </c>
+      <c r="J13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K13" t="s">
+        <v>23</v>
+      </c>
+      <c r="L13" t="s">
+        <v>87</v>
+      </c>
+      <c r="M13" t="s">
+        <v>36</v>
+      </c>
+      <c r="N13" t="s">
+        <v>25</v>
+      </c>
+      <c r="O13" t="s">
+        <v>88</v>
+      </c>
+      <c r="P13" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>89</v>
+      </c>
+      <c r="B14" t="s">
+        <v>90</v>
+      </c>
+      <c r="C14" t="s">
+        <v>41</v>
+      </c>
+      <c r="D14" t="s">
+        <v>91</v>
+      </c>
+      <c r="E14" t="s">
+        <v>19</v>
+      </c>
+      <c r="F14" t="s">
+        <v>32</v>
+      </c>
+      <c r="G14" t="s">
+        <v>33</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14">
+        <v>2024</v>
+      </c>
+      <c r="J14" t="s">
+        <v>34</v>
+      </c>
+      <c r="K14" t="s">
+        <v>23</v>
+      </c>
+      <c r="L14" t="s">
+        <v>92</v>
+      </c>
+      <c r="M14" t="s">
+        <v>36</v>
+      </c>
+      <c r="N14" t="s">
+        <v>25</v>
+      </c>
+      <c r="O14" t="s">
+        <v>93</v>
+      </c>
+      <c r="P14" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>94</v>
+      </c>
+      <c r="B15" t="s">
+        <v>95</v>
+      </c>
+      <c r="C15" t="s">
+        <v>41</v>
+      </c>
+      <c r="D15" t="s">
+        <v>91</v>
+      </c>
+      <c r="E15" t="s">
+        <v>19</v>
+      </c>
+      <c r="F15" t="s">
+        <v>32</v>
+      </c>
+      <c r="G15" t="s">
+        <v>96</v>
+      </c>
+      <c r="H15">
+        <v>2018</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>22</v>
+      </c>
+      <c r="K15" t="s">
+        <v>23</v>
+      </c>
+      <c r="L15" t="s">
+        <v>97</v>
+      </c>
+      <c r="M15" t="s">
+        <v>36</v>
+      </c>
+      <c r="N15" t="s">
+        <v>25</v>
+      </c>
+      <c r="O15" t="s">
+        <v>98</v>
+      </c>
+      <c r="P15" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>100</v>
+      </c>
+      <c r="B16" t="s">
+        <v>101</v>
+      </c>
+      <c r="C16" t="s">
+        <v>41</v>
+      </c>
+      <c r="D16" t="s">
+        <v>102</v>
+      </c>
+      <c r="E16" t="s">
+        <v>19</v>
+      </c>
+      <c r="F16" t="s">
+        <v>32</v>
+      </c>
+      <c r="G16" t="s">
+        <v>103</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16">
+        <v>2018</v>
+      </c>
+      <c r="J16" t="s">
+        <v>22</v>
+      </c>
+      <c r="K16" t="s">
+        <v>23</v>
+      </c>
+      <c r="L16" t="s">
+        <v>104</v>
+      </c>
+      <c r="M16" t="s">
+        <v>36</v>
+      </c>
+      <c r="N16" t="s">
+        <v>25</v>
+      </c>
+      <c r="O16" t="s">
+        <v>105</v>
+      </c>
+      <c r="P16" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>107</v>
+      </c>
+      <c r="B17" t="s">
+        <v>108</v>
+      </c>
+      <c r="C17" t="s">
+        <v>41</v>
+      </c>
+      <c r="D17" t="s">
+        <v>42</v>
+      </c>
+      <c r="E17" t="s">
+        <v>19</v>
+      </c>
+      <c r="F17" t="s">
+        <v>32</v>
+      </c>
+      <c r="G17" t="s">
+        <v>96</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>22</v>
+      </c>
+      <c r="K17" t="s">
+        <v>23</v>
+      </c>
+      <c r="L17" t="s">
+        <v>109</v>
+      </c>
+      <c r="M17" t="s">
+        <v>36</v>
+      </c>
+      <c r="N17" t="s">
+        <v>25</v>
+      </c>
+      <c r="O17" t="s">
+        <v>110</v>
+      </c>
+      <c r="P17" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>112</v>
+      </c>
+      <c r="B18" t="s">
+        <v>113</v>
+      </c>
+      <c r="C18" t="s">
+        <v>41</v>
+      </c>
+      <c r="D18" t="s">
+        <v>114</v>
+      </c>
+      <c r="E18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F18" t="s">
+        <v>32</v>
+      </c>
+      <c r="G18" t="s">
+        <v>96</v>
+      </c>
+      <c r="H18">
+        <v>2020</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>22</v>
+      </c>
+      <c r="K18" t="s">
+        <v>23</v>
+      </c>
+      <c r="L18" t="s">
+        <v>115</v>
+      </c>
+      <c r="M18" t="s">
+        <v>36</v>
+      </c>
+      <c r="N18" t="s">
+        <v>25</v>
+      </c>
+      <c r="O18" t="s">
+        <v>116</v>
+      </c>
+      <c r="P18" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>118</v>
+      </c>
+      <c r="B19" t="s">
+        <v>119</v>
+      </c>
+      <c r="C19" t="s">
+        <v>41</v>
+      </c>
+      <c r="D19" t="s">
+        <v>81</v>
+      </c>
+      <c r="E19" t="s">
+        <v>19</v>
+      </c>
+      <c r="F19" t="s">
+        <v>32</v>
+      </c>
+      <c r="G19" t="s">
+        <v>103</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19">
+        <v>2018</v>
+      </c>
+      <c r="J19" t="s">
+        <v>22</v>
+      </c>
+      <c r="K19" t="s">
+        <v>23</v>
+      </c>
+      <c r="L19" t="s">
+        <v>120</v>
+      </c>
+      <c r="M19" t="s">
+        <v>36</v>
+      </c>
+      <c r="N19" t="s">
+        <v>25</v>
+      </c>
+      <c r="O19" t="s">
+        <v>121</v>
+      </c>
+      <c r="P19" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>123</v>
+      </c>
+      <c r="B20" t="s">
+        <v>124</v>
+      </c>
+      <c r="C20" t="s">
+        <v>41</v>
+      </c>
+      <c r="D20" t="s">
+        <v>125</v>
+      </c>
+      <c r="E20" t="s">
+        <v>19</v>
+      </c>
+      <c r="F20" t="s">
+        <v>32</v>
+      </c>
+      <c r="G20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H20">
+        <v>2020</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>22</v>
+      </c>
+      <c r="K20" t="s">
+        <v>23</v>
+      </c>
+      <c r="L20" t="s">
+        <v>126</v>
+      </c>
+      <c r="M20" t="s">
+        <v>36</v>
+      </c>
+      <c r="N20" t="s">
+        <v>25</v>
+      </c>
+      <c r="O20" t="s">
+        <v>127</v>
+      </c>
+      <c r="P20" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>129</v>
+      </c>
+      <c r="B21" t="s">
+        <v>130</v>
+      </c>
+      <c r="C21" t="s">
+        <v>41</v>
+      </c>
+      <c r="D21" t="s">
+        <v>86</v>
+      </c>
+      <c r="E21" t="s">
+        <v>19</v>
+      </c>
+      <c r="F21" t="s">
+        <v>32</v>
+      </c>
+      <c r="G21" t="s">
+        <v>131</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21">
+        <v>2019</v>
+      </c>
+      <c r="J21" t="s">
+        <v>22</v>
+      </c>
+      <c r="K21" t="s">
+        <v>23</v>
+      </c>
+      <c r="L21" t="s">
+        <v>132</v>
+      </c>
+      <c r="M21" t="s">
+        <v>36</v>
+      </c>
+      <c r="N21" t="s">
+        <v>25</v>
+      </c>
+      <c r="O21" t="s">
+        <v>133</v>
+      </c>
+      <c r="P21" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>135</v>
+      </c>
+      <c r="B22" t="s">
+        <v>136</v>
+      </c>
+      <c r="C22" t="s">
+        <v>41</v>
+      </c>
+      <c r="D22" t="s">
+        <v>137</v>
+      </c>
+      <c r="E22" t="s">
+        <v>19</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>21</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>22</v>
+      </c>
+      <c r="K22" t="s">
+        <v>23</v>
+      </c>
+      <c r="L22" t="s">
+        <v>138</v>
+      </c>
+      <c r="M22" t="s">
+        <v>36</v>
+      </c>
+      <c r="N22" t="s">
+        <v>25</v>
+      </c>
+      <c r="O22" t="s">
+        <v>139</v>
+      </c>
+      <c r="P22" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>141</v>
+      </c>
+      <c r="B23" t="s">
+        <v>142</v>
+      </c>
+      <c r="C23" t="s">
         <v>17</v>
       </c>
-      <c r="E2" t="s">
+      <c r="D23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E23" t="s">
+        <v>143</v>
+      </c>
+      <c r="F23" t="s">
+        <v>144</v>
+      </c>
+      <c r="G23" t="s">
+        <v>21</v>
+      </c>
+      <c r="H23">
+        <v>2017</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>145</v>
+      </c>
+      <c r="K23" t="s">
+        <v>23</v>
+      </c>
+      <c r="L23" t="s">
+        <v>146</v>
+      </c>
+      <c r="M23" t="s">
+        <v>24</v>
+      </c>
+      <c r="N23" t="s">
+        <v>25</v>
+      </c>
+      <c r="O23" t="s">
+        <v>147</v>
+      </c>
+      <c r="P23" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>149</v>
+      </c>
+      <c r="B24" t="s">
+        <v>150</v>
+      </c>
+      <c r="C24" t="s">
+        <v>17</v>
+      </c>
+      <c r="D24" t="s">
+        <v>81</v>
+      </c>
+      <c r="E24" t="s">
+        <v>19</v>
+      </c>
+      <c r="F24" t="s">
+        <v>32</v>
+      </c>
+      <c r="G24" t="s">
+        <v>21</v>
+      </c>
+      <c r="H24">
+        <v>2024</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>151</v>
+      </c>
+      <c r="K24" t="s">
+        <v>23</v>
+      </c>
+      <c r="L24" t="s">
+        <v>152</v>
+      </c>
+      <c r="M24" t="s">
+        <v>24</v>
+      </c>
+      <c r="N24" t="s">
+        <v>25</v>
+      </c>
+      <c r="O24" t="s">
+        <v>153</v>
+      </c>
+      <c r="P24" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>155</v>
+      </c>
+      <c r="B25" t="s">
+        <v>156</v>
+      </c>
+      <c r="C25" t="s">
+        <v>17</v>
+      </c>
+      <c r="D25" t="s">
+        <v>157</v>
+      </c>
+      <c r="E25" t="s">
+        <v>158</v>
+      </c>
+      <c r="F25" t="s">
+        <v>144</v>
+      </c>
+      <c r="G25" t="s">
+        <v>21</v>
+      </c>
+      <c r="H25">
+        <v>2023</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>145</v>
+      </c>
+      <c r="K25" t="s">
+        <v>159</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>24</v>
+      </c>
+      <c r="N25" t="s">
+        <v>160</v>
+      </c>
+      <c r="O25" t="s">
+        <v>161</v>
+      </c>
+      <c r="P25" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>163</v>
+      </c>
+      <c r="B26" t="s">
+        <v>164</v>
+      </c>
+      <c r="C26" t="s">
+        <v>17</v>
+      </c>
+      <c r="D26" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="E26" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="F26" t="s">
+        <v>32</v>
+      </c>
+      <c r="G26" t="s">
+        <v>21</v>
+      </c>
+      <c r="H26">
+        <v>2014</v>
+      </c>
+      <c r="I26">
+        <v>2024</v>
+      </c>
+      <c r="J26" t="s">
+        <v>151</v>
+      </c>
+      <c r="K26" t="s">
+        <v>23</v>
+      </c>
+      <c r="L26" t="s">
+        <v>165</v>
+      </c>
+      <c r="M26" t="s">
+        <v>24</v>
+      </c>
+      <c r="N26" t="s">
+        <v>25</v>
+      </c>
+      <c r="O26" t="s">
+        <v>166</v>
+      </c>
+      <c r="P26" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>168</v>
+      </c>
+      <c r="B27" t="s">
+        <v>169</v>
+      </c>
+      <c r="C27" t="s">
+        <v>17</v>
+      </c>
+      <c r="D27" t="s">
+        <v>170</v>
+      </c>
+      <c r="E27" t="s">
+        <v>19</v>
+      </c>
+      <c r="F27" t="s">
+        <v>32</v>
+      </c>
+      <c r="G27" t="s">
+        <v>33</v>
+      </c>
+      <c r="H27">
+        <v>2014</v>
+      </c>
+      <c r="I27">
+        <v>2024</v>
+      </c>
+      <c r="J27" t="s">
+        <v>151</v>
+      </c>
+      <c r="K27" t="s">
+        <v>23</v>
+      </c>
+      <c r="L27" t="s">
+        <v>171</v>
+      </c>
+      <c r="M27" t="s">
+        <v>24</v>
+      </c>
+      <c r="N27" t="s">
+        <v>25</v>
+      </c>
+      <c r="O27" t="s">
+        <v>172</v>
+      </c>
+      <c r="P27" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>174</v>
+      </c>
+      <c r="B28" t="s">
+        <v>175</v>
+      </c>
+      <c r="C28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D28" t="s">
+        <v>137</v>
+      </c>
+      <c r="E28" t="s">
+        <v>19</v>
+      </c>
+      <c r="F28" t="s">
+        <v>32</v>
+      </c>
+      <c r="G28" t="s">
+        <v>33</v>
+      </c>
+      <c r="H28">
         <v>2020</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I28">
+        <v>2024</v>
+      </c>
+      <c r="J28" t="s">
+        <v>151</v>
+      </c>
+      <c r="K28" t="s">
+        <v>23</v>
+      </c>
+      <c r="L28" t="s">
+        <v>176</v>
+      </c>
+      <c r="M28" t="s">
+        <v>24</v>
+      </c>
+      <c r="N28" t="s">
+        <v>25</v>
+      </c>
+      <c r="O28" t="s">
+        <v>177</v>
+      </c>
+      <c r="P28" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>179</v>
+      </c>
+      <c r="B29" t="s">
+        <v>180</v>
+      </c>
+      <c r="C29" t="s">
+        <v>17</v>
+      </c>
+      <c r="D29" t="s">
+        <v>102</v>
+      </c>
+      <c r="E29" t="s">
+        <v>19</v>
+      </c>
+      <c r="F29" t="s">
+        <v>32</v>
+      </c>
+      <c r="G29" t="s">
+        <v>21</v>
+      </c>
+      <c r="H29">
+        <v>2014</v>
+      </c>
+      <c r="I29">
+        <v>2024</v>
+      </c>
+      <c r="J29" t="s">
+        <v>151</v>
+      </c>
+      <c r="K29" t="s">
+        <v>23</v>
+      </c>
+      <c r="L29" t="s">
+        <v>181</v>
+      </c>
+      <c r="M29" t="s">
+        <v>24</v>
+      </c>
+      <c r="N29" t="s">
+        <v>25</v>
+      </c>
+      <c r="O29" t="s">
+        <v>182</v>
+      </c>
+      <c r="P29" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>184</v>
+      </c>
+      <c r="B30" t="s">
+        <v>185</v>
+      </c>
+      <c r="C30" t="s">
+        <v>17</v>
+      </c>
+      <c r="D30" t="s">
+        <v>186</v>
+      </c>
+      <c r="E30" t="s">
+        <v>143</v>
+      </c>
+      <c r="F30" t="s">
+        <v>144</v>
+      </c>
+      <c r="G30" t="s">
+        <v>187</v>
+      </c>
+      <c r="H30">
+        <v>2014</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>145</v>
+      </c>
+      <c r="K30" t="s">
+        <v>23</v>
+      </c>
+      <c r="L30" t="s">
+        <v>188</v>
+      </c>
+      <c r="M30" t="s">
+        <v>24</v>
+      </c>
+      <c r="N30" t="s">
+        <v>25</v>
+      </c>
+      <c r="O30" t="s">
+        <v>189</v>
+      </c>
+      <c r="P30" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>191</v>
+      </c>
+      <c r="B31" t="s">
+        <v>192</v>
+      </c>
+      <c r="C31" t="s">
+        <v>17</v>
+      </c>
+      <c r="D31" t="s">
+        <v>114</v>
+      </c>
+      <c r="E31" t="s">
+        <v>143</v>
+      </c>
+      <c r="F31" t="s">
+        <v>193</v>
+      </c>
+      <c r="G31" t="s">
+        <v>21</v>
+      </c>
+      <c r="H31"/>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>145</v>
+      </c>
+      <c r="K31" t="s">
+        <v>23</v>
+      </c>
+      <c r="L31" t="s">
+        <v>194</v>
+      </c>
+      <c r="M31" t="s">
+        <v>24</v>
+      </c>
+      <c r="N31" t="s">
+        <v>25</v>
+      </c>
+      <c r="O31" t="s">
+        <v>195</v>
+      </c>
+      <c r="P31" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>197</v>
+      </c>
+      <c r="B32" t="s">
+        <v>198</v>
+      </c>
+      <c r="C32" t="s">
+        <v>17</v>
+      </c>
+      <c r="D32" t="s">
+        <v>199</v>
+      </c>
+      <c r="E32" t="s">
+        <v>19</v>
+      </c>
+      <c r="F32" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="G32" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H32">
+        <v>2019</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>200</v>
+      </c>
+      <c r="K32" t="s">
+        <v>201</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1285 lines deleted...]
-      </c>
       <c r="N32" t="s">
-        <v>143</v>
-[...39 lines deleted...]
-        <v>149</v>
+        <v>202</v>
+      </c>
+      <c r="O32" t="s">
+        <v>203</v>
+      </c>
+      <c r="P32" t="s">
+        <v>204</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>