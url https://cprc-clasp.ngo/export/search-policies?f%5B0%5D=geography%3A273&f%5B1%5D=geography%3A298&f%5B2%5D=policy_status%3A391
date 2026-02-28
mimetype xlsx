--- v0 (2025-11-26)
+++ v1 (2026-02-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -150,60 +150,63 @@
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-clothes-dryers</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Split Type Air-Conditioners</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
@@ -262,102 +265,102 @@
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>Pakistan Energy Labels for Fans</t>
   </si>
   <si>
     <t>This policy is established to ensure that all electric fans sold in Pakistan meet Minimum Energy Performance Standards (MEPS) and comply with NEECA's energy star rating system of 1 to 5 stars. The fans should conform to all the requirements of Pakistan Standard PS:1/2021 (Comfort Fans and Regulators for Household and Similar Purposes – Methods for Measuring Performance) with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
@@ -976,860 +979,860 @@
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>39</v>
       </c>
       <c r="B4" t="s">
         <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="H4">
         <v>2015</v>
       </c>
       <c r="I4">
         <v>2019</v>
       </c>
       <c r="J4" t="s">
         <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>36</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>41</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2015</v>
       </c>
       <c r="I5">
         <v>2024</v>
       </c>
       <c r="J5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>36</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>33</v>
       </c>
       <c r="G6" t="s">
         <v>8</v>
       </c>
       <c r="H6">
         <v>2008</v>
       </c>
       <c r="I6">
         <v>2014</v>
       </c>
       <c r="J6" t="s">
         <v>34</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M6" t="s">
         <v>36</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2011</v>
       </c>
       <c r="I7">
         <v>2022</v>
       </c>
       <c r="J7" t="s">
         <v>34</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="M7" t="s">
         <v>36</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B8" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>32</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G8" t="s">
         <v>8</v>
       </c>
       <c r="H8">
         <v>2014</v>
       </c>
       <c r="I8">
         <v>2022</v>
       </c>
       <c r="J8" t="s">
         <v>34</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M8" t="s">
         <v>36</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="P8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B9" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G9" t="s">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="H9">
         <v>2015</v>
       </c>
       <c r="I9">
         <v>2019</v>
       </c>
       <c r="J9" t="s">
         <v>34</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M9" t="s">
         <v>36</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>41</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G10" t="s">
         <v>8</v>
       </c>
       <c r="H10">
         <v>2015</v>
       </c>
       <c r="I10">
         <v>2024</v>
       </c>
       <c r="J10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>36</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="P10" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B11" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H11">
         <v>2011</v>
       </c>
       <c r="I11">
         <v>2022</v>
       </c>
       <c r="J11" t="s">
         <v>34</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M11" t="s">
         <v>36</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P11" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H12">
         <v>2011</v>
       </c>
       <c r="I12">
         <v>2025</v>
       </c>
       <c r="J12" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>36</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P12" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B13" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G13" t="s">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="H13">
         <v>2011</v>
       </c>
       <c r="I13">
         <v>2022</v>
       </c>
       <c r="J13" t="s">
         <v>34</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="M13" t="s">
         <v>36</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="P13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B14" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2011</v>
       </c>
       <c r="I14">
         <v>2025</v>
       </c>
       <c r="J14" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>36</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P14" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2014</v>
       </c>
       <c r="I15">
         <v>2024</v>
       </c>
       <c r="J15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B16" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C16" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D16" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2020</v>
       </c>
       <c r="I16">
         <v>2024</v>
       </c>
       <c r="J16" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="M16" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P16" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B17" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E17" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F17" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2012</v>
       </c>
       <c r="I17">
         <v>2012</v>
       </c>
       <c r="J17" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="P17" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B18" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E18" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F18" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2012</v>
       </c>
       <c r="I18">
         <v>2012</v>
       </c>
       <c r="J18" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="P18" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B19" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E19" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F19" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
       <c r="I19">
         <v>2017</v>
       </c>
       <c r="J19" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P19" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B20" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E20" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F20" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2012</v>
       </c>
       <c r="I20">
         <v>2012</v>
       </c>
       <c r="J20" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P20" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">