--- v0 (2025-10-12)
+++ v1 (2025-12-12)
@@ -12,363 +12,447 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards and Labeling Requirements for Household Refrigerator-Freezers</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory minimum energy performance standards (MEPS) and labeling requirements for household/domestic refrigerator-freezers. 
+MEPS requirement (kWh/year): 0.576 x Vadj + 420
+Where Vadj = adjusted volume (in liters)</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PS:IEC 62552-1/2018
 ,   
                     PS:IEC 62552-2/2018
 ,   
                     PS:IEC 62552-3/2016
 ,   
                     PS:IEC 62552-3 AMD 1/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-and-labeling-requirements-household-refrigerator</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO414(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Label for Motors</t>
   </si>
   <si>
+    <t>This regulation establishes Minimum Energy Performance standards for electric motor efficiency and requires compliance with a star rating system. The regulation applies to the import and offer for sale of three-phase squirrel cage induction motors designed to operate at 50 Hz or 60 Hz with:
+a) a rated output power greater than or equal to 0.12 kW and less than or equal to 1,000 kW; and 
+b) a rated voltage of up to 1000 volts alternating current; and
+c) 2, 4, 6 or 8 poles; and
+d) a continuous duty rating.
+The regulation also applies to the import and offer for sale of single-phase squirrel cage induction motors of all types designed to operate at 50 Hz or 60 Hz with a rated output power greater than or equal to 0.12 kW.</t>
+  </si>
+  <si>
     <t>ISO/IEC 17025, IEC 60034-1 ED. 13.0, IEC 60034-2-1 Ed. 2.0 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-label-motors</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO412(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Fans</t>
   </si>
   <si>
+    <t>This policy is established to ensure that all electric fans sold in Pakistan meet Minimum Energy Performance Standards (MEPS) and comply with NEECA's energy star rating system of 1 to 5 stars. The fans should conform to all the requirements of Pakistan Standard PS:1/2021 (Comfort Fans and Regulators for Household and Similar Purposes – Methods for Measuring Performance) with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>PS:1/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-fans</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO411(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy is established to enforce Minimum Energy Performance Standards (MEPS) with an energy star rating system for air conditioning units. Room air conditioner means non-ducted wall mounted split room air conditioners with cooling capacity up to 10.5 kW that can be connected to main power and which are within the scope of PS:ISO5151/2013 and it includes non-inverter room air conditioner, inverter room air conditioner, and wall mounted split room air conditioner.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>PS: ISO 16358-1, PS: ISO5151/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO413(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
+    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
   <si>
+    <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sro-604i2019-import-policy-solar-equipment</t>
+  </si>
+  <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -632,655 +716,734 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="126" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="126.112" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="718.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="109.545" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>22</v>
+      </c>
+      <c r="K2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="E2" t="s">
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>23</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>24</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>17</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>19</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>21</v>
+      </c>
+      <c r="H4">
+        <v>2024</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>23</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>24</v>
+      </c>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>48</v>
+      </c>
+      <c r="F5" t="s">
+        <v>32</v>
+      </c>
+      <c r="G5" t="s">
+        <v>21</v>
+      </c>
+      <c r="H5">
+        <v>2023</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>49</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>24</v>
+      </c>
+      <c r="N5" t="s">
+        <v>50</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="F6" t="s">
+        <v>40</v>
+      </c>
+      <c r="G6" t="s">
+        <v>21</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2024</v>
+      </c>
+      <c r="J6" t="s">
+        <v>41</v>
+      </c>
+      <c r="K6" t="s">
+        <v>23</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>24</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>19</v>
+      </c>
+      <c r="F7" t="s">
+        <v>40</v>
+      </c>
+      <c r="G7" t="s">
+        <v>61</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7">
+        <v>2024</v>
+      </c>
+      <c r="J7" t="s">
+        <v>41</v>
+      </c>
+      <c r="K7" t="s">
+        <v>23</v>
+      </c>
+      <c r="L7" t="s">
+        <v>62</v>
+      </c>
+      <c r="M7" t="s">
+        <v>24</v>
+      </c>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>17</v>
+      </c>
+      <c r="D8" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" t="s">
+        <v>19</v>
+      </c>
+      <c r="F8" t="s">
+        <v>40</v>
+      </c>
+      <c r="G8" t="s">
+        <v>61</v>
+      </c>
+      <c r="H8">
         <v>2020</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I8">
+        <v>2024</v>
+      </c>
+      <c r="J8" t="s">
+        <v>41</v>
+      </c>
+      <c r="K8" t="s">
+        <v>23</v>
+      </c>
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>24</v>
+      </c>
+      <c r="N8" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>17</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>19</v>
+      </c>
+      <c r="F9" t="s">
+        <v>40</v>
+      </c>
+      <c r="G9" t="s">
+        <v>21</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2024</v>
+      </c>
+      <c r="J9" t="s">
+        <v>41</v>
+      </c>
+      <c r="K9" t="s">
+        <v>23</v>
+      </c>
+      <c r="L9" t="s">
+        <v>74</v>
+      </c>
+      <c r="M9" t="s">
+        <v>24</v>
+      </c>
+      <c r="N9" t="s">
+        <v>25</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" t="s">
+        <v>31</v>
+      </c>
+      <c r="F10" t="s">
+        <v>32</v>
+      </c>
+      <c r="G10" t="s">
+        <v>80</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>33</v>
+      </c>
+      <c r="K10" t="s">
+        <v>23</v>
+      </c>
+      <c r="L10" t="s">
+        <v>81</v>
+      </c>
+      <c r="M10" t="s">
+        <v>24</v>
+      </c>
+      <c r="N10" t="s">
+        <v>25</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>84</v>
+      </c>
+      <c r="B11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C11" t="s">
+        <v>17</v>
+      </c>
+      <c r="D11" t="s">
+        <v>86</v>
+      </c>
+      <c r="E11" t="s">
+        <v>31</v>
+      </c>
+      <c r="F11" t="s">
+        <v>87</v>
+      </c>
+      <c r="G11" t="s">
+        <v>21</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>33</v>
+      </c>
+      <c r="K11" t="s">
+        <v>23</v>
+      </c>
+      <c r="L11" t="s">
+        <v>88</v>
+      </c>
+      <c r="M11" t="s">
+        <v>24</v>
+      </c>
+      <c r="N11" t="s">
+        <v>25</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" t="s">
+        <v>94</v>
+      </c>
+      <c r="E12" t="s">
+        <v>31</v>
+      </c>
+      <c r="F12" t="s">
+        <v>95</v>
+      </c>
+      <c r="G12" t="s">
+        <v>21</v>
+      </c>
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>96</v>
+      </c>
+      <c r="K12" t="s">
+        <v>97</v>
+      </c>
+      <c r="L12" t="s">
+        <v>98</v>
+      </c>
+      <c r="M12" t="s">
+        <v>99</v>
+      </c>
+      <c r="N12" t="s">
+        <v>100</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12"/>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>17</v>
+      </c>
+      <c r="D13" t="s">
+        <v>104</v>
+      </c>
+      <c r="E13" t="s">
+        <v>19</v>
+      </c>
+      <c r="F13" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="G13" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H13">
+        <v>2019</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>105</v>
+      </c>
+      <c r="K13" t="s">
+        <v>97</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
         <v>24</v>
       </c>
-    </row>
-[...459 lines deleted...]
-      </c>
       <c r="N13" t="s">
-        <v>83</v>
+        <v>106</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>