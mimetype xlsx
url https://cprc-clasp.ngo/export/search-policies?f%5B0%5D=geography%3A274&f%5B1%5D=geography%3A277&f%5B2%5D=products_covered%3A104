--- v0 (2025-10-10)
+++ v1 (2025-12-13)
@@ -12,1465 +12,2089 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="444">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="638">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>MEPL covers some single phase heat pump|air conditioners.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.2:2008: Liquid-chilling packages using the vapour compression cycle—Minimum energy performance standard (MEPS) and compliance requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS/NZS 4776 parts 1.1 and 1.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-477622008-liquid-chilling-packages-using-vapour-compression-cycle-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
     <t>BDS 1852:2012 Performance of air conditioners and heat pumps — energy labelling and minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the energy labelling requirements for single-phase non-ducted air conditioners of the vapour compression type and the minimum energy performance standard (MEPS) requirements for single-phase and three-phase air conditioners of the vapour compression type up to a rated total cooling capacity of 65 kW that fall within the scope of AS/NZS 3823.1,1, AS/NZS 3823.1.2 or AS/NZS 3823, 1.3</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>BDS ISO 13253:2011</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18522012-performance-air-conditioners-and-heat-pumps-energy-labelling-and-minimum</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 1853:2012 Performance of close control air conditioners — minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the minimum energy performance standard (MEPS) requirements for close control air conditioners that fall in the scope of ASINZS 4965.1.This Standard does not specify electrical safety requirements.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>BDS ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18532012-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
     <t>CEL - Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers ducted air conditioners.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 17758-2010; GB/T 18836; GB 21455; GB/T 25128-2010</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%A3%8E%E7%AE%A1%E9%80%81%E9%A3%8E%E5%BC%8F%E7%A9%BA%E8%B0%</t>
+  </si>
+  <si>
     <t>CEL - Lithium Bromide Absorption Chillers</t>
   </si>
   <si>
+    <t>This policy covers lithium bromide absorption chillers.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 18362; GB/T 18431</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-lithium-bromide-absorption-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B635_%E6%BA%B4%E5%8C%96%E9%94%82%E5%90%B8%E6%</t>
+  </si>
+  <si>
     <t>CEL - Water Chillers</t>
   </si>
   <si>
+    <t>Applies to water chilling/heat pump packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>GB/T 18430.1 GB/T 18430.2 GB 18070</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-water-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7_%E5%86%B7%E6%B0%B4%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-004. Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the electrically driven compressor and indoor static pressure at 0Pa unitary ACs, computer and data processing center unitary ACs, communication stations unitary ACs, and constant temperature and humidity unitary ACs. Not including multi-connected AC, rooftop air conditioning unit, and ducted air-conditioning (heat pump) units.</t>
+  </si>
+  <si>
     <t>November 2021</t>
   </si>
   <si>
     <t>GB 19576-2004 GB/T 17758 GB/T 18836 JB/T 8072</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-004-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/10/%E5%8D%95%E5%85%83%E5%BC%8F%E7%A9%BA%E6%B0%94%E8%B0%83%E8%8A%82%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-011. Multi-Connected -Heat Pump- Air Conditioner</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>GB/T 18837</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-011-multi-connected-heat-pump-air-conditioner</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%A4%9A%E8%81%94%E5%BC%8F%E5%BC%8F%E7%A9%BA%E8%B0%83%C3%AF%C2%BC%C2%88%E7%83%AD%E6%B3%B5%C3%AF%C2%BC%C2%89%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-023. Room Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor; completely closed type electric motor-compressor type AC; whose cooling capacity is below 14000W and climate type is T1. Does not apply to portable; variable speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>GB/T 7725-2004 GB 12021.3-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-023-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://app.sist.org.cn/label/Upload/ProductFile/ee65aebc-6a40-477d-8864-0479f0ec2fa4.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-439121-2013. CQC Mark Certification - Room Air Conditioner -Variable Speed</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor completely closed type with variable electric motor-compressor type AC whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable fixed speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB/T 7725; GB/T 17758, GB 21455-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439121-2013-cqc-mark-certification-room-air-conditioner-variable-speed</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-01-14/492741.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439122-2010. CQC Mark Certification - Room AC</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor; completely closed type electric motor-compressor type AC; whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable; variable speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439122-2010-cqc-mark-certification-room-ac</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-01-14/492744.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439124-2019. Energy Conservation Certification Rules for Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump or variable speed type AC.</t>
+  </si>
+  <si>
     <t>GB 19576-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439124-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439125-2019. Energy Conservation Certification Rules for Unitary Air Conditioners for Computer and Data Processing Room</t>
   </si>
   <si>
+    <t>Applies to products of water-cooling type and air-cooling type</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439125-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492735.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439130-2019. Energy Conservation Certification Rules for Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>Apply to ducted air conditioners</t>
+  </si>
+  <si>
     <t>GB 37479-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439130-2019-energy-conservation-certification-rules-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-31/554801.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439131-2013. CQC Mark Certification - Lithium bromide absorption water chiller</t>
   </si>
   <si>
+    <t>Applies to direct-fired type and steam type lithium bromide absorption water chiller.</t>
+  </si>
+  <si>
     <t>GB 29540-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439131-2013-cqc-mark-certification-lithium-bromide-absorption-water-chiller</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492752.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439135-2010. CQC Mark Certification - Multi-connected air-condition -heat pump- unit</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>GB 21454-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439135-2010-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492750.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439136-2016. Energy Conservation Certification Rules for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to motor-driven centrifugal water chillers.</t>
+  </si>
+  <si>
     <t>GB 19577-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439136-2016-energy-conservation-certification-rules-water-chillers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492753.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439138-2013. CQC Mark Certification - Multi-connected air-condition -heat pump- unit |ULTRA HIGH</t>
   </si>
   <si>
     <t>GB/T 18837-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439138-2013-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/498394.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439139-2016 Energy Conservation Certification Rules for Water-source multiple air conditioning -heat pump unit</t>
   </si>
   <si>
+    <t>Applies to water-source multiple air conditioning -heat pump unit that use A1 type refrigerant according to GB-T 7778 rules.</t>
+  </si>
+  <si>
     <t>CQC 3156-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439139-2016-energy-conservation-certification-rules-water-source-multiple-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/529439.shtml</t>
+  </si>
+  <si>
     <t>CQC62-439112-2019. Certification Rules for Cooling Tower</t>
   </si>
   <si>
+    <t>Apply to cooling tower</t>
+  </si>
+  <si>
     <t>GB/T 7190.1-2018; GB/T 7190.2-2018; GB/T 18870-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc62-439112-2019-certification-rules-cooling-tower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-29/494730.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>Efficiency Policy for Chillers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for chillers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>IS 16590 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficiency-policy-chillers</t>
   </si>
   <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Non-ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy applies to room air conditioners (window and split). The product shall meet the requirements of CNS 3615 for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>CNS 3615-95 CNS 7183</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=1</t>
+  </si>
+  <si>
     <t>Energy Efficiency (Minimum Energy Efficiency Standards And Energy Labelling) Regulations, 2023</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy efficiency standards (MEPS) and label for air-conditioners:
+{a} casement or window type air-conditioner (cooling capacity of 7.1 kW or lower);
+(b} split type non-inverter air-conditioner with one or more than one indoor unit (cooling capacity of 7.1 kW or lower);
+{c} split type inverter air-conditioner with one or more than one indoor unit (cooling capacity of 7.1 kW or lower).</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ISO 5151 
 ,   
                     ISO 15042</t>
   </si>
   <si>
     <t>The Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-minimum-energy-efficiency-standards-and-energy-labelling-regulations</t>
   </si>
   <si>
+    <t>https://www.agc.gov.bn/AGC%20Images/LAWS/Gazette_PDF/2023/EN/S%2037_2023%20[E].pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Air Conditioners</t>
   </si>
   <si>
+    <t>Air-conditioners of rated cooling power consumption of not more than 7,500W and the rated cooling capacity of not more than 23,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>KS C 9306-2002</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Room Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for room air conditioners. It applies to air-cooled non-dusted room air-conditioners powered by electric current, either single unit or split system with a rated cooling capacity not exceeding 10 kW, and does not apply to fan-coil air conditioning units, heat pump, and water-cooled units. For room air conditioners with a reverse cycle heat pump, both the cooling and heating functions will be considered.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>ISO 5151
 ,   
                     ISO16358-2
 ,   
                      ISO16358-1</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Room%20Air%20Conditioners%202021Jan%20_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IS 1391:2018 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/LCAC_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Cassette, Floor Standing Tower, Ceiling, Corner AC)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for Single-phase split and unitary air conditioners of the vapour compression type for household use up to a rated cooling capacity of 10.5 kW.</t>
+  </si>
+  <si>
     <t>IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/AC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Fixed Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for fixed speed unitary and split ACs.</t>
+  </si>
+  <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 1391 (part I), IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-fixed-speed</t>
   </si>
   <si>
+    <t>http://egazette.nic.in/WriteReadData/2017/177975.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Split Air Conditioners)</t>
   </si>
   <si>
+    <t>This policy revises seasonal energy efficiency ratio for split air conditioners.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Notification/RAC/IAC_Notification_SO_3984_E_dated_28th_Auguest_2025.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Variable Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for variable speed unitary and split type of ACs.</t>
+  </si>
+  <si>
     <t>ISO 16358-1: 2013, IS 1391 (part 1 and 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-variable-speed</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/IAC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>Energy Saving Labeling Program - Air Conditioners</t>
   </si>
   <si>
+    <t>Cooling and heating for home-use; wall-hung and non-ducted type; for home-use and other uses. Manufacturers can affix the Energy-Saving Label on their products. This label typically consists of the energy conservation logo, information on target year, achievement rate of energy efficiency standards, and energy consumption efficiency. Participation in the Energy Saving Labeling Program is voluntary.</t>
+  </si>
+  <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-air-conditioners</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>GB 19576-2019 The minimum allowable values of the energy efficiency and energy efficiency grades for unitary air conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump- or variable speed type AC.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-19576-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBC0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 19577-2015 The Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to Water chilling -heat pump- packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>GB/T 10870; GB/T 18430.1; GB/T 18430.2; GB/T 25131</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19577-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
   </si>
   <si>
     <t>GB/T 7725-2004; GB/T 35758-2017; JB/T 13573-2018</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21455-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-room</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=BC04CDC71AD8C36B62C0FF4AE58F633C&amp;refer=outter</t>
+  </si>
+  <si>
     <t>GB 29540-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for lithium bromide absorption chillers</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29540-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E7D9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37479-2019 Minimum allowable values of energy efficiency and energy efficiency grades for ducted air conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37479-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBA0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Air Conditioner</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for air conditioners with the following criteria:
+(a) single-phase;
+(b) non-ducted;
+(c) single-split wall mounted;
+(d) vapor compression air conditioners; and
+(e) with a cooling capacity of up to 7.1 kW</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners above 65kW) Determination) 2022</t>
   </si>
   <si>
+    <t>The products covered by this Determination are air‑to‑air single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of more than 65kW. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less are covered by the Air Conditioners up to 65kW Determination. This policy covers product classes 24-27.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-air-conditioners-above-65kw-determination-2022</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00182</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners up to 65kW) Determination 2019</t>
   </si>
   <si>
+    <t>The products covered by this Determination are single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units;  that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of greater than 65kW are expected to be covered by another GEMS determination.</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 3823.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-air-conditioners-65kw-determination-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2019L00490</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-close-control-air-conditioners-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02124</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Liquid-chilling Packages Using the Vapour Compression Cycle) Determination 2012</t>
   </si>
   <si>
+    <t>Air-cooled and water-cooled liquid-chilling packages with a cooling capacity of 350 kW or above.</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.1.2:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-liquid-chilling-packages-using-vapour-compression</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02123</t>
+  </si>
+  <si>
     <t>Greenmark N29 - Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the non-ducted air conditioners which meet the definition of CNS 3615. This standard is applicable to both the integrated and split-type air conditioners.</t>
+  </si>
+  <si>
     <t>CNS 3615-2013 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n29-air-conditioners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/29/e9a201dc-b4bf-48d1-8e8a-a839581e22c8.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standard Requirements for Air Conditioner in Cambodia</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>April 2019</t>
   </si>
   <si>
     <t>ISO16358-1:2013; ISO 5151:2012</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cambodia</t>
   </si>
   <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
+    <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
+  </si>
+  <si>
     <t>Heating &amp; Air Conditioning Comparative Label</t>
   </si>
   <si>
+    <t>This policy is under development. There will be a mandatory comparative label for residential heating and air conditioning units. No link available.</t>
+  </si>
+  <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>Space Heating, Air Conditioning</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/heating-air-conditioning-comparative-label</t>
   </si>
   <si>
     <t>Heating &amp; Air Conditioning Minimum Energy Performance Standard</t>
   </si>
   <si>
+    <t>This policy is under development. There will be mandatory minimum energy performance standards for residential heating and air conditioning units. No link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/heating-air-conditioning-minimum-energy-performance-standard</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Direct-fired absorption chillers-heaters</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-2</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Centrifugal water chiller, whose chilling capacity is less than 1,500usRT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-pumps</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS ISO 5151
 ,   
                     PNS ISO 16358-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for Casement and Window Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy defines the minimum energy labeling scheme for casement and window air-conditioners up to 8.8kW.</t>
   </si>
   <si>
     <t>ISO 5151:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
+  </si>
+  <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Split Type Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
+  </si>
+  <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
+    <t>Non inverter type and single phase</t>
+  </si>
+  <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Labelling and Standards Task Force of Energy Department, Prime Ministers…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners-4</t>
   </si>
   <si>
+    <t>http://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/8145.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for split unit air conditioners</t>
   </si>
   <si>
+    <t>Under new regulations, the energy efficiency ratio (EER) of split unit air-conditioners will be increased from existing 9.5 EER to 10.5 EER.</t>
+  </si>
+  <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>General Electricity &amp; Water Corporation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-split-unit-air-conditioners</t>
   </si>
   <si>
+    <t>https://thepeninsulaqatar.com/article/08/06/2019/New-regulations-to-make-electric-appliances-more-energy-efficient</t>
+  </si>
+  <si>
     <t>MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
+    <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy regulates minimum energy performance standard for portable air conditioners.
+Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
+Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
+1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
+ N is the number of indoor and outdoor units
+ Standby power is expressed in Watts</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Split Type Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
+The established MEPS are: 
+Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
+Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
+Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
+COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+  </si>
+  <si>
+    <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
+Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
+where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
+            B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
+            C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
+            D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Water Chillers</t>
   </si>
   <si>
+    <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
+  </si>
+  <si>
     <t>CNS 12575 CNS 12812</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-chillers</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Ductless Air Conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-ductless-air-conditioners</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
   </si>
   <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
+  </si>
+  <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements cover single-split, wall-mounted, inverter or non-inverter air conditioners with cooling capacity up to 27,000 BTU/hour (HS code: 8415.10.10).</t>
+  </si>
+  <si>
     <t>SNI ISO/IEC 17067:2013, SNI 19-6713-2002, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-57-2017-meps-and-energy-labels-air</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/index.php/web/result/1725/detail</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Chiller, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a chiller for the air conditioning system that allows water to flow through. It includes air-cooled (piston type) and water-cooled (rotary type, screw type or scroll type, centrifugal type) systems.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-chiller-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776757</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Air Conditioners, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an air conditioner split type, which is designed to be separated into two working parts: a condensing unit and a fan-coil unit. Alternating current (AC) power at a frequency of 50 Hz for use to reduce the temperature and humidity of the air flowing through the fan coil unit. Size categories of an air conditioner (watts): 1. Not more than 8,000 watts and 2. More than 8,000 but not more than 12,000 watts.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-air-conditioners-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/25.PDF</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy is established to enforce Minimum Energy Performance Standards (MEPS) with an energy star rating system for air conditioning units. Room air conditioner means non-ducted wall mounted split room air conditioners with cooling capacity up to 10.5 kW that can be connected to main power and which are within the scope of PS:ISO5151/2013 and it includes non-inverter room air conditioner, inverter room air conditioner, and wall mounted split room air conditioner.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>PS: ISO 16358-1, PS: ISO5151/2013</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO413(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
   </si>
   <si>
+    <t>This program covers all non-inverter split-type room air conditioners, fixed-speed window air conditioners, and split air conditioners with capacities up to 36,000 kJ/h (10kW).</t>
+  </si>
+  <si>
     <t>PNS-240:1998/ISO-5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-396-12007-household-appliances-energy-efficiency-ratio-eer-and-labelling-requirements</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0221/Sharing_experience_with_Indonesia_Philippines_Raquel_Huliganga.pdf</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>RACs Packaged Terminal - Taiwan</t>
   </si>
   <si>
+    <t>Window or box-type Room Air Conditioners of both Air Cooled and Water Cooled types</t>
+  </si>
+  <si>
     <t>CNS 14464 CNS 7183 CNS 3615-95</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/racs-packaged-terminal-taiwan</t>
   </si>
   <si>
     <t>RACs Split - Taiwan</t>
   </si>
   <si>
+    <t>Product Scope and related MEPS Requirements based on testing standards CNS 3615 CNS 14464 and CNS 7183</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/racs-split-taiwan</t>
   </si>
   <si>
     <t>RACs Window MEPS</t>
   </si>
   <si>
+    <t>EER of No-duct RAC should be in accordance with No-Duct Air Conditioner and Heat Pump Testing Standard in CNS 14464. The ratio of total cooling capacity to effective input power under T1 standard testing condition should no be smaller than the values in the above table and must be more than 95 percent of the labeled value. Only products that the capacity is less than 70kW will be tested.</t>
+  </si>
+  <si>
     <t>CNS 3615-95 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/racs-window-meps</t>
   </si>
   <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
   </si>
   <si>
+    <t>non-conducted air conditioner -Machine- set in this announcement covers goods in compliance with Clause 3615 and 14464 of Chinese National Standards and with rated air conditioning capacity less than or equal to 71kW which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=38</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Room Air Conditioners</t>
   </si>
   <si>
+    <t>The window or wall-type and box-type room air conditioners meeting the definition of air conditioners as defined in CNS 3615 and CNS 14464 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=29</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>Schedule 21 - Chillers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for water cooled chillers manufactured in India or imported for sale in India for central cooling and similar use.</t>
+  </si>
+  <si>
     <t>IS 16590:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-21-chillers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Chillers_schedule_21.pdf</t>
+  </si>
+  <si>
     <t>Schedule 24 - Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for light commercial air conditioners being manufactured and sold in India. The policy applies to single or three-phase non-ducted split with fixed and variable-speeds air conditioners and heat pumps employing air-cooled condensers with a rated capacity above 10,500 Watts and up to and including 18,000 Watts.</t>
+  </si>
+  <si>
     <t>IS 1391 (Part 2): 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-24-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule_24_LCAC.pdf</t>
+  </si>
+  <si>
     <t>SLS 1586 Energy efficiency rating for single split type room air conditioners</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1586-energy-efficiency-rating-single-split-type-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2440&amp;lang=en</t>
+  </si>
+  <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
+of commercial sale.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standards-and-labeling-evaporative-air-coolers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>TCVN 13256:2021 VRF/VRV Air Conditioners – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the method for determining the performance and energy efficiency of outdoor units (outdoor units) for VRF/VRV air conditioners, using three-phase power sources.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-132562021-vrfvrv-air-conditioners-energy-efficiency</t>
   </si>
   <si>
     <t>TCVN 7830:2015 Non-ducted air conditioners - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>TCVN 6576:2013, TCVN 10273-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78302015-non-ducted-air-conditioners-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7830-2015-may-dieu-hoa-khong-khi-khong-ong-gio-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7830:2021: Energy Efficiency Standard for Non-Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This standard established MEPS for stand-alone and split-type non-ducted air conditioners with:
+→ Hermetic compressors
+→ Air cooling or naturally cooling condensers
+→ Constant speed type or variable frequency types
+→ And a rated cooling capacity that deoes not exceed 12000w (41000 BTU/h)
+The policy will enter into force in 2025.
+This policy does not apply to the following products:
+→ Water cooling condenser type air conditioners
+→ Duct type air conditioners (VRV, VRF, multi air conditioner)
+→ Portable air conditioners
+→ Cassette air conditioners
+→ Stand-Floor air conditioners
+→ Air conditioners with three-phase power supply</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78302021-energy-efficiency-standard-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-tcvn-78302021-may-dieu-hoa-khong-khi-ong-gio-hieu-suat-nang-luong-253650-d3/uploaded/VIETLAWFILE/2023/5/TCVN_7830_2021_TCDLCL_290523085326.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
+  </si>
+  <si>
+    <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 9981:2020
 ,   
                     ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-99812020-vrfvrv-air-conditioners</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13256-2021-May-dieu-hoa-khong-khi-VRF-VRV-Hieu-suat-nang-luong-920245.aspx</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Room Air Conditioner TGL-7-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to air conditioning products (including motor-compressor) with a rated voltage of up to 250 V for single-phase air conditioners and 600 V for multi-phase air conditioners with a total cooling capacity of not more than 18,000 watts.</t>
+  </si>
+  <si>
     <t>TIS 1529</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-room-air-conditioner-tgl-7-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-07-R4-20.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Conditioners</t>
+  </si>
+  <si>
+    <t>This program covers split type air conditioners - floor/ceiling type, wall type, concealed/duct type, cassette type, and floor standing type.</t>
   </si>
   <si>
     <t>TIS 2710–2015 or ISO 5151 : 2010
 ,   
                     TIS 2711-2015 or ISO 13253 : 2011
 ,   
                     TIS 2714, Volume 1–2015 or ISO 16358-1 : 2013</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-conditioners</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/11/short_air.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2553 Thai Industrial Standard for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This standard defines minimum energy efficiency requirements of split-type room air conditioners that use alternating current single phase at a frequency of 50 Hz, with a cooling capacity of less than 12000 W. This standard also covers condenser units and/or fan-coil units.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2134-2553-thai-industrial-standard-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
+    <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=7393</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tuvalu-energy-efficiency-act-2016</t>
+  </si>
+  <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1734,4805 +2358,5460 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N111"/>
+  <dimension ref="A1:P111"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="221" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="221.66" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1979</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1998</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2011</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6">
+        <v>2016</v>
+      </c>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>56</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>50</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>57</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>59</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>71</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8">
+        <v>2020</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>72</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>73</v>
+      </c>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>69</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>71</v>
+      </c>
+      <c r="G9" t="s">
+        <v>50</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>79</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
+        <v>74</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>69</v>
+      </c>
+      <c r="D10" t="s">
+        <v>42</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>71</v>
+      </c>
+      <c r="G10" t="s">
+        <v>50</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>72</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
+      <c r="M10" t="s">
+        <v>74</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>86</v>
+      </c>
+      <c r="P10" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C11" t="s">
+        <v>69</v>
+      </c>
+      <c r="D11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>71</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2005</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>90</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>91</v>
+      </c>
+      <c r="M11" t="s">
+        <v>74</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>69</v>
+      </c>
+      <c r="D12" t="s">
+        <v>70</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>71</v>
+      </c>
+      <c r="G12" t="s">
+        <v>50</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>35</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>96</v>
+      </c>
+      <c r="M12" t="s">
+        <v>74</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>69</v>
+      </c>
+      <c r="D13" t="s">
+        <v>64</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>71</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2005</v>
+      </c>
+      <c r="I13">
+        <v>2010</v>
+      </c>
+      <c r="J13" t="s">
+        <v>72</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>101</v>
+      </c>
+      <c r="M13" t="s">
+        <v>74</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>102</v>
+      </c>
+      <c r="P13" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>104</v>
+      </c>
+      <c r="B14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C14" t="s">
+        <v>106</v>
+      </c>
+      <c r="D14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>50</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>108</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>109</v>
+      </c>
+      <c r="M14" t="s">
+        <v>110</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>111</v>
+      </c>
+      <c r="P14" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>113</v>
+      </c>
+      <c r="B15" t="s">
+        <v>114</v>
+      </c>
+      <c r="C15" t="s">
+        <v>115</v>
+      </c>
+      <c r="D15" t="s">
+        <v>116</v>
+      </c>
+      <c r="E15" t="s">
+        <v>117</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>118</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>79</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>119</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>120</v>
+      </c>
+      <c r="P15" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" t="s">
+        <v>123</v>
+      </c>
+      <c r="C16" t="s">
+        <v>69</v>
+      </c>
+      <c r="D16" t="s">
+        <v>64</v>
+      </c>
+      <c r="E16" t="s">
+        <v>117</v>
+      </c>
+      <c r="F16" t="s">
+        <v>124</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2003</v>
+      </c>
+      <c r="I16">
+        <v>2013</v>
+      </c>
+      <c r="J16" t="s">
+        <v>79</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>125</v>
+      </c>
+      <c r="M16" t="s">
+        <v>126</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>127</v>
+      </c>
+      <c r="P16" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>129</v>
+      </c>
+      <c r="B17" t="s">
+        <v>130</v>
+      </c>
+      <c r="C17" t="s">
+        <v>69</v>
+      </c>
+      <c r="D17" t="s">
+        <v>64</v>
+      </c>
+      <c r="E17" t="s">
+        <v>117</v>
+      </c>
+      <c r="F17" t="s">
+        <v>124</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2003</v>
+      </c>
+      <c r="I17">
+        <v>2010</v>
+      </c>
+      <c r="J17" t="s">
+        <v>79</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>101</v>
+      </c>
+      <c r="M17" t="s">
+        <v>126</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>131</v>
+      </c>
+      <c r="P17" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>133</v>
+      </c>
+      <c r="B18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C18" t="s">
+        <v>69</v>
+      </c>
+      <c r="D18" t="s">
+        <v>70</v>
+      </c>
+      <c r="E18" t="s">
+        <v>117</v>
+      </c>
+      <c r="F18" t="s">
+        <v>124</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2008</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>72</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>135</v>
+      </c>
+      <c r="M18" t="s">
+        <v>126</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>136</v>
+      </c>
+      <c r="P18" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>138</v>
+      </c>
+      <c r="B19" t="s">
+        <v>139</v>
+      </c>
+      <c r="C19" t="s">
+        <v>69</v>
+      </c>
+      <c r="D19" t="s">
+        <v>64</v>
+      </c>
+      <c r="E19" t="s">
+        <v>117</v>
+      </c>
+      <c r="F19" t="s">
+        <v>124</v>
+      </c>
+      <c r="G19" t="s">
+        <v>50</v>
+      </c>
+      <c r="H19">
+        <v>2010</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>72</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>135</v>
+      </c>
+      <c r="M19" t="s">
+        <v>126</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>140</v>
+      </c>
+      <c r="P19" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>142</v>
+      </c>
+      <c r="B20" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" t="s">
+        <v>69</v>
+      </c>
+      <c r="D20" t="s">
+        <v>70</v>
+      </c>
+      <c r="E20" t="s">
+        <v>117</v>
+      </c>
+      <c r="F20" t="s">
+        <v>124</v>
+      </c>
+      <c r="G20" t="s">
+        <v>50</v>
+      </c>
+      <c r="H20">
+        <v>2019</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>72</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>144</v>
+      </c>
+      <c r="M20" t="s">
+        <v>126</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>145</v>
+      </c>
+      <c r="P20" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>147</v>
+      </c>
+      <c r="B21" t="s">
+        <v>148</v>
+      </c>
+      <c r="C21" t="s">
+        <v>69</v>
+      </c>
+      <c r="D21" t="s">
+        <v>42</v>
+      </c>
+      <c r="E21" t="s">
+        <v>117</v>
+      </c>
+      <c r="F21" t="s">
+        <v>124</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2010</v>
+      </c>
+      <c r="I21">
+        <v>2013</v>
+      </c>
+      <c r="J21" t="s">
+        <v>79</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>149</v>
+      </c>
+      <c r="M21" t="s">
+        <v>126</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>150</v>
+      </c>
+      <c r="P21" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>152</v>
+      </c>
+      <c r="B22" t="s">
+        <v>153</v>
+      </c>
+      <c r="C22" t="s">
+        <v>69</v>
+      </c>
+      <c r="D22" t="s">
+        <v>70</v>
+      </c>
+      <c r="E22" t="s">
+        <v>117</v>
+      </c>
+      <c r="F22" t="s">
+        <v>124</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2008</v>
+      </c>
+      <c r="I22">
+        <v>2010</v>
+      </c>
+      <c r="J22" t="s">
+        <v>79</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>154</v>
+      </c>
+      <c r="M22" t="s">
+        <v>126</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>155</v>
+      </c>
+      <c r="P22" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>157</v>
+      </c>
+      <c r="B23" t="s">
+        <v>158</v>
+      </c>
+      <c r="C23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D23" t="s">
+        <v>42</v>
+      </c>
+      <c r="E23" t="s">
+        <v>117</v>
+      </c>
+      <c r="F23" t="s">
+        <v>124</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2010</v>
+      </c>
+      <c r="I23">
+        <v>2016</v>
+      </c>
+      <c r="J23" t="s">
+        <v>72</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>159</v>
+      </c>
+      <c r="M23" t="s">
+        <v>126</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>160</v>
+      </c>
+      <c r="P23" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>162</v>
+      </c>
+      <c r="B24" t="s">
+        <v>153</v>
+      </c>
+      <c r="C24" t="s">
+        <v>69</v>
+      </c>
+      <c r="D24" t="s">
+        <v>70</v>
+      </c>
+      <c r="E24" t="s">
+        <v>117</v>
+      </c>
+      <c r="F24" t="s">
+        <v>124</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2008</v>
+      </c>
+      <c r="I24">
+        <v>2013</v>
+      </c>
+      <c r="J24" t="s">
+        <v>79</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>163</v>
+      </c>
+      <c r="M24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>164</v>
+      </c>
+      <c r="P24" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>166</v>
+      </c>
+      <c r="B25" t="s">
+        <v>167</v>
+      </c>
+      <c r="C25" t="s">
+        <v>69</v>
+      </c>
+      <c r="D25" t="s">
+        <v>64</v>
+      </c>
+      <c r="E25" t="s">
+        <v>117</v>
+      </c>
+      <c r="F25" t="s">
+        <v>124</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2003</v>
+      </c>
+      <c r="I25">
+        <v>2016</v>
+      </c>
+      <c r="J25" t="s">
+        <v>79</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>168</v>
+      </c>
+      <c r="M25" t="s">
+        <v>126</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>169</v>
+      </c>
+      <c r="P25" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>171</v>
+      </c>
+      <c r="B26" t="s">
+        <v>172</v>
+      </c>
+      <c r="C26" t="s">
+        <v>69</v>
+      </c>
+      <c r="D26" t="s">
+        <v>42</v>
+      </c>
+      <c r="E26" t="s">
+        <v>117</v>
+      </c>
+      <c r="F26" t="s">
+        <v>124</v>
+      </c>
+      <c r="G26" t="s">
+        <v>50</v>
+      </c>
+      <c r="H26">
+        <v>2019</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>72</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>173</v>
+      </c>
+      <c r="M26" t="s">
+        <v>126</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>174</v>
+      </c>
+      <c r="P26" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>176</v>
+      </c>
+      <c r="B27" t="s">
+        <v>177</v>
+      </c>
+      <c r="C27" t="s">
+        <v>178</v>
+      </c>
+      <c r="D27" t="s">
+        <v>179</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>180</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2011</v>
+      </c>
+      <c r="I27">
+        <v>2023</v>
+      </c>
+      <c r="J27" t="s">
+        <v>181</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>182</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>183</v>
+      </c>
+      <c r="P27" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>185</v>
+      </c>
+      <c r="B28" t="s">
+        <v>186</v>
+      </c>
+      <c r="C28" t="s">
+        <v>187</v>
+      </c>
+      <c r="D28" t="s">
+        <v>188</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>50</v>
+      </c>
+      <c r="H28">
+        <v>2020</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>181</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>189</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>190</v>
+      </c>
+      <c r="P28" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>192</v>
+      </c>
+      <c r="B29" t="s">
+        <v>193</v>
+      </c>
+      <c r="C29" t="s">
+        <v>194</v>
+      </c>
+      <c r="D29" t="s">
+        <v>42</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>34</v>
+      </c>
+      <c r="G29" t="s">
+        <v>195</v>
+      </c>
+      <c r="H29">
+        <v>2023</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>196</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>197</v>
+      </c>
+      <c r="M29" t="s">
+        <v>198</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>199</v>
+      </c>
+      <c r="P29"/>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>200</v>
+      </c>
+      <c r="B30" t="s">
+        <v>201</v>
+      </c>
+      <c r="C30" t="s">
+        <v>202</v>
+      </c>
+      <c r="D30" t="s">
+        <v>107</v>
+      </c>
+      <c r="E30" t="s">
+        <v>117</v>
+      </c>
+      <c r="F30" t="s">
+        <v>34</v>
+      </c>
+      <c r="G30" t="s">
+        <v>118</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>23</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>203</v>
+      </c>
+      <c r="M30" t="s">
+        <v>204</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>205</v>
+      </c>
+      <c r="P30" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>207</v>
+      </c>
+      <c r="B31" t="s">
+        <v>208</v>
+      </c>
+      <c r="C31" t="s">
+        <v>209</v>
+      </c>
+      <c r="D31" t="s">
+        <v>210</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>34</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31"/>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>23</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>211</v>
+      </c>
+      <c r="M31" t="s">
+        <v>212</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>213</v>
+      </c>
+      <c r="P31" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>215</v>
+      </c>
+      <c r="B32" t="s">
+        <v>216</v>
+      </c>
+      <c r="C32" t="s">
+        <v>217</v>
+      </c>
+      <c r="D32" t="s">
+        <v>64</v>
+      </c>
+      <c r="E32" t="s">
+        <v>117</v>
+      </c>
+      <c r="F32" t="s">
+        <v>124</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2009</v>
+      </c>
+      <c r="I32">
+        <v>2015</v>
+      </c>
+      <c r="J32" t="s">
+        <v>35</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>218</v>
+      </c>
+      <c r="M32" t="s">
+        <v>219</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>220</v>
+      </c>
+      <c r="P32" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>222</v>
+      </c>
+      <c r="B33" t="s">
+        <v>223</v>
+      </c>
+      <c r="C33" t="s">
+        <v>224</v>
+      </c>
+      <c r="D33" t="s">
+        <v>225</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>34</v>
+      </c>
+      <c r="G33" t="s">
+        <v>50</v>
+      </c>
+      <c r="H33">
+        <v>2023</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>226</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>227</v>
+      </c>
+      <c r="M33" t="s">
+        <v>228</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>229</v>
+      </c>
+      <c r="P33" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>231</v>
+      </c>
+      <c r="B34" t="s">
+        <v>232</v>
+      </c>
+      <c r="C34" t="s">
+        <v>233</v>
+      </c>
+      <c r="D34" t="s">
+        <v>64</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>71</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>1993</v>
+      </c>
+      <c r="I34">
+        <v>2009</v>
+      </c>
+      <c r="J34" t="s">
+        <v>43</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>234</v>
+      </c>
+      <c r="M34" t="s">
+        <v>235</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>236</v>
+      </c>
+      <c r="P34" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>238</v>
+      </c>
+      <c r="B35" t="s">
+        <v>239</v>
+      </c>
+      <c r="C35" t="s">
+        <v>240</v>
+      </c>
+      <c r="D35" t="s">
+        <v>64</v>
+      </c>
+      <c r="E35" t="s">
+        <v>117</v>
+      </c>
+      <c r="F35" t="s">
+        <v>124</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>1996</v>
+      </c>
+      <c r="I35">
+        <v>2021</v>
+      </c>
+      <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>241</v>
+      </c>
+      <c r="M35" t="s">
+        <v>242</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>243</v>
+      </c>
+      <c r="P35" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>245</v>
+      </c>
+      <c r="B36" t="s">
+        <v>246</v>
+      </c>
+      <c r="C36" t="s">
+        <v>247</v>
+      </c>
+      <c r="D36" t="s">
+        <v>248</v>
+      </c>
+      <c r="E36" t="s">
+        <v>117</v>
+      </c>
+      <c r="F36" t="s">
+        <v>34</v>
+      </c>
+      <c r="G36" t="s">
+        <v>50</v>
+      </c>
+      <c r="H36">
+        <v>2017</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>249</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>250</v>
+      </c>
+      <c r="M36" t="s">
+        <v>251</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>252</v>
+      </c>
+      <c r="P36" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>254</v>
+      </c>
+      <c r="B37" t="s">
+        <v>255</v>
+      </c>
+      <c r="C37" t="s">
+        <v>194</v>
+      </c>
+      <c r="D37" t="s">
+        <v>256</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>34</v>
+      </c>
+      <c r="G37" t="s">
+        <v>50</v>
+      </c>
+      <c r="H37">
+        <v>2023</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>257</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>258</v>
+      </c>
+      <c r="M37" t="s">
+        <v>198</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>259</v>
+      </c>
+      <c r="P37" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>261</v>
+      </c>
+      <c r="B38" t="s">
+        <v>262</v>
+      </c>
+      <c r="C38" t="s">
+        <v>194</v>
+      </c>
+      <c r="D38" t="s">
+        <v>64</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>34</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2011</v>
+      </c>
+      <c r="I38">
+        <v>2022</v>
+      </c>
+      <c r="J38" t="s">
+        <v>23</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>263</v>
+      </c>
+      <c r="M38" t="s">
+        <v>198</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>264</v>
+      </c>
+      <c r="P38" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>266</v>
+      </c>
+      <c r="B39" t="s">
+        <v>267</v>
+      </c>
+      <c r="C39" t="s">
+        <v>194</v>
+      </c>
+      <c r="D39" t="s">
+        <v>64</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>34</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2007</v>
+      </c>
+      <c r="I39">
+        <v>2024</v>
+      </c>
+      <c r="J39" t="s">
+        <v>268</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>269</v>
+      </c>
+      <c r="M39" t="s">
+        <v>198</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>270</v>
+      </c>
+      <c r="P39" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>272</v>
+      </c>
+      <c r="B40" t="s">
+        <v>273</v>
+      </c>
+      <c r="C40" t="s">
+        <v>194</v>
+      </c>
+      <c r="D40" t="s">
+        <v>274</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>8</v>
+      </c>
+      <c r="H40">
+        <v>2007</v>
+      </c>
+      <c r="I40">
+        <v>2025</v>
+      </c>
+      <c r="J40" t="s">
+        <v>226</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>198</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>275</v>
+      </c>
+      <c r="P40" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>277</v>
+      </c>
+      <c r="B41" t="s">
+        <v>278</v>
+      </c>
+      <c r="C41" t="s">
+        <v>194</v>
+      </c>
+      <c r="D41" t="s">
+        <v>64</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>34</v>
+      </c>
+      <c r="G41" t="s">
+        <v>50</v>
+      </c>
+      <c r="H41">
+        <v>2015</v>
+      </c>
+      <c r="I41">
+        <v>2022</v>
+      </c>
+      <c r="J41" t="s">
+        <v>23</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>279</v>
+      </c>
+      <c r="M41" t="s">
+        <v>198</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>280</v>
+      </c>
+      <c r="P41" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>282</v>
+      </c>
+      <c r="B42" t="s">
+        <v>283</v>
+      </c>
+      <c r="C42" t="s">
+        <v>284</v>
+      </c>
+      <c r="D42" t="s">
+        <v>285</v>
+      </c>
+      <c r="E42" t="s">
+        <v>117</v>
+      </c>
+      <c r="F42" t="s">
+        <v>71</v>
+      </c>
+      <c r="G42" t="s">
+        <v>50</v>
+      </c>
+      <c r="H42">
+        <v>2013</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>57</v>
+      </c>
+      <c r="K42" t="s">
+        <v>286</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>287</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>288</v>
+      </c>
+      <c r="P42" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>290</v>
+      </c>
+      <c r="B43" t="s">
+        <v>291</v>
+      </c>
+      <c r="C43" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D43" t="s">
+        <v>64</v>
+      </c>
+      <c r="E43" t="s">
+        <v>117</v>
+      </c>
+      <c r="F43" t="s">
+        <v>71</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2000</v>
+      </c>
+      <c r="I43">
+        <v>2012</v>
+      </c>
+      <c r="J43" t="s">
+        <v>43</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>292</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>293</v>
+      </c>
+      <c r="P43" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>295</v>
+      </c>
+      <c r="B44" t="s">
+        <v>296</v>
+      </c>
+      <c r="C44" t="s">
+        <v>297</v>
+      </c>
+      <c r="D44" t="s">
+        <v>64</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>34</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2015</v>
+      </c>
+      <c r="I44">
+        <v>2023</v>
+      </c>
+      <c r="J44" t="s">
+        <v>298</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>299</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>300</v>
+      </c>
+      <c r="P44" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>302</v>
+      </c>
+      <c r="B45" t="s">
+        <v>303</v>
+      </c>
+      <c r="C45" t="s">
+        <v>69</v>
+      </c>
+      <c r="D45" t="s">
+        <v>64</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>1989</v>
+      </c>
+      <c r="I45">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J45" t="s">
+        <v>79</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>91</v>
+      </c>
+      <c r="M45" t="s">
+        <v>74</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>304</v>
+      </c>
+      <c r="P45" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>306</v>
+      </c>
+      <c r="B46" t="s">
+        <v>307</v>
+      </c>
+      <c r="C46" t="s">
+        <v>69</v>
+      </c>
+      <c r="D46" t="s">
+        <v>42</v>
+      </c>
+      <c r="E46" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F46" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G46" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...31 lines deleted...]
-      <c r="H3">
+      <c r="H46">
+        <v>2004</v>
+      </c>
+      <c r="I46">
         <v>2017</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="J46" t="s">
+        <v>79</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>308</v>
+      </c>
+      <c r="M46" t="s">
+        <v>74</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>309</v>
+      </c>
+      <c r="P46" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>311</v>
+      </c>
+      <c r="B47" t="s">
+        <v>153</v>
+      </c>
+      <c r="C47" t="s">
+        <v>69</v>
+      </c>
+      <c r="D47" t="s">
+        <v>70</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...1868 lines deleted...]
-        <v>2008</v>
+      <c r="G47" t="s">
+        <v>22</v>
       </c>
       <c r="H47">
         <v>2008</v>
       </c>
-      <c r="I47" t="s">
+      <c r="I47">
+        <v>2008</v>
+      </c>
+      <c r="J47" t="s">
+        <v>79</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>96</v>
+      </c>
+      <c r="M47" t="s">
+        <v>74</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>312</v>
+      </c>
+      <c r="P47" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>314</v>
+      </c>
+      <c r="B48" t="s">
+        <v>123</v>
+      </c>
+      <c r="C48" t="s">
+        <v>69</v>
+      </c>
+      <c r="D48" t="s">
         <v>64</v>
       </c>
-      <c r="J47" t="s">
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
         <v>21</v>
       </c>
-      <c r="K47" t="s">
-[...8 lines deleted...]
-      <c r="N47" t="s">
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>1989</v>
+      </c>
+      <c r="I48">
+        <v>2020</v>
+      </c>
+      <c r="J48" t="s">
+        <v>72</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>315</v>
+      </c>
+      <c r="M48" t="s">
+        <v>316</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>317</v>
+      </c>
+      <c r="P48" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>319</v>
+      </c>
+      <c r="B49" t="s">
+        <v>78</v>
+      </c>
+      <c r="C49" t="s">
+        <v>69</v>
+      </c>
+      <c r="D49" t="s">
+        <v>42</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>50</v>
+      </c>
+      <c r="H49">
+        <v>2013</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>72</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>80</v>
+      </c>
+      <c r="M49" t="s">
+        <v>320</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>321</v>
+      </c>
+      <c r="P49" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>323</v>
+      </c>
+      <c r="B50" t="s">
+        <v>68</v>
+      </c>
+      <c r="C50" t="s">
+        <v>69</v>
+      </c>
+      <c r="D50" t="s">
+        <v>70</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>50</v>
+      </c>
+      <c r="H50">
+        <v>2020</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>72</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>73</v>
+      </c>
+      <c r="M50" t="s">
+        <v>320</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>324</v>
+      </c>
+      <c r="P50" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>326</v>
+      </c>
+      <c r="B51" t="s">
+        <v>327</v>
+      </c>
+      <c r="C51" t="s">
+        <v>69</v>
+      </c>
+      <c r="D51" t="s">
+        <v>328</v>
+      </c>
+      <c r="E51" t="s">
+        <v>117</v>
+      </c>
+      <c r="F51" t="s">
+        <v>124</v>
+      </c>
+      <c r="G51" t="s">
+        <v>50</v>
+      </c>
+      <c r="H51">
+        <v>2021</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>23</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>329</v>
+      </c>
+      <c r="M51" t="s">
+        <v>330</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>331</v>
+      </c>
+      <c r="P51" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>333</v>
+      </c>
+      <c r="B52" t="s">
+        <v>334</v>
+      </c>
+      <c r="C52" t="s">
+        <v>335</v>
+      </c>
+      <c r="D52" t="s">
+        <v>256</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>34</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2013</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>336</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>337</v>
+      </c>
+      <c r="M52" t="s">
+        <v>338</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>339</v>
+      </c>
+      <c r="P52" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>341</v>
+      </c>
+      <c r="B53" t="s">
+        <v>342</v>
+      </c>
+      <c r="C53" t="s">
+        <v>343</v>
+      </c>
+      <c r="D53" t="s">
+        <v>344</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>50</v>
+      </c>
+      <c r="H53">
+        <v>2022</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>345</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>346</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>347</v>
+      </c>
+      <c r="P53" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>349</v>
+      </c>
+      <c r="B54" t="s">
+        <v>350</v>
+      </c>
+      <c r="C54" t="s">
+        <v>343</v>
+      </c>
+      <c r="D54" t="s">
+        <v>344</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>34</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2010</v>
+      </c>
+      <c r="I54">
+        <v>2019</v>
+      </c>
+      <c r="J54" t="s">
+        <v>351</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>352</v>
+      </c>
+      <c r="M54" t="s">
+        <v>346</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>353</v>
+      </c>
+      <c r="P54" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>355</v>
+      </c>
+      <c r="B55" t="s">
+        <v>356</v>
+      </c>
+      <c r="C55" t="s">
+        <v>343</v>
+      </c>
+      <c r="D55" t="s">
+        <v>49</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>50</v>
+      </c>
+      <c r="H55">
+        <v>2012</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>351</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>52</v>
+      </c>
+      <c r="M55" t="s">
+        <v>346</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>357</v>
+      </c>
+      <c r="P55" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>359</v>
+      </c>
+      <c r="B56" t="s">
+        <v>360</v>
+      </c>
+      <c r="C56" t="s">
+        <v>343</v>
+      </c>
+      <c r="D56" t="s">
+        <v>42</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2008</v>
+      </c>
+      <c r="I56">
+        <v>2012</v>
+      </c>
+      <c r="J56" t="s">
+        <v>351</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>361</v>
+      </c>
+      <c r="M56" t="s">
+        <v>346</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>362</v>
+      </c>
+      <c r="P56" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>364</v>
+      </c>
+      <c r="B57" t="s">
+        <v>365</v>
+      </c>
+      <c r="C57" t="s">
+        <v>217</v>
+      </c>
+      <c r="D57" t="s">
+        <v>64</v>
+      </c>
+      <c r="E57" t="s">
+        <v>117</v>
+      </c>
+      <c r="F57" t="s">
+        <v>124</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2005</v>
+      </c>
+      <c r="I57">
+        <v>2013</v>
+      </c>
+      <c r="J57" t="s">
+        <v>35</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>366</v>
+      </c>
+      <c r="M57" t="s">
+        <v>367</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>368</v>
+      </c>
+      <c r="P57" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>370</v>
+      </c>
+      <c r="B58" t="s">
+        <v>371</v>
+      </c>
+      <c r="C58" t="s">
+        <v>372</v>
+      </c>
+      <c r="D58" t="s">
+        <v>64</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>34</v>
+      </c>
+      <c r="G58" t="s">
+        <v>118</v>
+      </c>
+      <c r="H58"/>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>373</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>374</v>
+      </c>
+      <c r="M58" t="s">
+        <v>375</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>376</v>
+      </c>
+      <c r="P58"/>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>377</v>
+      </c>
+      <c r="B59" t="s">
+        <v>378</v>
+      </c>
+      <c r="C59" t="s">
+        <v>379</v>
+      </c>
+      <c r="D59" t="s">
+        <v>64</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>34</v>
+      </c>
+      <c r="G59" t="s">
+        <v>380</v>
+      </c>
+      <c r="H59">
+        <v>2015</v>
+      </c>
+      <c r="I59">
+        <v>2018</v>
+      </c>
+      <c r="J59" t="s">
+        <v>51</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>381</v>
+      </c>
+      <c r="M59" t="s">
+        <v>338</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>382</v>
+      </c>
+      <c r="P59" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>384</v>
+      </c>
+      <c r="B60" t="s">
+        <v>385</v>
+      </c>
+      <c r="C60" t="s">
+        <v>386</v>
+      </c>
+      <c r="D60" t="s">
+        <v>387</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>71</v>
+      </c>
+      <c r="G60" t="s">
+        <v>118</v>
+      </c>
+      <c r="H60"/>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>72</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>388</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>389</v>
+      </c>
+      <c r="P60"/>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>390</v>
+      </c>
+      <c r="B61" t="s">
+        <v>391</v>
+      </c>
+      <c r="C61" t="s">
+        <v>386</v>
+      </c>
+      <c r="D61" t="s">
+        <v>387</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>118</v>
+      </c>
+      <c r="H61"/>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>72</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>388</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>392</v>
+      </c>
+      <c r="P61"/>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>393</v>
+      </c>
+      <c r="B62" t="s">
+        <v>394</v>
+      </c>
+      <c r="C62" t="s">
+        <v>233</v>
+      </c>
+      <c r="D62" t="s">
+        <v>42</v>
+      </c>
+      <c r="E62" t="s">
+        <v>117</v>
+      </c>
+      <c r="F62" t="s">
+        <v>124</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2010</v>
+      </c>
+      <c r="I62">
+        <v>2012</v>
+      </c>
+      <c r="J62" t="s">
+        <v>43</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>235</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>395</v>
+      </c>
+      <c r="P62" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>397</v>
+      </c>
+      <c r="B63" t="s">
+        <v>398</v>
+      </c>
+      <c r="C63" t="s">
+        <v>233</v>
+      </c>
+      <c r="D63" t="s">
+        <v>42</v>
+      </c>
+      <c r="E63" t="s">
+        <v>117</v>
+      </c>
+      <c r="F63" t="s">
+        <v>124</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>1996</v>
+      </c>
+      <c r="I63">
+        <v>2010</v>
+      </c>
+      <c r="J63" t="s">
+        <v>43</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>235</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>399</v>
+      </c>
+      <c r="P63" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>400</v>
+      </c>
+      <c r="B64" t="s">
+        <v>401</v>
+      </c>
+      <c r="C64" t="s">
+        <v>187</v>
+      </c>
+      <c r="D64" t="s">
+        <v>256</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>34</v>
+      </c>
+      <c r="G64" t="s">
+        <v>50</v>
+      </c>
+      <c r="H64">
+        <v>2021</v>
+      </c>
+      <c r="I64">
+        <v>2024</v>
+      </c>
+      <c r="J64" t="s">
+        <v>402</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>403</v>
+      </c>
+      <c r="M64" t="s">
+        <v>189</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>404</v>
+      </c>
+      <c r="P64" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>406</v>
+      </c>
+      <c r="B65" t="s">
+        <v>407</v>
+      </c>
+      <c r="C65" t="s">
+        <v>240</v>
+      </c>
+      <c r="D65" t="s">
+        <v>408</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>34</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2008</v>
+      </c>
+      <c r="I65">
+        <v>2020</v>
+      </c>
+      <c r="J65" t="s">
+        <v>108</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>409</v>
+      </c>
+      <c r="M65" t="s">
+        <v>410</v>
+      </c>
+      <c r="N65" t="s">
+        <v>411</v>
+      </c>
+      <c r="O65" t="s">
+        <v>412</v>
+      </c>
+      <c r="P65" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>414</v>
+      </c>
+      <c r="B66" t="s">
+        <v>415</v>
+      </c>
+      <c r="C66" t="s">
+        <v>209</v>
+      </c>
+      <c r="D66" t="s">
+        <v>64</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>71</v>
+      </c>
+      <c r="G66" t="s">
+        <v>195</v>
+      </c>
+      <c r="H66">
+        <v>2008</v>
+      </c>
+      <c r="I66">
+        <v>2014</v>
+      </c>
+      <c r="J66" t="s">
+        <v>351</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>416</v>
+      </c>
+      <c r="M66" t="s">
+        <v>417</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>418</v>
+      </c>
+      <c r="P66" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>420</v>
+      </c>
+      <c r="B67" t="s">
+        <v>421</v>
+      </c>
+      <c r="C67" t="s">
+        <v>209</v>
+      </c>
+      <c r="D67" t="s">
+        <v>422</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>71</v>
+      </c>
+      <c r="G67" t="s">
+        <v>50</v>
+      </c>
+      <c r="H67">
+        <v>2024</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>226</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>417</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>423</v>
+      </c>
+      <c r="P67" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>424</v>
+      </c>
+      <c r="B68" t="s">
+        <v>425</v>
+      </c>
+      <c r="C68" t="s">
+        <v>209</v>
+      </c>
+      <c r="D68" t="s">
+        <v>64</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>71</v>
+      </c>
+      <c r="G68" t="s">
+        <v>8</v>
+      </c>
+      <c r="H68">
+        <v>2008</v>
+      </c>
+      <c r="I68">
+        <v>2014</v>
+      </c>
+      <c r="J68" t="s">
+        <v>351</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>426</v>
+      </c>
+      <c r="M68" t="s">
+        <v>417</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>427</v>
+      </c>
+      <c r="P68" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>428</v>
+      </c>
+      <c r="B69" t="s">
+        <v>429</v>
+      </c>
+      <c r="C69" t="s">
+        <v>209</v>
+      </c>
+      <c r="D69" t="s">
+        <v>70</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>71</v>
+      </c>
+      <c r="G69" t="s">
+        <v>195</v>
+      </c>
+      <c r="H69">
+        <v>2021</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>351</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>430</v>
+      </c>
+      <c r="M69" t="s">
+        <v>417</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>431</v>
+      </c>
+      <c r="P69" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>432</v>
+      </c>
+      <c r="B70" t="s">
+        <v>433</v>
+      </c>
+      <c r="C70" t="s">
         <v>224</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A48" t="s">
+      <c r="D70" t="s">
+        <v>64</v>
+      </c>
+      <c r="E70" t="s">
+        <v>434</v>
+      </c>
+      <c r="F70" t="s">
+        <v>34</v>
+      </c>
+      <c r="G70" t="s">
+        <v>118</v>
+      </c>
+      <c r="H70"/>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>435</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>436</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>437</v>
+      </c>
+      <c r="P70" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>439</v>
+      </c>
+      <c r="B71" t="s">
+        <v>440</v>
+      </c>
+      <c r="C71" t="s">
+        <v>441</v>
+      </c>
+      <c r="D71" t="s">
+        <v>64</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>34</v>
+      </c>
+      <c r="G71" t="s">
+        <v>50</v>
+      </c>
+      <c r="H71">
+        <v>2016</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>435</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>442</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>443</v>
+      </c>
+      <c r="P71" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>445</v>
+      </c>
+      <c r="B72" t="s">
+        <v>232</v>
+      </c>
+      <c r="C72" t="s">
+        <v>233</v>
+      </c>
+      <c r="D72" t="s">
+        <v>64</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>1993</v>
+      </c>
+      <c r="I72">
+        <v>2009</v>
+      </c>
+      <c r="J72" t="s">
+        <v>43</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>234</v>
+      </c>
+      <c r="M72" t="s">
+        <v>235</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>446</v>
+      </c>
+      <c r="P72" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>448</v>
+      </c>
+      <c r="B73" t="s">
+        <v>449</v>
+      </c>
+      <c r="C73" t="s">
+        <v>209</v>
+      </c>
+      <c r="D73" t="s">
+        <v>64</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2011</v>
+      </c>
+      <c r="I73">
+        <v>2022</v>
+      </c>
+      <c r="J73" t="s">
+        <v>351</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>450</v>
+      </c>
+      <c r="M73" t="s">
+        <v>417</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>451</v>
+      </c>
+      <c r="P73" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>453</v>
+      </c>
+      <c r="B74" t="s">
+        <v>454</v>
+      </c>
+      <c r="C74" t="s">
+        <v>233</v>
+      </c>
+      <c r="D74" t="s">
+        <v>70</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2010</v>
+      </c>
+      <c r="I74">
+        <v>2012</v>
+      </c>
+      <c r="J74" t="s">
+        <v>43</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>235</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>455</v>
+      </c>
+      <c r="P74" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>456</v>
+      </c>
+      <c r="B75" t="s">
+        <v>457</v>
+      </c>
+      <c r="C75" t="s">
+        <v>209</v>
+      </c>
+      <c r="D75" t="s">
+        <v>422</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>195</v>
+      </c>
+      <c r="H75">
+        <v>2024</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>226</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>417</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>458</v>
+      </c>
+      <c r="P75" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>460</v>
+      </c>
+      <c r="B76" t="s">
+        <v>461</v>
+      </c>
+      <c r="C76" t="s">
+        <v>209</v>
+      </c>
+      <c r="D76" t="s">
+        <v>64</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>8</v>
+      </c>
+      <c r="H76">
+        <v>2011</v>
+      </c>
+      <c r="I76">
+        <v>2022</v>
+      </c>
+      <c r="J76" t="s">
+        <v>351</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>462</v>
+      </c>
+      <c r="M76" t="s">
+        <v>417</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>463</v>
+      </c>
+      <c r="P76" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>464</v>
+      </c>
+      <c r="B77" t="s">
+        <v>465</v>
+      </c>
+      <c r="C77" t="s">
+        <v>209</v>
+      </c>
+      <c r="D77" t="s">
+        <v>64</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2011</v>
+      </c>
+      <c r="I77">
+        <v>2025</v>
+      </c>
+      <c r="J77" t="s">
+        <v>226</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>417</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>466</v>
+      </c>
+      <c r="P77" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>467</v>
+      </c>
+      <c r="B78" t="s">
+        <v>468</v>
+      </c>
+      <c r="C78" t="s">
+        <v>209</v>
+      </c>
+      <c r="D78" t="s">
+        <v>70</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>195</v>
+      </c>
+      <c r="H78">
+        <v>2021</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>351</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>469</v>
+      </c>
+      <c r="M78" t="s">
+        <v>417</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>470</v>
+      </c>
+      <c r="P78" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>471</v>
+      </c>
+      <c r="B79" t="s">
+        <v>472</v>
+      </c>
+      <c r="C79" t="s">
+        <v>217</v>
+      </c>
+      <c r="D79" t="s">
+        <v>42</v>
+      </c>
+      <c r="E79" t="s">
+        <v>117</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>50</v>
+      </c>
+      <c r="H79">
+        <v>2003</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>35</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" t="s">
+        <v>473</v>
+      </c>
+      <c r="M79" t="s">
+        <v>367</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>474</v>
+      </c>
+      <c r="P79" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>476</v>
+      </c>
+      <c r="B80" t="s">
+        <v>477</v>
+      </c>
+      <c r="C80" t="s">
+        <v>217</v>
+      </c>
+      <c r="D80" t="s">
+        <v>42</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2003</v>
+      </c>
+      <c r="I80">
+        <v>2005</v>
+      </c>
+      <c r="J80" t="s">
+        <v>23</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>219</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>478</v>
+      </c>
+      <c r="P80" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>480</v>
+      </c>
+      <c r="B81"/>
+      <c r="C81" t="s">
+        <v>217</v>
+      </c>
+      <c r="D81" t="s">
+        <v>256</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>50</v>
+      </c>
+      <c r="H81">
+        <v>2011</v>
+      </c>
+      <c r="I81">
+        <v>2016</v>
+      </c>
+      <c r="J81" t="s">
+        <v>23</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>219</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>481</v>
+      </c>
+      <c r="P81" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>482</v>
+      </c>
+      <c r="B82" t="s">
+        <v>483</v>
+      </c>
+      <c r="C82" t="s">
+        <v>217</v>
+      </c>
+      <c r="D82" t="s">
+        <v>64</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>50</v>
+      </c>
+      <c r="H82">
+        <v>2002</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>23</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>219</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>484</v>
+      </c>
+      <c r="P82" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>485</v>
+      </c>
+      <c r="B83" t="s">
+        <v>486</v>
+      </c>
+      <c r="C83" t="s">
+        <v>284</v>
+      </c>
+      <c r="D83" t="s">
+        <v>285</v>
+      </c>
+      <c r="E83" t="s">
+        <v>117</v>
+      </c>
+      <c r="F83" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>50</v>
+      </c>
+      <c r="H83">
+        <v>2013</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>57</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>287</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>487</v>
+      </c>
+      <c r="P83" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>488</v>
+      </c>
+      <c r="B84" t="s">
+        <v>489</v>
+      </c>
+      <c r="C84" t="s">
+        <v>297</v>
+      </c>
+      <c r="D84" t="s">
         <v>225</v>
       </c>
-      <c r="B48" t="s">
-[...23 lines deleted...]
-      <c r="J48" t="s">
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>34</v>
+      </c>
+      <c r="G84" t="s">
+        <v>380</v>
+      </c>
+      <c r="H84">
+        <v>2021</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>23</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84" t="s">
+        <v>490</v>
+      </c>
+      <c r="M84" t="s">
+        <v>491</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>492</v>
+      </c>
+      <c r="P84" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>494</v>
+      </c>
+      <c r="B85" t="s">
+        <v>495</v>
+      </c>
+      <c r="C85" t="s">
+        <v>297</v>
+      </c>
+      <c r="D85" t="s">
+        <v>496</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>34</v>
+      </c>
+      <c r="G85" t="s">
+        <v>50</v>
+      </c>
+      <c r="H85">
+        <v>2021</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>23</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>497</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>498</v>
+      </c>
+      <c r="P85" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>500</v>
+      </c>
+      <c r="B86" t="s">
+        <v>501</v>
+      </c>
+      <c r="C86" t="s">
+        <v>297</v>
+      </c>
+      <c r="D86" t="s">
+        <v>64</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>34</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2015</v>
+      </c>
+      <c r="I86">
+        <v>2018</v>
+      </c>
+      <c r="J86" t="s">
+        <v>23</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86" t="s">
+        <v>502</v>
+      </c>
+      <c r="M86" t="s">
+        <v>497</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>503</v>
+      </c>
+      <c r="P86" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>505</v>
+      </c>
+      <c r="B87" t="s">
+        <v>506</v>
+      </c>
+      <c r="C87" t="s">
+        <v>507</v>
+      </c>
+      <c r="D87" t="s">
+        <v>508</v>
+      </c>
+      <c r="E87" t="s">
+        <v>117</v>
+      </c>
+      <c r="F87" t="s">
+        <v>509</v>
+      </c>
+      <c r="G87" t="s">
+        <v>50</v>
+      </c>
+      <c r="H87">
+        <v>2009</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>510</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>511</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>512</v>
+      </c>
+      <c r="P87" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>514</v>
+      </c>
+      <c r="B88" t="s">
+        <v>515</v>
+      </c>
+      <c r="C88" t="s">
+        <v>507</v>
+      </c>
+      <c r="D88" t="s">
+        <v>64</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>509</v>
+      </c>
+      <c r="G88" t="s">
+        <v>50</v>
+      </c>
+      <c r="H88">
+        <v>2009</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>516</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>511</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>517</v>
+      </c>
+      <c r="P88" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>519</v>
+      </c>
+      <c r="B89" t="s">
+        <v>520</v>
+      </c>
+      <c r="C89" t="s">
+        <v>521</v>
+      </c>
+      <c r="D89" t="s">
+        <v>64</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>34</v>
+      </c>
+      <c r="G89" t="s">
+        <v>50</v>
+      </c>
+      <c r="H89">
+        <v>2014</v>
+      </c>
+      <c r="I89">
+        <v>2024</v>
+      </c>
+      <c r="J89" t="s">
+        <v>402</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89" t="s">
+        <v>522</v>
+      </c>
+      <c r="M89" t="s">
+        <v>523</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>524</v>
+      </c>
+      <c r="P89" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>526</v>
+      </c>
+      <c r="B90" t="s">
+        <v>527</v>
+      </c>
+      <c r="C90" t="s">
+        <v>187</v>
+      </c>
+      <c r="D90" t="s">
+        <v>64</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>34</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>1993</v>
+      </c>
+      <c r="I90">
+        <v>2007</v>
+      </c>
+      <c r="J90" t="s">
+        <v>249</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90" t="s">
+        <v>528</v>
+      </c>
+      <c r="M90" t="s">
+        <v>189</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>529</v>
+      </c>
+      <c r="P90" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>531</v>
+      </c>
+      <c r="B91" t="s">
+        <v>532</v>
+      </c>
+      <c r="C91" t="s">
+        <v>372</v>
+      </c>
+      <c r="D91" t="s">
+        <v>533</v>
+      </c>
+      <c r="E91" t="s">
+        <v>434</v>
+      </c>
+      <c r="F91" t="s">
+        <v>34</v>
+      </c>
+      <c r="G91" t="s">
+        <v>118</v>
+      </c>
+      <c r="H91"/>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>226</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91"/>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>534</v>
+      </c>
+      <c r="P91" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>536</v>
+      </c>
+      <c r="B92" t="s">
+        <v>537</v>
+      </c>
+      <c r="C92" t="s">
+        <v>217</v>
+      </c>
+      <c r="D92" t="s">
+        <v>64</v>
+      </c>
+      <c r="E92" t="s">
+        <v>117</v>
+      </c>
+      <c r="F92" t="s">
         <v>21</v>
       </c>
-      <c r="K48" t="s">
-[...19 lines deleted...]
-      <c r="C49" t="s">
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>1991</v>
+      </c>
+      <c r="I92">
+        <v>2009</v>
+      </c>
+      <c r="J92" t="s">
         <v>35</v>
       </c>
-      <c r="D49" t="s">
-[...15 lines deleted...]
-      <c r="J49" t="s">
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>538</v>
+      </c>
+      <c r="M92" t="s">
+        <v>219</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>539</v>
+      </c>
+      <c r="P92" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>540</v>
+      </c>
+      <c r="B93" t="s">
+        <v>541</v>
+      </c>
+      <c r="C93" t="s">
+        <v>217</v>
+      </c>
+      <c r="D93" t="s">
+        <v>64</v>
+      </c>
+      <c r="E93" t="s">
+        <v>117</v>
+      </c>
+      <c r="F93" t="s">
         <v>21</v>
       </c>
-      <c r="K49" t="s">
-[...38 lines deleted...]
-      <c r="J50" t="s">
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>1991</v>
+      </c>
+      <c r="I93">
+        <v>2002</v>
+      </c>
+      <c r="J93" t="s">
+        <v>35</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>218</v>
+      </c>
+      <c r="M93" t="s">
+        <v>219</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>542</v>
+      </c>
+      <c r="P93" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>543</v>
+      </c>
+      <c r="B94" t="s">
+        <v>544</v>
+      </c>
+      <c r="C94" t="s">
+        <v>217</v>
+      </c>
+      <c r="D94" t="s">
+        <v>64</v>
+      </c>
+      <c r="E94" t="s">
+        <v>117</v>
+      </c>
+      <c r="F94" t="s">
         <v>21</v>
       </c>
-      <c r="K50" t="s">
-[...157 lines deleted...]
-      <c r="G54">
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>1991</v>
+      </c>
+      <c r="I94">
+        <v>2016</v>
+      </c>
+      <c r="J94" t="s">
+        <v>35</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>545</v>
+      </c>
+      <c r="M94" t="s">
+        <v>367</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>546</v>
+      </c>
+      <c r="P94" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>547</v>
+      </c>
+      <c r="B95" t="s">
+        <v>548</v>
+      </c>
+      <c r="C95" t="s">
+        <v>549</v>
+      </c>
+      <c r="D95" t="s">
+        <v>107</v>
+      </c>
+      <c r="E95" t="s">
+        <v>117</v>
+      </c>
+      <c r="F95" t="s">
+        <v>34</v>
+      </c>
+      <c r="G95" t="s">
+        <v>118</v>
+      </c>
+      <c r="H95"/>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>550</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95" t="s">
+        <v>109</v>
+      </c>
+      <c r="M95" t="s">
+        <v>551</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>552</v>
+      </c>
+      <c r="P95" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>554</v>
+      </c>
+      <c r="B96" t="s">
+        <v>555</v>
+      </c>
+      <c r="C96" t="s">
+        <v>217</v>
+      </c>
+      <c r="D96" t="s">
+        <v>70</v>
+      </c>
+      <c r="E96" t="s">
+        <v>117</v>
+      </c>
+      <c r="F96" t="s">
+        <v>71</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
         <v>2010</v>
       </c>
-      <c r="H54">
-[...710 lines deleted...]
-      <c r="G71">
+      <c r="I96">
         <v>2016</v>
       </c>
-      <c r="H71"/>
-[...1050 lines deleted...]
-      </c>
       <c r="J96" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96"/>
       <c r="M96" t="s">
-        <v>24</v>
+        <v>219</v>
       </c>
       <c r="N96" t="s">
-        <v>391</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>556</v>
+      </c>
+      <c r="P96" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>392</v>
+        <v>558</v>
       </c>
       <c r="B97" t="s">
-        <v>157</v>
+        <v>559</v>
       </c>
       <c r="C97" t="s">
-        <v>52</v>
+        <v>217</v>
       </c>
       <c r="D97" t="s">
-        <v>90</v>
+        <v>64</v>
       </c>
       <c r="E97" t="s">
-        <v>58</v>
+        <v>117</v>
       </c>
       <c r="F97" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>71</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
       </c>
       <c r="H97">
         <v>2010</v>
       </c>
-      <c r="I97" t="s">
-        <v>30</v>
+      <c r="I97">
+        <v>2010</v>
       </c>
       <c r="J97" t="s">
+        <v>35</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97" t="s">
+        <v>545</v>
+      </c>
+      <c r="M97" t="s">
+        <v>219</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>560</v>
+      </c>
+      <c r="P97" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>562</v>
+      </c>
+      <c r="B98" t="s">
+        <v>563</v>
+      </c>
+      <c r="C98" t="s">
+        <v>564</v>
+      </c>
+      <c r="D98" t="s">
+        <v>565</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>71</v>
+      </c>
+      <c r="G98" t="s">
+        <v>50</v>
+      </c>
+      <c r="H98">
+        <v>2018</v>
+      </c>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>108</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98" t="s">
+        <v>566</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>567</v>
+      </c>
+      <c r="P98" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>569</v>
+      </c>
+      <c r="B99" t="s">
+        <v>570</v>
+      </c>
+      <c r="C99" t="s">
+        <v>194</v>
+      </c>
+      <c r="D99" t="s">
+        <v>42</v>
+      </c>
+      <c r="E99" t="s">
+        <v>117</v>
+      </c>
+      <c r="F99" t="s">
+        <v>34</v>
+      </c>
+      <c r="G99" t="s">
+        <v>50</v>
+      </c>
+      <c r="H99">
+        <v>2018</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>23</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>571</v>
+      </c>
+      <c r="M99" t="s">
+        <v>198</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>572</v>
+      </c>
+      <c r="P99" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>574</v>
+      </c>
+      <c r="B100" t="s">
+        <v>575</v>
+      </c>
+      <c r="C100" t="s">
+        <v>194</v>
+      </c>
+      <c r="D100" t="s">
+        <v>64</v>
+      </c>
+      <c r="E100" t="s">
+        <v>117</v>
+      </c>
+      <c r="F100" t="s">
+        <v>34</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2020</v>
+      </c>
+      <c r="I100">
+        <v>2023</v>
+      </c>
+      <c r="J100" t="s">
+        <v>268</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100" t="s">
+        <v>576</v>
+      </c>
+      <c r="M100" t="s">
+        <v>198</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>577</v>
+      </c>
+      <c r="P100" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>579</v>
+      </c>
+      <c r="B101" t="s">
+        <v>579</v>
+      </c>
+      <c r="C101" t="s">
+        <v>580</v>
+      </c>
+      <c r="D101" t="s">
+        <v>64</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>34</v>
+      </c>
+      <c r="G101" t="s">
+        <v>50</v>
+      </c>
+      <c r="H101">
+        <v>2018</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>51</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101"/>
+      <c r="M101" t="s">
+        <v>581</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>582</v>
+      </c>
+      <c r="P101" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>584</v>
+      </c>
+      <c r="B102" t="s">
+        <v>585</v>
+      </c>
+      <c r="C102" t="s">
+        <v>586</v>
+      </c>
+      <c r="D102" t="s">
+        <v>587</v>
+      </c>
+      <c r="E102" t="s">
+        <v>117</v>
+      </c>
+      <c r="F102" t="s">
+        <v>34</v>
+      </c>
+      <c r="G102" t="s">
+        <v>195</v>
+      </c>
+      <c r="H102">
+        <v>2025</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>588</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" t="s">
+        <v>589</v>
+      </c>
+      <c r="M102" t="s">
+        <v>590</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>591</v>
+      </c>
+      <c r="P102" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>593</v>
+      </c>
+      <c r="B103" t="s">
+        <v>594</v>
+      </c>
+      <c r="C103" t="s">
+        <v>178</v>
+      </c>
+      <c r="D103" t="s">
+        <v>256</v>
+      </c>
+      <c r="E103" t="s">
+        <v>117</v>
+      </c>
+      <c r="F103" t="s">
         <v>21</v>
       </c>
-      <c r="K97" t="s">
-[...38 lines deleted...]
-      <c r="J98" t="s">
+      <c r="G103" t="s">
+        <v>50</v>
+      </c>
+      <c r="H103">
+        <v>2021</v>
+      </c>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>298</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>182</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>595</v>
+      </c>
+      <c r="P103"/>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>596</v>
+      </c>
+      <c r="B104" t="s">
+        <v>597</v>
+      </c>
+      <c r="C104" t="s">
+        <v>178</v>
+      </c>
+      <c r="D104" t="s">
+        <v>64</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
         <v>21</v>
       </c>
-      <c r="K98"/>
-[...33 lines deleted...]
-      <c r="I99" t="s">
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2007</v>
+      </c>
+      <c r="I104">
+        <v>2020</v>
+      </c>
+      <c r="J104" t="s">
+        <v>181</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>598</v>
+      </c>
+      <c r="M104" t="s">
+        <v>182</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>599</v>
+      </c>
+      <c r="P104" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>601</v>
+      </c>
+      <c r="B105" t="s">
+        <v>602</v>
+      </c>
+      <c r="C105" t="s">
+        <v>178</v>
+      </c>
+      <c r="D105" t="s">
+        <v>64</v>
+      </c>
+      <c r="E105" t="s">
         <v>20</v>
       </c>
-      <c r="J99" t="s">
+      <c r="F105" t="s">
         <v>21</v>
       </c>
-      <c r="K99" t="s">
-[...34 lines deleted...]
-      <c r="H100">
+      <c r="G105" t="s">
+        <v>195</v>
+      </c>
+      <c r="H105">
+        <v>2021</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>181</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>182</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>603</v>
+      </c>
+      <c r="P105" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>605</v>
+      </c>
+      <c r="B106" t="s">
+        <v>606</v>
+      </c>
+      <c r="C106" t="s">
+        <v>178</v>
+      </c>
+      <c r="D106" t="s">
+        <v>256</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>21</v>
+      </c>
+      <c r="G106" t="s">
+        <v>195</v>
+      </c>
+      <c r="H106">
+        <v>2021</v>
+      </c>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>181</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>607</v>
+      </c>
+      <c r="M106" t="s">
+        <v>182</v>
+      </c>
+      <c r="N106" t="s">
+        <v>411</v>
+      </c>
+      <c r="O106" t="s">
+        <v>608</v>
+      </c>
+      <c r="P106" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>610</v>
+      </c>
+      <c r="B107" t="s">
+        <v>611</v>
+      </c>
+      <c r="C107" t="s">
+        <v>507</v>
+      </c>
+      <c r="D107" t="s">
+        <v>64</v>
+      </c>
+      <c r="E107" t="s">
+        <v>117</v>
+      </c>
+      <c r="F107" t="s">
+        <v>124</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2003</v>
+      </c>
+      <c r="I107">
+        <v>2021</v>
+      </c>
+      <c r="J107" t="s">
+        <v>516</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>612</v>
+      </c>
+      <c r="M107" t="s">
+        <v>613</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>614</v>
+      </c>
+      <c r="P107" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>616</v>
+      </c>
+      <c r="B108" t="s">
+        <v>617</v>
+      </c>
+      <c r="C108" t="s">
+        <v>507</v>
+      </c>
+      <c r="D108" t="s">
+        <v>64</v>
+      </c>
+      <c r="E108" t="s">
+        <v>117</v>
+      </c>
+      <c r="F108" t="s">
+        <v>71</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>1995</v>
+      </c>
+      <c r="I108">
+        <v>2019</v>
+      </c>
+      <c r="J108" t="s">
+        <v>351</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" t="s">
+        <v>618</v>
+      </c>
+      <c r="M108" t="s">
+        <v>619</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>620</v>
+      </c>
+      <c r="P108" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>622</v>
+      </c>
+      <c r="B109" t="s">
+        <v>623</v>
+      </c>
+      <c r="C109" t="s">
+        <v>507</v>
+      </c>
+      <c r="D109" t="s">
+        <v>64</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>21</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2003</v>
+      </c>
+      <c r="I109">
+        <v>2013</v>
+      </c>
+      <c r="J109" t="s">
+        <v>516</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109"/>
+      <c r="M109" t="s">
+        <v>624</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>625</v>
+      </c>
+      <c r="P109" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>627</v>
+      </c>
+      <c r="B110" t="s">
+        <v>628</v>
+      </c>
+      <c r="C110" t="s">
+        <v>507</v>
+      </c>
+      <c r="D110" t="s">
+        <v>64</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>21</v>
+      </c>
+      <c r="G110" t="s">
+        <v>50</v>
+      </c>
+      <c r="H110">
         <v>2023</v>
       </c>
-      <c r="I100" t="s">
-[...421 lines deleted...]
-      </c>
+      <c r="I110"/>
       <c r="J110" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>351</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110"/>
       <c r="M110" t="s">
-        <v>24</v>
+        <v>629</v>
       </c>
       <c r="N110" t="s">
-        <v>439</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>630</v>
+      </c>
+      <c r="P110" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>440</v>
+        <v>632</v>
       </c>
       <c r="B111" t="s">
-        <v>441</v>
+        <v>633</v>
       </c>
       <c r="C111" t="s">
-        <v>82</v>
+        <v>634</v>
       </c>
       <c r="D111" t="s">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c r="E111" t="s">
-        <v>29</v>
+        <v>117</v>
       </c>
       <c r="F111" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="G111">
+        <v>34</v>
+      </c>
+      <c r="G111" t="s">
+        <v>50</v>
+      </c>
+      <c r="H111">
         <v>2016</v>
       </c>
-      <c r="H111"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I111"/>
       <c r="J111" t="s">
-        <v>21</v>
+        <v>249</v>
       </c>
       <c r="K111" t="s">
-        <v>84</v>
+        <v>24</v>
       </c>
       <c r="L111" t="s">
-        <v>442</v>
+        <v>109</v>
       </c>
       <c r="M111" t="s">
-        <v>24</v>
+        <v>635</v>
       </c>
       <c r="N111" t="s">
-        <v>443</v>
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>636</v>
+      </c>
+      <c r="P111" t="s">
+        <v>637</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>