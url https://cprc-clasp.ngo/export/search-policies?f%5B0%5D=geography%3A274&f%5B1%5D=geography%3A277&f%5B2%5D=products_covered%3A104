--- v1 (2025-12-13)
+++ v2 (2026-01-28)
@@ -1442,97 +1442,97 @@
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>MEPS for Water Chillers</t>
   </si>
   <si>
     <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
   </si>
   <si>
     <t>CNS 12575 CNS 12812</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-chillers</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
   </si>
@@ -5456,51 +5456,51 @@
       </c>
       <c r="P63" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
         <v>400</v>
       </c>
       <c r="B64" t="s">
         <v>401</v>
       </c>
       <c r="C64" t="s">
         <v>187</v>
       </c>
       <c r="D64" t="s">
         <v>256</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>34</v>
       </c>
       <c r="G64" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="H64">
         <v>2021</v>
       </c>
       <c r="I64">
         <v>2024</v>
       </c>
       <c r="J64" t="s">
         <v>402</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
         <v>403</v>
       </c>
       <c r="M64" t="s">
         <v>189</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
         <v>404</v>
       </c>
@@ -5608,54 +5608,54 @@
         <v>419</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
         <v>420</v>
       </c>
       <c r="B67" t="s">
         <v>421</v>
       </c>
       <c r="C67" t="s">
         <v>209</v>
       </c>
       <c r="D67" t="s">
         <v>422</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>71</v>
       </c>
       <c r="G67" t="s">
         <v>50</v>
       </c>
-      <c r="H67">
+      <c r="H67"/>
+      <c r="I67">
         <v>2024</v>
       </c>
-      <c r="I67"/>
       <c r="J67" t="s">
         <v>226</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67"/>
       <c r="M67" t="s">
         <v>417</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
         <v>423</v>
       </c>
       <c r="P67" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
         <v>424</v>
       </c>
       <c r="B68" t="s">
@@ -6034,51 +6034,51 @@
       </c>
       <c r="P75" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
         <v>460</v>
       </c>
       <c r="B76" t="s">
         <v>461</v>
       </c>
       <c r="C76" t="s">
         <v>209</v>
       </c>
       <c r="D76" t="s">
         <v>64</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>21</v>
       </c>
       <c r="G76" t="s">
-        <v>8</v>
+        <v>380</v>
       </c>
       <c r="H76">
         <v>2011</v>
       </c>
       <c r="I76">
         <v>2022</v>
       </c>
       <c r="J76" t="s">
         <v>351</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76" t="s">
         <v>462</v>
       </c>
       <c r="M76" t="s">
         <v>417</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
         <v>463</v>
       </c>