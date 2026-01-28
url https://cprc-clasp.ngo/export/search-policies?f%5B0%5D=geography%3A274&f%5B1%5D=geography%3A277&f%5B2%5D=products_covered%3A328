--- v0 (2025-12-13)
+++ v1 (2026-01-28)
@@ -954,69 +954,69 @@
   <si>
     <t>MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-conditioners</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
     <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
@@ -3816,51 +3816,51 @@
       </c>
       <c r="P42" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
         <v>303</v>
       </c>
       <c r="B43" t="s">
         <v>304</v>
       </c>
       <c r="C43" t="s">
         <v>128</v>
       </c>
       <c r="D43" t="s">
         <v>50</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
-        <v>8</v>
+        <v>257</v>
       </c>
       <c r="H43">
         <v>2011</v>
       </c>
       <c r="I43">
         <v>2022</v>
       </c>
       <c r="J43" t="s">
         <v>237</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
         <v>305</v>
       </c>
       <c r="M43" t="s">
         <v>275</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
         <v>306</v>
       </c>