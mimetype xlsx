--- v0 (2025-11-08)
+++ v1 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="250">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="252">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -577,66 +577,69 @@
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-25501-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94003A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 25502-2017 Minimum allowable values of water efficiency and water efficiency grades for water closets</t>
   </si>
   <si>
     <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grade, and test methods for water closets. This standard is applicable to evaluation for water efficiency of various water closets installed in cold water pipeline in building facilities and used when water supply pressure is less than 0.6MPa.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-25502-2017-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81450D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 26969-2011 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB 3100; GB/T 12936; GB/T 18708; GB/T 19141; GB/T 26970; GB/T26971; ISO 9488:1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-26969-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FB07D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 26969-2025 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
   </si>
   <si>
     <t>This standard revises minimum energy performance standards (MEPS) and energy efficiency grades for domestic solar water heating systems with the volume of storage water tank not exceeding 0.6 cubic meter. It replaces GB 26969-2011, and will be effective starting 2026 August.</t>
-  </si>
-[...1 lines deleted...]
-    <t>October 2025</t>
   </si>
   <si>
     <t>GB/T 18708
 ,   
                     GB/T 19741</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-26969-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3820811E06397BE0A0A2D54</t>
   </si>
   <si>
     <t>GB 28377-2019 Minimum allowable values of water efficiency and water efficiency grades for urinals</t>
   </si>
   <si>
     <t>This standard specifies the water efficiency grades, technical requirements and test methods for urinals. This standard is applicable to the evaluation on water efficiency of urinals (excluding waterless urinals) installed on cold water supply piping in building facilities and used under the static water supply pressure of 0.6 MPa.</t>
   </si>
   <si>
     <t>GB/T 9195</t>
   </si>
   <si>
@@ -704,50 +707,53 @@
   </si>
   <si>
     <t>This standard specifies the water efficiency grades, technical requirements, and test methods for water purifiers. This standard applies to small water purifiers that use municipal tap water or other centralized water supply as raw water and use reverse osmosis membrane or nanofiltration membrane as the main purification element for use in households or similar places. This standard does not apply to large-scale water purifiers with a length or width or height greater than 2000mm, heavier than 100kg, or net water flow greater than 3L/min.</t>
   </si>
   <si>
     <t>GB 8538
 ,   
                     GB/T 5750
 ,   
                     GB 34914-2021</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-34914-2021-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=D275887A54507721E05397BE0A0AFB27</t>
   </si>
   <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
     <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
   </si>
   <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
   </si>
   <si>
     <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
   </si>
@@ -1155,51 +1161,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="216.947" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="805.66" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="403.33" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2597,664 +2603,664 @@
       </c>
       <c r="P29" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>178</v>
       </c>
       <c r="B30" t="s">
         <v>39</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
         <v>32</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>152</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>179</v>
       </c>
       <c r="H30">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I30">
         <v>2012</v>
       </c>
       <c r="J30" t="s">
-        <v>81</v>
+        <v>180</v>
       </c>
       <c r="K30" t="s">
         <v>41</v>
       </c>
       <c r="L30" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="M30" t="s">
         <v>26</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="P30" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B31" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
         <v>32</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>152</v>
       </c>
       <c r="G31" t="s">
         <v>8</v>
       </c>
       <c r="H31">
         <v>2011</v>
       </c>
       <c r="I31">
         <v>2025</v>
       </c>
       <c r="J31" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="K31" t="s">
         <v>34</v>
       </c>
       <c r="L31" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="M31" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="P31" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B32" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
         <v>68</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>152</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2012</v>
       </c>
       <c r="I32">
         <v>2020</v>
       </c>
       <c r="J32" t="s">
         <v>81</v>
       </c>
       <c r="K32" t="s">
         <v>62</v>
       </c>
       <c r="L32" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="M32" t="s">
         <v>171</v>
       </c>
       <c r="N32" t="s">
         <v>64</v>
       </c>
       <c r="O32" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="P32" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B33" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
         <v>70</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>152</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2013</v>
       </c>
       <c r="I33">
         <v>2020</v>
       </c>
       <c r="J33" t="s">
         <v>81</v>
       </c>
       <c r="K33" t="s">
         <v>62</v>
       </c>
       <c r="L33" t="s">
         <v>170</v>
       </c>
       <c r="M33" t="s">
         <v>171</v>
       </c>
       <c r="N33" t="s">
         <v>64</v>
       </c>
       <c r="O33" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="P33" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B34" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
         <v>60</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>152</v>
       </c>
       <c r="G34" t="s">
         <v>33</v>
       </c>
       <c r="H34">
         <v>2013</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>23</v>
       </c>
       <c r="K34" t="s">
         <v>62</v>
       </c>
       <c r="L34" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="M34" t="s">
         <v>171</v>
       </c>
       <c r="N34" t="s">
         <v>64</v>
       </c>
       <c r="O34" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="P34" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B35" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
         <v>32</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>152</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2008</v>
       </c>
       <c r="I35">
         <v>2013</v>
       </c>
       <c r="J35" t="s">
         <v>81</v>
       </c>
       <c r="K35" t="s">
         <v>34</v>
       </c>
       <c r="L35" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="M35" t="s">
         <v>26</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="P35" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B36" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
         <v>60</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>152</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2014</v>
       </c>
       <c r="I36">
         <v>2020</v>
       </c>
       <c r="J36" t="s">
         <v>81</v>
       </c>
       <c r="K36" t="s">
         <v>62</v>
       </c>
       <c r="L36" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="M36" t="s">
         <v>63</v>
       </c>
       <c r="N36" t="s">
         <v>64</v>
       </c>
       <c r="O36" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="P36" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B37" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
         <v>130</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>152</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2017</v>
       </c>
       <c r="I37">
         <v>2021</v>
       </c>
       <c r="J37" t="s">
         <v>92</v>
       </c>
       <c r="K37" t="s">
         <v>62</v>
       </c>
       <c r="L37" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="M37" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="N37" t="s">
         <v>64</v>
       </c>
       <c r="O37" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="P37" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B38" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
         <v>60</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>152</v>
       </c>
       <c r="G38" t="s">
-        <v>33</v>
+        <v>221</v>
       </c>
       <c r="H38">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>23</v>
+        <v>180</v>
       </c>
       <c r="K38" t="s">
         <v>62</v>
       </c>
       <c r="L38" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="M38" t="s">
         <v>171</v>
       </c>
       <c r="N38" t="s">
         <v>64</v>
       </c>
       <c r="O38" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P38" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B39" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
         <v>60</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>152</v>
       </c>
       <c r="G39" t="s">
         <v>8</v>
       </c>
       <c r="H39">
         <v>2019</v>
       </c>
       <c r="I39">
         <v>2025</v>
       </c>
       <c r="J39" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="N39" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="O39" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="P39" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B40" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="E40" t="s">
         <v>79</v>
       </c>
       <c r="F40" t="s">
         <v>80</v>
       </c>
       <c r="G40" t="s">
         <v>33</v>
       </c>
       <c r="H40">
         <v>2018</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
         <v>92</v>
       </c>
       <c r="K40" t="s">
         <v>41</v>
       </c>
       <c r="L40" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="M40" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="P40" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B41" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C41" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D41" t="s">
         <v>32</v>
       </c>
       <c r="E41" t="s">
         <v>79</v>
       </c>
       <c r="F41" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="G41" t="s">
         <v>33</v>
       </c>
       <c r="H41">
         <v>2008</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="K41" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="L41" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="M41" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="P41" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B42" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="E42" t="s">
         <v>79</v>
       </c>
       <c r="F42" t="s">
         <v>80</v>
       </c>
       <c r="G42" t="s">
         <v>33</v>
       </c>
       <c r="H42">
         <v>2017</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>61</v>
       </c>
       <c r="K42" t="s">
         <v>62</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
         <v>82</v>
       </c>
       <c r="N42" t="s">
         <v>64</v>
       </c>
       <c r="O42" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="P42" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">