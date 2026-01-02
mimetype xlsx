--- v0 (2025-11-10)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -81,81 +81,78 @@
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>China</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
@@ -523,51 +520,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="426.896" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="116.686" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="232.229" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -609,174 +606,176 @@
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
+        <v>8</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
         <v>22</v>
       </c>
-      <c r="H2">
-[...3 lines deleted...]
-      <c r="J2" t="s">
+      <c r="K2" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N2" t="s">
         <v>25</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>26</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
         <v>29</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>30</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="H3">
         <v>2002</v>
       </c>
       <c r="I3">
         <v>2015</v>
       </c>
       <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
         <v>35</v>
       </c>
-      <c r="K3" t="s">
+      <c r="L3" t="s">
         <v>36</v>
       </c>
-      <c r="L3" t="s">
+      <c r="M3" t="s">
         <v>37</v>
       </c>
-      <c r="M3" t="s">
+      <c r="N3" t="s">
         <v>38</v>
       </c>
-      <c r="N3" t="s">
+      <c r="O3" t="s">
         <v>39</v>
       </c>
-      <c r="O3" t="s">
+      <c r="P3" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
         <v>42</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="G4" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="H4">
         <v>2013</v>
       </c>
       <c r="I4">
         <v>2015</v>
       </c>
       <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
         <v>35</v>
       </c>
-      <c r="K4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
         <v>45</v>
       </c>
-      <c r="M4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P4" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">