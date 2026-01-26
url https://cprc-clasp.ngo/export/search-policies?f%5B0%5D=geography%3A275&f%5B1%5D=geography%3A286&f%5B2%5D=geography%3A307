--- v0 (2025-11-11)
+++ v1 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="612">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="614">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -200,63 +200,63 @@
   <si>
     <t>Efficiency Policy for Deep Freezers</t>
   </si>
   <si>
     <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 7872 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficiency-policy-deep-freezers</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
-    <t>This policy defines star labeling requirements and minimum energy perfomance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
-    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=M</t>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Direct Cool Refrigerator</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling instructions for electric mains powered direct cool refrigerating appliance of the vapour compression type intended for household and similar use being manufactures; imported; or sold in India. From January 2020, a revised star rating table will be in effect and ratcheted up by 1 star.
 This policy was revised in 2014, 2017 and 2020.</t>
@@ -299,51 +299,51 @@
   </si>
   <si>
     <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
   </si>
   <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
   </si>
   <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
     <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
@@ -780,51 +780,51 @@
   <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
     <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/Files/Air_Compressor_Schedule_Final.pdf</t>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
   </si>
   <si>
     <t>Schedule 30 Tyres</t>
   </si>
   <si>
     <t>This schedule species requirements for participating in energy labelling programme for C1, C2 &amp; C3 tyres covered under scope of AIS:142, meant for manufactured, imported and sold in India. This schedule covers the terminology, general guidelines and method of tests to be conducted on tyres as per AIS: 142 particularly the methodology for testing of rolling resistance coefficient &amp; wet grip index. This schedule specifies the tyres star rating band which is based on Rolling Resistance Coefficients. This schedule is applicable for base model, its batch and their variant model tyres.</t>
   </si>
   <si>
     <t>IS 15633</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-30-tyres</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/Schedule_30.pdf</t>
   </si>
   <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
     <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
@@ -1292,50 +1292,53 @@
   <si>
     <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
   </si>
   <si>
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
   </si>
   <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for computer monitors.</t>
@@ -1371,50 +1374,53 @@
     <t>https://cprc-clasp.ngo/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance standards for televisions.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
   </si>
   <si>
     <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
   </si>
@@ -5591,1960 +5597,1960 @@
       </c>
       <c r="P68" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
         <v>410</v>
       </c>
       <c r="B69" t="s">
         <v>411</v>
       </c>
       <c r="C69" t="s">
         <v>18</v>
       </c>
       <c r="D69" t="s">
         <v>258</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
-        <v>40</v>
+        <v>412</v>
       </c>
       <c r="H69">
         <v>2010</v>
       </c>
       <c r="I69">
         <v>2019</v>
       </c>
       <c r="J69" t="s">
         <v>41</v>
       </c>
       <c r="K69" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
         <v>25</v>
       </c>
       <c r="N69" t="s">
         <v>26</v>
       </c>
       <c r="O69" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="P69" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B70" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C70" t="s">
         <v>18</v>
       </c>
       <c r="D70" t="s">
         <v>258</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>21</v>
       </c>
       <c r="G70" t="s">
         <v>40</v>
       </c>
       <c r="H70">
         <v>2010</v>
       </c>
       <c r="I70">
         <v>2019</v>
       </c>
       <c r="J70" t="s">
         <v>89</v>
       </c>
       <c r="K70" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="L70"/>
       <c r="M70" t="s">
         <v>25</v>
       </c>
       <c r="N70" t="s">
         <v>248</v>
       </c>
       <c r="O70" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="P70" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B71" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C71" t="s">
         <v>18</v>
       </c>
       <c r="D71" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>21</v>
       </c>
       <c r="G71" t="s">
         <v>40</v>
       </c>
       <c r="H71">
         <v>2012</v>
       </c>
       <c r="I71">
         <v>2015</v>
       </c>
       <c r="J71" t="s">
         <v>41</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71" t="s">
         <v>196</v>
       </c>
       <c r="M71" t="s">
         <v>25</v>
       </c>
       <c r="N71" t="s">
         <v>26</v>
       </c>
       <c r="O71" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="P71" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B72" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C72" t="s">
         <v>18</v>
       </c>
       <c r="D72" t="s">
         <v>195</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>21</v>
       </c>
       <c r="G72" t="s">
         <v>40</v>
       </c>
       <c r="H72">
         <v>2012</v>
       </c>
       <c r="I72">
         <v>2015</v>
       </c>
       <c r="J72" t="s">
         <v>41</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72" t="s">
         <v>196</v>
       </c>
       <c r="M72" t="s">
         <v>25</v>
       </c>
       <c r="N72" t="s">
         <v>26</v>
       </c>
       <c r="O72" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="P72" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B73" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C73" t="s">
         <v>18</v>
       </c>
       <c r="D73" t="s">
         <v>195</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
         <v>2012</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
         <v>41</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
         <v>196</v>
       </c>
       <c r="M73" t="s">
         <v>25</v>
       </c>
       <c r="N73" t="s">
         <v>26</v>
       </c>
       <c r="O73" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="P73" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B74" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C74" t="s">
         <v>18</v>
       </c>
       <c r="D74" t="s">
         <v>69</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" t="s">
         <v>40</v>
       </c>
       <c r="H74">
         <v>2012</v>
       </c>
       <c r="I74">
         <v>2021</v>
       </c>
       <c r="J74" t="s">
         <v>89</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
         <v>25</v>
       </c>
       <c r="N74" t="s">
         <v>26</v>
       </c>
       <c r="O74" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="P74" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B75" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C75" t="s">
         <v>18</v>
       </c>
       <c r="D75" t="s">
         <v>69</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>21</v>
       </c>
       <c r="G75" t="s">
-        <v>40</v>
+        <v>438</v>
       </c>
       <c r="H75">
         <v>2012</v>
       </c>
       <c r="I75">
         <v>2015</v>
       </c>
       <c r="J75" t="s">
         <v>23</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
         <v>25</v>
       </c>
       <c r="N75" t="s">
         <v>26</v>
       </c>
       <c r="O75" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="P75" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B76" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="C76" t="s">
         <v>18</v>
       </c>
       <c r="D76" t="s">
         <v>69</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>21</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>2012</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
         <v>41</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
         <v>25</v>
       </c>
       <c r="N76" t="s">
         <v>26</v>
       </c>
       <c r="O76" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="P76" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B77" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="C77" t="s">
         <v>18</v>
       </c>
       <c r="D77" t="s">
         <v>102</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>21</v>
       </c>
       <c r="G77" t="s">
         <v>49</v>
       </c>
       <c r="H77">
         <v>2021</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
         <v>41</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="M77" t="s">
         <v>25</v>
       </c>
       <c r="N77" t="s">
         <v>248</v>
       </c>
       <c r="O77" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="P77" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B78" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="C78" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D78" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="E78" t="s">
         <v>161</v>
       </c>
       <c r="F78" t="s">
         <v>21</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>2021</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="M78" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N78" t="s">
         <v>26</v>
       </c>
       <c r="O78" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="P78"/>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B79" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="C79" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D79" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="E79" t="s">
         <v>161</v>
       </c>
       <c r="F79" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="G79" t="s">
         <v>40</v>
       </c>
       <c r="H79">
         <v>2002</v>
       </c>
       <c r="I79">
         <v>2015</v>
       </c>
       <c r="J79" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="K79" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="L79" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="M79" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N79" t="s">
         <v>26</v>
       </c>
       <c r="O79" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="P79" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B80" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="C80" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D80" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="E80" t="s">
         <v>161</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
         <v>40</v>
       </c>
       <c r="H80">
         <v>2013</v>
       </c>
       <c r="I80">
         <v>2015</v>
       </c>
       <c r="J80" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="K80" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="L80" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="M80" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N80" t="s">
         <v>26</v>
       </c>
       <c r="O80" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="P80" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B81" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="C81" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D81" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="E81" t="s">
         <v>161</v>
       </c>
       <c r="F81" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
         <v>2006</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="M81" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N81" t="s">
         <v>26</v>
       </c>
       <c r="O81" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="P81" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B82" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="C82" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D82" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="G82" t="s">
         <v>40</v>
       </c>
       <c r="H82">
         <v>2011</v>
       </c>
       <c r="I82">
         <v>2014</v>
       </c>
       <c r="J82" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="K82" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="L82" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="M82" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N82" t="s">
         <v>26</v>
       </c>
       <c r="O82" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="P82" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B83" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="C83" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D83" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="E83" t="s">
         <v>161</v>
       </c>
       <c r="F83" t="s">
         <v>21</v>
       </c>
       <c r="G83" t="s">
         <v>40</v>
       </c>
       <c r="H83">
         <v>2015</v>
       </c>
       <c r="I83">
         <v>2017</v>
       </c>
       <c r="J83" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="K83" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="L83" t="s">
+        <v>484</v>
+      </c>
+      <c r="M83" t="s">
+        <v>456</v>
+      </c>
+      <c r="N83" t="s">
+        <v>26</v>
+      </c>
+      <c r="O83" t="s">
+        <v>485</v>
+      </c>
+      <c r="P83" t="s">
         <v>482</v>
-      </c>
-[...10 lines deleted...]
-        <v>480</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B84" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="C84" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D84" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="E84" t="s">
         <v>161</v>
       </c>
       <c r="F84" t="s">
         <v>21</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
         <v>2015</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="M84" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N84" t="s">
         <v>26</v>
       </c>
       <c r="O84" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="P84" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B85" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="C85" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D85" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="E85" t="s">
         <v>161</v>
       </c>
       <c r="F85" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
         <v>2015</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
       <c r="L85" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="M85" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N85" t="s">
         <v>26</v>
       </c>
       <c r="O85" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="P85" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B86" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="C86" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D86" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="E86" t="s">
         <v>161</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
         <v>40</v>
       </c>
       <c r="H86">
         <v>2011</v>
       </c>
       <c r="I86">
         <v>2021</v>
       </c>
       <c r="J86" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="M86" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N86" t="s">
         <v>26</v>
       </c>
       <c r="O86" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="P86" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B87" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="C87" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D87" t="s">
         <v>358</v>
       </c>
       <c r="E87" t="s">
         <v>161</v>
       </c>
       <c r="F87" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="G87" t="s">
         <v>40</v>
       </c>
       <c r="H87">
         <v>2002</v>
       </c>
       <c r="I87">
         <v>2021</v>
       </c>
       <c r="J87" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="M87" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N87" t="s">
         <v>26</v>
       </c>
       <c r="O87" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="P87" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B88" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="C88" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D88" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="E88" t="s">
         <v>161</v>
       </c>
       <c r="F88" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
         <v>2021</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
       <c r="L88" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="M88" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N88" t="s">
         <v>26</v>
       </c>
       <c r="O88" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="P88" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="B89" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="C89" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D89" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="E89" t="s">
         <v>161</v>
       </c>
       <c r="F89" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="G89" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="H89">
         <v>2021</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="M89" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N89" t="s">
         <v>26</v>
       </c>
       <c r="O89" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="P89" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B90" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="C90" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D90" t="s">
         <v>154</v>
       </c>
       <c r="E90" t="s">
         <v>161</v>
       </c>
       <c r="F90" t="s">
         <v>21</v>
       </c>
       <c r="G90" t="s">
         <v>40</v>
       </c>
       <c r="H90">
         <v>2011</v>
       </c>
       <c r="I90">
         <v>2021</v>
       </c>
       <c r="J90" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="M90" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N90" t="s">
         <v>26</v>
       </c>
       <c r="O90" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="P90" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B91" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C91" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D91" t="s">
         <v>358</v>
       </c>
       <c r="E91" t="s">
         <v>161</v>
       </c>
       <c r="F91" t="s">
         <v>21</v>
       </c>
       <c r="G91" t="s">
         <v>40</v>
       </c>
       <c r="H91">
         <v>2011</v>
       </c>
       <c r="I91">
         <v>2021</v>
       </c>
       <c r="J91" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
       <c r="L91" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="M91" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N91" t="s">
         <v>26</v>
       </c>
       <c r="O91" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="P91" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B92" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="C92" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D92" t="s">
         <v>310</v>
       </c>
       <c r="E92" t="s">
         <v>161</v>
       </c>
       <c r="F92" t="s">
         <v>21</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>2021</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
       <c r="L92" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="M92" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N92" t="s">
         <v>26</v>
       </c>
       <c r="O92" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="P92" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="B93" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="C93" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D93" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="E93" t="s">
         <v>161</v>
       </c>
       <c r="F93" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
         <v>2021</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
       <c r="L93" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="M93" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N93" t="s">
         <v>26</v>
       </c>
       <c r="O93" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="P93" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="B94" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="C94" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D94" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="E94" t="s">
         <v>161</v>
       </c>
       <c r="F94" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="G94" t="s">
         <v>40</v>
       </c>
       <c r="H94">
         <v>2002</v>
       </c>
       <c r="I94">
         <v>2021</v>
       </c>
       <c r="J94" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="M94" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N94" t="s">
         <v>26</v>
       </c>
       <c r="O94" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="P94" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="B95" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="C95" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D95" t="s">
         <v>154</v>
       </c>
       <c r="E95" t="s">
         <v>161</v>
       </c>
       <c r="F95" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="G95" t="s">
         <v>40</v>
       </c>
       <c r="H95">
         <v>2002</v>
       </c>
       <c r="I95">
         <v>2021</v>
       </c>
       <c r="J95" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
       <c r="L95" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="M95" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N95" t="s">
         <v>26</v>
       </c>
       <c r="O95" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="P95" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="B96" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="C96" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D96" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="E96" t="s">
         <v>161</v>
       </c>
       <c r="F96" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="G96" t="s">
         <v>40</v>
       </c>
       <c r="H96">
         <v>2002</v>
       </c>
       <c r="I96">
         <v>2021</v>
       </c>
       <c r="J96" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="K96" t="s">
         <v>24</v>
       </c>
       <c r="L96" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="M96" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N96" t="s">
         <v>26</v>
       </c>
       <c r="O96" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="P96" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="B97" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C97" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D97" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="E97" t="s">
         <v>161</v>
       </c>
       <c r="F97" t="s">
         <v>21</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
         <v>2021</v>
       </c>
       <c r="I97"/>
       <c r="J97" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="K97" t="s">
         <v>24</v>
       </c>
       <c r="L97" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="M97" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N97" t="s">
         <v>26</v>
       </c>
       <c r="O97" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="P97"/>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="B98" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C98" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D98" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="E98" t="s">
         <v>161</v>
       </c>
       <c r="F98" t="s">
         <v>21</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
         <v>2021</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
       <c r="L98" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="M98" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N98" t="s">
         <v>26</v>
       </c>
       <c r="O98" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="P98"/>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B99" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="C99" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D99" t="s">
         <v>258</v>
       </c>
       <c r="E99" t="s">
         <v>161</v>
       </c>
       <c r="F99" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99">
         <v>2022</v>
       </c>
       <c r="I99"/>
       <c r="J99" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="K99" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="L99" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="M99" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N99" t="s">
         <v>26</v>
       </c>
       <c r="O99" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="P99" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="B100" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="C100" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D100" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="E100" t="s">
         <v>161</v>
       </c>
       <c r="F100" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
         <v>2022</v>
       </c>
       <c r="I100"/>
       <c r="J100" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="K100" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="L100"/>
       <c r="M100" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N100" t="s">
         <v>26</v>
       </c>
       <c r="O100" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="P100" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="B101" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="C101" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D101" t="s">
         <v>258</v>
       </c>
       <c r="E101" t="s">
         <v>161</v>
       </c>
       <c r="F101" t="s">
         <v>21</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
         <v>2022</v>
       </c>
       <c r="I101"/>
       <c r="J101" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="K101" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="L101" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="M101" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N101" t="s">
         <v>26</v>
       </c>
       <c r="O101" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="P101" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="B102" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="C102" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D102" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="E102" t="s">
         <v>161</v>
       </c>
       <c r="F102" t="s">
         <v>21</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
         <v>2022</v>
       </c>
       <c r="I102"/>
       <c r="J102" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="K102" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="L102" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="M102" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N102" t="s">
         <v>26</v>
       </c>
       <c r="O102" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="P102" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="B103" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="C103" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D103" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="E103" t="s">
         <v>161</v>
       </c>
       <c r="F103" t="s">
         <v>21</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
         <v>2022</v>
       </c>
       <c r="I103"/>
       <c r="J103" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="K103" t="s">
         <v>24</v>
       </c>
       <c r="L103" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="M103" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N103" t="s">
         <v>26</v>
       </c>
       <c r="O103" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="P103" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B104" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C104" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D104" t="s">
         <v>137</v>
       </c>
       <c r="E104" t="s">
         <v>161</v>
       </c>
       <c r="F104" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
         <v>2008</v>
       </c>
       <c r="I104"/>
       <c r="J104" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="K104" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="L104" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="M104" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N104" t="s">
         <v>26</v>
       </c>
       <c r="O104" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="P104" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="B105" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="C105" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D105" t="s">
         <v>69</v>
       </c>
       <c r="E105" t="s">
         <v>161</v>
       </c>
       <c r="F105" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="G105" t="s">
         <v>40</v>
       </c>
       <c r="H105">
         <v>2012</v>
       </c>
       <c r="I105">
         <v>2015</v>
       </c>
       <c r="J105" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="K105" t="s">
         <v>24</v>
       </c>
       <c r="L105" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="M105" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N105" t="s">
         <v>26</v>
       </c>
       <c r="O105" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="P105" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="B106" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="C106" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D106" t="s">
         <v>82</v>
       </c>
       <c r="E106" t="s">
         <v>161</v>
       </c>
       <c r="F106" t="s">
         <v>21</v>
       </c>
       <c r="G106" t="s">
         <v>162</v>
       </c>
       <c r="H106"/>
       <c r="I106"/>
       <c r="J106" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="K106" t="s">
         <v>24</v>
       </c>
       <c r="L106"/>
       <c r="M106" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="N106" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="O106" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="P106"/>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="B107" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="C107" t="s">
         <v>18</v>
       </c>
       <c r="D107" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>21</v>
       </c>
       <c r="G107" t="s">
         <v>40</v>
       </c>
       <c r="H107">
         <v>2011</v>
       </c>
       <c r="I107">
         <v>2013</v>
       </c>
       <c r="J107" t="s">
         <v>23</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107"/>
       <c r="M107" t="s">
         <v>25</v>
       </c>
       <c r="N107" t="s">
         <v>26</v>
       </c>
       <c r="O107" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="P107" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="B108" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="C108" t="s">
         <v>46</v>
       </c>
       <c r="D108" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="E108" t="s">
         <v>161</v>
       </c>
       <c r="F108" t="s">
         <v>32</v>
       </c>
       <c r="G108" t="s">
         <v>40</v>
       </c>
       <c r="H108">
         <v>2011</v>
       </c>
       <c r="I108">
         <v>2017</v>
       </c>
       <c r="J108" t="s">
         <v>163</v>
       </c>
       <c r="K108" t="s">
         <v>164</v>
       </c>
       <c r="L108"/>
       <c r="M108" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="N108" t="s">
         <v>166</v>
       </c>
       <c r="O108" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="P108" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">