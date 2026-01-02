--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -62,93 +62,93 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
@@ -592,53 +592,51 @@
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>2022</v>
       </c>
-      <c r="I2">
-[...1 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>