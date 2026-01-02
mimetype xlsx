--- v0 (2025-11-06)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -118,50 +118,53 @@
   <si>
     <t>MS IEC 62301:2012; IEC 62301:2011
 ,   
                     MS IEC 62087-3:2017; IEC 62087-3:2015</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
   </si>
   <si>
     <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
     <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
@@ -614,51 +617,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="173.243" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="681.834" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="301.926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -746,366 +749,366 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H3">
         <v>2015</v>
       </c>
       <c r="I3">
         <v>2019</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H4">
         <v>2021</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="M4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P4"/>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H5">
         <v>2015</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="M5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="P5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H6">
         <v>2015</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="P6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H7">
         <v>2021</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G8" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H8">
         <v>2021</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D9" t="s">
         <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F9" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
       <c r="I9">
         <v>2015</v>
       </c>
       <c r="J9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M9" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="P9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">