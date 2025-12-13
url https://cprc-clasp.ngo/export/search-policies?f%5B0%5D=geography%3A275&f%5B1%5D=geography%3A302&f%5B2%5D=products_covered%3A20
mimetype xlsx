--- v0 (2025-10-10)
+++ v1 (2025-12-13)
@@ -12,260 +12,312 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Solid Fuel Boilers and Packages of Solid Fuel Boilers, Additional Heaters, Temperature Control Devices and Solar Energy Devices (2015/1187/EU) (SGM: 2022/31)</t>
   </si>
   <si>
+    <t>This policy defines the energy labeling of and the provision of supplementary product information on solid fuel boilers with a rated heat output of 70 kW or less and packages of a solid fuel boiler with a rated heat output of 70 kW or less, supplementary heaters, temperature controls, and solar devices. It does not apply to boilers generating heat only for hot drinking or sanitary water; boilers for heating and distributing gaseous heat transfer media such as vapor or air; solid fuel cogeneration boilers with a maximum electrical capacity of 50 kW or more; non-woody biomass boilers. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1187.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity, Solar, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-energy-labeling-solid-fuel-boilers-and-packages-solid</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Boilers (2015/1189/EU) (SGM: 2022/33)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel boilers with a rated heat output of 500 kilowatts (‘kW’) or less, including those integrated in packages of a solid fuel boiler, supplementary heaters, temperature controls, and solar devices as defined in Article 2 of Delegated Regulation (EU) 2015/1187. This policy is a transposition of Commission Regulation (EU) 2015/1189.</t>
+  </si>
+  <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1189</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -529,481 +581,538 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="862.218" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="H4">
+        <v>2006</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>32</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...12 lines deleted...]
-      <c r="E3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>36</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2022</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>40</v>
+      </c>
+      <c r="N5" t="s">
         <v>26</v>
       </c>
-      <c r="F3" t="s">
-[...6 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...3 lines deleted...]
-      <c r="L3" t="s">
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
-[...3 lines deleted...]
-        <v>28</v>
+      <c r="H6">
+        <v>2022</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>46</v>
+      </c>
+      <c r="K6" t="s">
+        <v>54</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>40</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...6 lines deleted...]
-      <c r="C4" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>31</v>
       </c>
-      <c r="D4" t="s">
-[...12 lines deleted...]
-      <c r="I4" t="s">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>46</v>
+      </c>
+      <c r="K7" t="s">
+        <v>59</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>40</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>36</v>
+      </c>
+      <c r="D8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>31</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2022</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>46</v>
+      </c>
+      <c r="K8" t="s">
+        <v>65</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>40</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>36</v>
+      </c>
+      <c r="D9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2022</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>46</v>
+      </c>
+      <c r="K9" t="s">
         <v>32</v>
       </c>
-      <c r="J4" t="s">
-[...44 lines deleted...]
-      <c r="K5" t="s">
+      <c r="L9" t="s">
+        <v>71</v>
+      </c>
+      <c r="M9" t="s">
         <v>40</v>
       </c>
-      <c r="L5" t="s">
-[...62 lines deleted...]
-      <c r="E7" t="s">
+      <c r="N9" t="s">
         <v>26</v>
       </c>
-      <c r="F7" t="s">
-[...106 lines deleted...]
-        <v>56</v>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>