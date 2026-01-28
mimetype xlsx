--- v0 (2025-11-28)
+++ v1 (2026-01-28)
@@ -12,608 +12,608 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="290">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="292">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
-[...482 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>AS 1731.1-13:2003</t>
+  </si>
+  <si>
+    <t>Energy Efficiency and Conservation Authority (EECA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
+  </si>
+  <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
+    <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
+  </si>
+  <si>
+    <t>MEPL covers some single phase heat pump|air conditioners.</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
+  </si>
+  <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
+  </si>
+  <si>
+    <t>AS/NZS 4776.2:2008: Liquid-chilling packages using the vapour compression cycle—Minimum energy performance standard (MEPS) and compliance requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
+    <t>Chillers - Cooler Towers</t>
+  </si>
+  <si>
+    <t>AS/NZS 4776 parts 1.1 and 1.2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/asnzs-477622008-liquid-chilling-packages-using-vapour-compression-cycle-minimum-energy</t>
+  </si>
+  <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
+    <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>AS/NZS 4847.1:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
+    <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
+    <t>Climate Controls</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>AS/NZS 4965.1:2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
+  </si>
+  <si>
+    <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>AS/NZS 4782.1:2004</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
+  </si>
+  <si>
+    <t>Domestic fridges and freezers</t>
+  </si>
+  <si>
+    <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>IEC 62552 parts 1 to 3</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/domestic-fridges-and-freezers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
+  </si>
+  <si>
+    <t>Draft MEPS for chillers</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS  requirement for chillers</t>
+  </si>
+  <si>
+    <t>Refrigeration, Industrial Process Chillers</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-chillers</t>
+  </si>
+  <si>
+    <t>Draft MEPS for electric motors</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
+    <t>Variable Speed Drives</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-electric-motors-0</t>
+  </si>
+  <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
+    <t>Draft MEPS for RDCs</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-rdcs</t>
+  </si>
+  <si>
+    <t>Draft MEPS for televisions</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-televisions</t>
+  </si>
+  <si>
+    <t>Draft MEPS for washing machines</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for washing machines.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>SNI IEC 60311-2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-washing-machines-0</t>
+  </si>
+  <si>
+    <t>Draft MEPS for water pumps</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-water-pumps</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
+  </si>
+  <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
+  </si>
+  <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
+  </si>
+  <si>
+    <t>labeling for clothes dryers</t>
+  </si>
+  <si>
+    <t>Clothes Dryers</t>
+  </si>
+  <si>
+    <t>AS/NZS 2442.2:2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/labeling-clothes-dryers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-dryers-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>labeling for clothes washers</t>
+  </si>
+  <si>
+    <t>AS/NZS 2040.2:2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/labeling-clothes-washers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-washer-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>labeling for dishwashers</t>
+  </si>
+  <si>
+    <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>AS/NZS 2007.2:2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/labeling-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>MEPS and MEPL for Computer Monitors</t>
+  </si>
+  <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
+    <t>Displays</t>
+  </si>
+  <si>
+    <t>AS/NZS 5815.2:2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-and-mepl-computer-monitors</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
+  </si>
+  <si>
+    <t>MEPS and MEPL for televisions</t>
+  </si>
+  <si>
+    <t>MEPS and MEPL cover televisions defined as a display device; designed for the primary purpose of showing television pictures; and supplied with a television tuner. This includes multifunction televisions and display devices supplied in modular form with an external television tuner. The E3 Programme is planning to undertake a review of the existing requirements for televisions and assess opportunities to make further energy efficiency gains</t>
+  </si>
+  <si>
+    <t>AS/NZS 62087.1:2010AS/NZS62087.2.2:2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-and-mepl-televisions</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/televisions/</t>
+  </si>
+  <si>
+    <t>MEPS for ballasts for fluorescent lamps</t>
+  </si>
+  <si>
+    <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-ballasts-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/ballast-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>MEPS for Computers</t>
+  </si>
+  <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
+    <t>Computers</t>
+  </si>
+  <si>
+    <t>AS/NZS 5813.2:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-computers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
+  </si>
+  <si>
+    <t>MEPS for Hot Water Systems</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>AS/NZS 4692.1:2005; NZ4602:1988; NZ4606.1:1989</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-hot-water-systems</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/hot-water-systems/</t>
+  </si>
+  <si>
+    <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters, Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>AS 4552-2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-hot-water-systems-0</t>
   </si>
   <si>
     <t>MEPS for LED lamps</t>
   </si>
   <si>
     <t>MEPL covers mains electric clothes washers intended for household and similar use. This includes both horizontal and vertical axis single bowl machines twin tub units and the washing function of combination washer|dryer units. MEPL does not apply to clothes washers specifically designed for commercial use.</t>
   </si>
   <si>
     <t>AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-led-lamps</t>
   </si>
   <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
     <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
   </si>
   <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
@@ -663,50 +663,53 @@
     <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/distribution-transformers-factsheet.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
     <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
@@ -723,50 +726,53 @@
     <t>Minimum Performance of external power supplies</t>
   </si>
   <si>
     <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-performance-external-power-supplies</t>
   </si>
   <si>
     <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
   </si>
@@ -1258,51 +1264,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="221.66" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="659.41" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="77.695" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="251.224" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1343,2419 +1349,2415 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>1998</v>
+        <v>2003</v>
       </c>
       <c r="I3">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2008</v>
+        <v>1998</v>
       </c>
       <c r="I4">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="M4" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G5" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="H5">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I5"/>
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2011</v>
+      </c>
       <c r="J5" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="M5" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G6" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="H6">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="M6" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="P6" t="s">
-        <v>43</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B7" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="H7">
-        <v>1997</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="M7" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="P7" t="s">
-        <v>29</v>
+        <v>52</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1997</v>
+      </c>
+      <c r="I8">
+        <v>2018</v>
+      </c>
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>37</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
         <v>39</v>
-      </c>
-[...38 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="B9" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>56</v>
+      </c>
+      <c r="H9">
+        <v>2004</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>37</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
         <v>59</v>
-      </c>
-[...34 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B10" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C10" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="E10" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>77</v>
       </c>
       <c r="G10" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-      <c r="I10"/>
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1986</v>
+      </c>
+      <c r="I10">
+        <v>2018</v>
+      </c>
       <c r="J10" t="s">
+        <v>43</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
         <v>78</v>
       </c>
-      <c r="K10" t="s">
-[...2 lines deleted...]
-      <c r="L10"/>
       <c r="M10" t="s">
+        <v>37</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
         <v>79</v>
       </c>
-      <c r="N10" t="s">
-[...2 lines deleted...]
-      <c r="O10" t="s">
+      <c r="P10" t="s">
         <v>80</v>
       </c>
-      <c r="P10"/>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>81</v>
       </c>
       <c r="B11" t="s">
         <v>82</v>
       </c>
       <c r="C11" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>83</v>
       </c>
       <c r="E11" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="F11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G11" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
-[...3 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="P11"/>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C12" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>19</v>
+        <v>91</v>
       </c>
       <c r="E12" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="H12"/>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>79</v>
+        <v>26</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="P12"/>
+        <v>92</v>
+      </c>
+      <c r="P12" t="s">
+        <v>93</v>
+      </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="B13" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C13" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>92</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="F13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G13" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="H13"/>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="L13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="P13"/>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B14" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C14" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E14" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="F14" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="H14"/>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="M14" t="s">
-        <v>84</v>
+        <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="P14" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B15" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C15" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="E15" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="F15" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="H15"/>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="L15"/>
+      <c r="L15" t="s">
+        <v>105</v>
+      </c>
       <c r="M15" t="s">
-        <v>84</v>
+        <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="P15" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B16" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C16" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="E16" t="s">
-        <v>20</v>
+        <v>84</v>
       </c>
       <c r="F16" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="H16"/>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>106</v>
+        <v>86</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>84</v>
+        <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="P16" t="s">
-        <v>108</v>
+        <v>93</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B17" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C17" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>111</v>
+        <v>33</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="H17">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I17">
         <v>2023</v>
       </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="P17" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B18" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C18" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>92</v>
+        <v>118</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="H18">
+        <v>2015</v>
+      </c>
+      <c r="I18">
         <v>2023</v>
       </c>
-      <c r="I18"/>
       <c r="J18" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="P18" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="B19" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C19" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>120</v>
+        <v>99</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="H19">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
+        <v>124</v>
+      </c>
+      <c r="P19" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="B20" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="C20" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
+        <v>2022</v>
+      </c>
+      <c r="I20">
         <v>2024</v>
       </c>
-      <c r="I20">
-[...1 lines deleted...]
-      </c>
       <c r="J20" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="P20" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="B21" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C21" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>47</v>
-[...4 lines deleted...]
-      <c r="I21"/>
+        <v>22</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21">
+        <v>2024</v>
+      </c>
       <c r="J21" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="P21" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B22" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>68</v>
+        <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="H22">
-        <v>1990</v>
+        <v>2025</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>34</v>
+        <v>113</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="L22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>26</v>
+        <v>119</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="P22" t="s">
-        <v>134</v>
+        <v>121</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B23" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C23" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>97</v>
+        <v>138</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="G23" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="H23">
         <v>1990</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="M23" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="P23" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B24" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C24" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D24" t="s">
-        <v>141</v>
+        <v>104</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="G24" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="H24">
-        <v>1987</v>
+        <v>1990</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="M24" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P24" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B25" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C25" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D25" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>33</v>
+        <v>77</v>
       </c>
       <c r="G25" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="H25">
-        <v>2013</v>
+        <v>1987</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="M25" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="P25" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B26" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C26" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D26" t="s">
-        <v>92</v>
+        <v>154</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="H26">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="M26" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="P26" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B27" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C27" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D27" t="s">
-        <v>158</v>
+        <v>99</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="H27">
-        <v>2002</v>
-[...1 lines deleted...]
-      <c r="I27"/>
+        <v>2012</v>
+      </c>
+      <c r="I27">
+        <v>2017</v>
+      </c>
       <c r="J27" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="L27"/>
+      <c r="L27" t="s">
+        <v>160</v>
+      </c>
       <c r="M27" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="P27" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B28" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C28" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D28" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G28" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="H28">
-        <v>2013</v>
+        <v>2002</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="L28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L28"/>
       <c r="M28" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="P28" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B29" t="s">
-        <v>52</v>
+        <v>169</v>
       </c>
       <c r="C29" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D29" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G29" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="H29">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I29"/>
       <c r="J29" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="M29" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="P29" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>167</v>
+        <v>174</v>
       </c>
       <c r="B30" t="s">
-        <v>172</v>
+        <v>61</v>
       </c>
       <c r="C30" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D30" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="I30">
         <v>2018</v>
       </c>
       <c r="J30" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="K30" t="s">
-        <v>174</v>
+        <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="M30" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="P30" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="B31" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C31" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="D31" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
-        <v>2022</v>
+        <v>2005</v>
       </c>
       <c r="I31">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="J31" t="s">
-        <v>180</v>
+        <v>43</v>
       </c>
       <c r="K31" t="s">
-        <v>24</v>
+        <v>181</v>
       </c>
       <c r="L31" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="M31" t="s">
-        <v>84</v>
+        <v>37</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="P31" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>184</v>
       </c>
       <c r="B32" t="s">
         <v>185</v>
       </c>
       <c r="C32" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D32" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G32" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="H32"/>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
         <v>186</v>
       </c>
       <c r="M32" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
         <v>187</v>
       </c>
       <c r="P32" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>188</v>
       </c>
       <c r="B33" t="s">
         <v>189</v>
       </c>
       <c r="C33" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D33" t="s">
         <v>190</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G33" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="H33">
         <v>2008</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
         <v>191</v>
       </c>
       <c r="M33" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
         <v>192</v>
       </c>
       <c r="P33" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>194</v>
       </c>
       <c r="B34" t="s">
         <v>195</v>
       </c>
       <c r="C34" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D34" t="s">
         <v>196</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2002</v>
       </c>
       <c r="I34">
         <v>2006</v>
       </c>
       <c r="J34" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
         <v>197</v>
       </c>
       <c r="M34" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
         <v>198</v>
       </c>
       <c r="P34" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>200</v>
       </c>
       <c r="B35" t="s">
         <v>201</v>
       </c>
       <c r="C35" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D35" t="s">
         <v>202</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2004</v>
       </c>
       <c r="I35">
         <v>2011</v>
       </c>
       <c r="J35" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
         <v>203</v>
       </c>
       <c r="M35" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
         <v>204</v>
       </c>
       <c r="P35" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>206</v>
       </c>
       <c r="B36" t="s">
         <v>207</v>
       </c>
       <c r="C36" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="D36" t="s">
         <v>208</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="H36">
         <v>2021</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
         <v>209</v>
       </c>
       <c r="M36" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
         <v>210</v>
       </c>
       <c r="P36" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
         <v>212</v>
       </c>
       <c r="B37" t="s">
         <v>213</v>
       </c>
       <c r="C37" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>47</v>
+        <v>214</v>
       </c>
       <c r="H37">
         <v>2021</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="M37" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="P37" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B38" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C38" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G38" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="H38">
         <v>2021</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="M38" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="P38" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B39" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C39" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D39" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2005</v>
       </c>
       <c r="I39">
         <v>2011</v>
       </c>
       <c r="J39" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="M39" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="P39" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B40" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C40" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G40" t="s">
-        <v>22</v>
+        <v>233</v>
       </c>
       <c r="H40">
         <v>2021</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="M40" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="P40" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B41" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C41" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G41" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="H41">
         <v>2021</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>84</v>
+        <v>26</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="P41" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B42" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C42" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2015</v>
       </c>
       <c r="I42">
         <v>2018</v>
       </c>
       <c r="J42" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="M42" t="s">
-        <v>84</v>
+        <v>26</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="P42" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B43" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C43" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="D43" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2013</v>
       </c>
       <c r="I43">
         <v>2016</v>
       </c>
       <c r="J43" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="M43" t="s">
-        <v>84</v>
+        <v>26</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="P43" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="B44" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C44" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="D44" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2013</v>
       </c>
       <c r="I44">
         <v>2020</v>
       </c>
       <c r="J44" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="M44" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="P44" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B45" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C45" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="D45" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2011</v>
       </c>
       <c r="I45">
         <v>2019</v>
       </c>
       <c r="J45" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="M45" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="P45" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="B46" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="C46" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="D46" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G46" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="H46">
         <v>2013</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="M46" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="P46" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B47" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C47" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="D47" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2014</v>
       </c>
       <c r="I47">
         <v>2015</v>
       </c>
       <c r="J47" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="P47" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B48" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C48" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="D48" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G48" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="H48">
         <v>2014</v>
       </c>
       <c r="I48">
         <v>2019</v>
       </c>
       <c r="J48" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="P48" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B49" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C49" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="D49" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G49" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="H49">
         <v>2016</v>
       </c>
       <c r="I49">
         <v>2018</v>
       </c>
       <c r="J49" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="P49" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B50" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C50" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="D50" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G50" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="H50">
         <v>2017</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="P50" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B51" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C51" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="D51" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2016</v>
       </c>
       <c r="I51">
         <v>2019</v>
       </c>
       <c r="J51" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="P51" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">