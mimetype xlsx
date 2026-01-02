--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -62,84 +62,84 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
     <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
   </si>
@@ -593,51 +593,51 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
         <v>25</v>
       </c>
       <c r="N2" t="s">
         <v>26</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>