--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,320 +12,408 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
   </si>
   <si>
+    <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
+  </si>
+  <si>
     <t>Joint Resolution No. 031 and 089, 2013</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>ISO 15502:2005,IEC 60335-2-24:2007</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/joint-resolution-no-031-and-089-2013</t>
   </si>
   <si>
+    <t>https://www.tuv-sud.cn/cn-en/resource-centre/publications/e-ssentials-newsletter/consumer-products-retail/vol.-81/venezuela-energy-efficiency-labelling</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
   </si>
   <si>
+    <t>The document contains technical regulation for  energy efficiency labeling for refrigeration and freezing appliances</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>IEC 60335-2-24:2007,ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
   </si>
   <si>
+    <t>http://www.sencamer.gob.ve/publicos/descargas/pdf/consumo-eficiente.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Resolucion Aires Acondicionados</t>
   </si>
   <si>
+    <t>Regulation only applies to air conditioners and air-cooled condenser with a capacity of less than or equal to 35 kW</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ISO 5151:2010,IEC 60335-1 Edition 5.0,ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-resolucion-aires-acondicionados</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
   </si>
   <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>IEC 60456 /2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
+    <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
   </si>
   <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
+  </si>
+  <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
   </si>
   <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
+  </si>
+  <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -589,737 +677,830 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="181" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="621.563" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="207.521" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>33</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...4 lines deleted...]
-      <c r="M2" t="s">
+      <c r="F4" t="s">
+        <v>38</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
+        <v>2005</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>33</v>
+      </c>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>38</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>33</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>31</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>33</v>
+      </c>
+      <c r="N6" t="s">
         <v>25</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>52</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>33</v>
+      </c>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8" t="s">
+        <v>30</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>52</v>
+      </c>
+      <c r="G8" t="s">
+        <v>39</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8">
+        <v>2020</v>
+      </c>
+      <c r="J8" t="s">
+        <v>65</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>67</v>
+      </c>
+      <c r="N8" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>64</v>
+      </c>
+      <c r="D9" t="s">
+        <v>58</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>52</v>
+      </c>
+      <c r="G9" t="s">
+        <v>39</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>65</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>72</v>
+      </c>
+      <c r="M9" t="s">
+        <v>67</v>
+      </c>
+      <c r="N9" t="s">
+        <v>25</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D10" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>52</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>78</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>79</v>
+      </c>
+      <c r="M10" t="s">
+        <v>67</v>
+      </c>
+      <c r="N10" t="s">
+        <v>25</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" t="s">
+        <v>84</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>52</v>
+      </c>
+      <c r="G11" t="s">
+        <v>39</v>
+      </c>
+      <c r="H11">
         <v>2014</v>
       </c>
-      <c r="H3"/>
-[...12 lines deleted...]
-      <c r="M3" t="s">
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>78</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>67</v>
+      </c>
+      <c r="N11" t="s">
+        <v>25</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>64</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>52</v>
+      </c>
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="N3" t="s">
-        <v>29</v>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>65</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>67</v>
+      </c>
+      <c r="N12" t="s">
+        <v>25</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>91</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...6 lines deleted...]
-      <c r="C4" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D13" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>52</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>65</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>67</v>
+      </c>
+      <c r="N13" t="s">
         <v>25</v>
       </c>
-      <c r="D4" t="s">
-[...26 lines deleted...]
-      <c r="M4" t="s">
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>64</v>
+      </c>
+      <c r="D14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="N4" t="s">
-        <v>35</v>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>78</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>67</v>
+      </c>
+      <c r="N14" t="s">
+        <v>25</v>
+      </c>
+      <c r="O14" t="s">
+        <v>100</v>
+      </c>
+      <c r="P14" t="s">
+        <v>86</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...22 lines deleted...]
-      <c r="I5" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>101</v>
+      </c>
+      <c r="B15" t="s">
+        <v>102</v>
+      </c>
+      <c r="C15" t="s">
+        <v>64</v>
+      </c>
+      <c r="D15" t="s">
+        <v>103</v>
+      </c>
+      <c r="E15" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
-[...14 lines deleted...]
-      <c r="A6" t="s">
+      <c r="F15" t="s">
+        <v>52</v>
+      </c>
+      <c r="G15" t="s">
         <v>39</v>
       </c>
-      <c r="B6" t="s">
-[...86 lines deleted...]
-      <c r="C8" t="s">
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>78</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>67</v>
+      </c>
+      <c r="N15" t="s">
         <v>25</v>
       </c>
-      <c r="D8" t="s">
-[...324 lines deleted...]
-        <v>76</v>
+      <c r="O15" t="s">
+        <v>104</v>
+      </c>
+      <c r="P15" t="s">
+        <v>105</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>