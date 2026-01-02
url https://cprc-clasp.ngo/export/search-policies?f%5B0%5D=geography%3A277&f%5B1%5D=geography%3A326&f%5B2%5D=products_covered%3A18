--- v0 (2025-11-13)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="636">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="639">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -937,60 +937,60 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
     <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
     <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
   </si>
   <si>
     <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
   </si>
   <si>
     <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
   </si>
   <si>
     <t>GB 12021.2-2015 The maximum allowable values of the energy consumption and energy efficiency grade for household refrigerators</t>
   </si>
   <si>
     <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L; also applies to wine coolers and built-in type refrigerating appliances.</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 8059; IEC 62552-1; IEC 62552-2; IEC 62552-3</t>
   </si>
@@ -1093,97 +1093,97 @@
   <si>
     <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
     <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
 or equal to 320 L, chest type with solid door.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Malaysia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Refrigerator</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for refrigerator with the following criteria:
 (a) one door or two door;
 (b) can be connected to main power; and
 (c) within the scope of MS IEC 62552-1:2016 or equivalent standard
 IEC 62552-1:2015</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016
 ,   
                     MS IEC 62552-3:2016
 ,   
                     IEC 62552-1:2015
 ,   
                     IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-refrigerator</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Household Refrigerating Appliances) Determination 2019</t>
   </si>
   <si>
     <t>Refrigerators, freezers and refrigerator-freezers which intended for household or similar use and which: operate using the vapour compression cycle; and use mains electricity (230/240 Volts at 50 Hz) as the primary power source.</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
@@ -1258,50 +1258,53 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n87-water-dispensers</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/87/190fe105-4e4d-4c84-a549-3422f4412469.pdf</t>
   </si>
   <si>
     <t>Greenmark N91 - Water fountains</t>
   </si>
   <si>
     <t>This standard is applicable to water fountains which meet the definition of CNS 3910. Product types:    1. Chilled-warm-hot water fountains: products which dispense chilled; warm; and hot water.    2. Warm-hot water fountains: products which only dispense warm and hot water.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n91-water-fountains</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/91/9538f24f-74ad-4582-94a3-0dc387ee1cf5.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-refrigerator</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Refrigerating Appliances 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards and labeling requirements for refrigerating appliances according to section 9 of Department Circular No. 2020-06-0015. Products in scope include refrigerators and refrigerator-freezers (manual defrost and frost-free) with a minimum volume capacity of 113 liters for domestic and similar use. Freezers are not covered in the scope.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62552-1
 ,   
                     PNS IEC 62552-2
 ,   
@@ -1316,66 +1319,66 @@
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for the following products:
 - Refrigerators without a freezer up to 900L
 - Refrigerators with a freezer up to 300L
 - Refrigerators with a freezer &gt; 300L to 900L
 - Refrigerators with freezer and through-the-door ice dispenser</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>IEC 62552:2007
 ,   
                     ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-refrigerators</t>
   </si>
@@ -1409,93 +1412,96 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-freezers</t>
   </si>
   <si>
     <t>MEPS for Kim-chi Refrigerators</t>
   </si>
   <si>
     <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50percent of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-kim-chi-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Refrigerator</t>
   </si>
   <si>
     <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerator</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>MEPS for refrigerators, freezers and combined equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-freezers-and-combined-equipment</t>
   </si>
   <si>
     <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards and Labeling Requirements for Household Refrigerator-Freezers</t>
   </si>
   <si>
     <t>This policy contains mandatory minimum energy performance standards (MEPS) and labeling requirements for household/domestic refrigerator-freezers. 
 MEPS requirement (kWh/year): 0.576 x Vadj + 420
 Where Vadj = adjusted volume (in liters)</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
@@ -1928,50 +1934,53 @@
                     TIS 2186-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-refrigerators</t>
   </si>
   <si>
     <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ref.pdf</t>
   </si>
   <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Hot/Cold Bottled Water Dispensers</t>
   </si>
   <si>
     <t>This policy applies to hot/cold bottled water dispensers, which are defined as free-standing devices that consume energy and dispense water from removable, typically 8–20 L plastic bottles commonly positioned on top/at the bottom of the unit.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-hotcold-bottled-water-dispensers</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Water%20Dispenser%202020_eng_v2.6%20(Final).pdf</t>
   </si>
   <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
     <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
   </si>
   <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
     <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
   </si>
@@ -4579,55 +4588,53 @@
         <v>301</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
         <v>302</v>
       </c>
       <c r="B46" t="s">
         <v>303</v>
       </c>
       <c r="C46" t="s">
         <v>159</v>
       </c>
       <c r="D46" t="s">
         <v>66</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>80</v>
       </c>
       <c r="G46" t="s">
         <v>34</v>
       </c>
-      <c r="H46">
+      <c r="H46"/>
+      <c r="I46">
         <v>2024</v>
-      </c>
-[...1 lines deleted...]
-        <v>2021</v>
       </c>
       <c r="J46" t="s">
         <v>298</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
         <v>304</v>
       </c>
       <c r="N46" t="s">
         <v>26</v>
       </c>
       <c r="O46" t="s">
         <v>305</v>
       </c>
       <c r="P46" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>307</v>
       </c>
@@ -5015,137 +5022,137 @@
       </c>
       <c r="P54" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
         <v>351</v>
       </c>
       <c r="B55" t="s">
         <v>352</v>
       </c>
       <c r="C55" t="s">
         <v>353</v>
       </c>
       <c r="D55" t="s">
         <v>354</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>80</v>
       </c>
       <c r="G55" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="H55">
         <v>2013</v>
       </c>
       <c r="I55">
         <v>2024</v>
       </c>
       <c r="J55" t="s">
         <v>355</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
         <v>356</v>
       </c>
       <c r="M55" t="s">
         <v>357</v>
       </c>
       <c r="N55" t="s">
         <v>26</v>
       </c>
       <c r="O55" t="s">
         <v>358</v>
       </c>
       <c r="P55" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
         <v>360</v>
       </c>
       <c r="B56" t="s">
         <v>361</v>
       </c>
       <c r="C56" t="s">
-        <v>362</v>
+        <v>353</v>
       </c>
       <c r="D56" t="s">
         <v>171</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>80</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2025</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
         <v>298</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
         <v>356</v>
       </c>
       <c r="M56" t="s">
         <v>357</v>
       </c>
       <c r="N56" t="s">
         <v>26</v>
       </c>
       <c r="O56" t="s">
+        <v>362</v>
+      </c>
+      <c r="P56" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
+        <v>364</v>
+      </c>
+      <c r="B57" t="s">
         <v>365</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
       <c r="D57" t="s">
         <v>66</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>80</v>
       </c>
       <c r="G57" t="s">
         <v>34</v>
       </c>
       <c r="H57">
         <v>2013</v>
       </c>
       <c r="I57">
         <v>2024</v>
       </c>
       <c r="J57" t="s">
         <v>355</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
@@ -5391,2440 +5398,2440 @@
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
         <v>196</v>
       </c>
       <c r="N62" t="s">
         <v>26</v>
       </c>
       <c r="O62" t="s">
         <v>395</v>
       </c>
       <c r="P62" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
         <v>397</v>
       </c>
       <c r="B63" t="s">
         <v>398</v>
       </c>
       <c r="C63" t="s">
-        <v>362</v>
+        <v>353</v>
       </c>
       <c r="D63" t="s">
         <v>66</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>80</v>
       </c>
       <c r="G63" t="s">
-        <v>34</v>
+        <v>399</v>
       </c>
       <c r="H63">
         <v>2015</v>
       </c>
       <c r="I63">
         <v>2018</v>
       </c>
       <c r="J63" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="M63" t="s">
         <v>357</v>
       </c>
       <c r="N63" t="s">
         <v>26</v>
       </c>
       <c r="O63" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="P63" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B64" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C64" t="s">
         <v>147</v>
       </c>
       <c r="D64" t="s">
         <v>66</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>80</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2021</v>
       </c>
       <c r="I64">
         <v>2024</v>
       </c>
       <c r="J64" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="M64" t="s">
         <v>149</v>
       </c>
       <c r="N64" t="s">
         <v>26</v>
       </c>
       <c r="O64" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="P64" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B65" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C65" t="s">
         <v>262</v>
       </c>
       <c r="D65" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>80</v>
       </c>
       <c r="G65" t="s">
         <v>34</v>
       </c>
       <c r="H65">
         <v>2008</v>
       </c>
       <c r="I65">
         <v>2020</v>
       </c>
       <c r="J65" t="s">
         <v>81</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="M65" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="N65" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="O65" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="P65" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B66" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C66" t="s">
         <v>186</v>
       </c>
       <c r="D66" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>21</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="N66" t="s">
         <v>26</v>
       </c>
       <c r="O66" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="P66" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B67" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C67" t="s">
         <v>186</v>
       </c>
       <c r="D67" t="s">
         <v>66</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>21</v>
       </c>
       <c r="G67" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="H67">
         <v>2008</v>
       </c>
       <c r="I67">
         <v>2014</v>
       </c>
       <c r="J67" t="s">
         <v>250</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="M67" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="N67" t="s">
         <v>26</v>
       </c>
       <c r="O67" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="P67" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B68" t="s">
         <v>231</v>
       </c>
       <c r="C68" t="s">
         <v>225</v>
       </c>
       <c r="D68" t="s">
         <v>66</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>33</v>
       </c>
       <c r="G68" t="s">
         <v>34</v>
       </c>
       <c r="H68">
         <v>2010</v>
       </c>
       <c r="I68">
         <v>2010</v>
       </c>
       <c r="J68" t="s">
         <v>35</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
         <v>232</v>
       </c>
       <c r="M68" t="s">
         <v>227</v>
       </c>
       <c r="N68" t="s">
         <v>26</v>
       </c>
       <c r="O68" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="P68" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B69" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C69" t="s">
         <v>186</v>
       </c>
       <c r="D69" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>33</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2025</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="N69" t="s">
         <v>26</v>
       </c>
       <c r="O69" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="P69" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B70" t="s">
         <v>224</v>
       </c>
       <c r="C70" t="s">
         <v>225</v>
       </c>
       <c r="D70" t="s">
         <v>116</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>33</v>
       </c>
       <c r="G70" t="s">
         <v>34</v>
       </c>
       <c r="H70">
         <v>2012</v>
       </c>
       <c r="I70">
         <v>2012</v>
       </c>
       <c r="J70" t="s">
         <v>226</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70"/>
       <c r="M70" t="s">
         <v>227</v>
       </c>
       <c r="N70" t="s">
         <v>26</v>
       </c>
       <c r="O70" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="P70" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B71" t="s">
         <v>236</v>
       </c>
       <c r="C71" t="s">
         <v>225</v>
       </c>
       <c r="D71" t="s">
         <v>171</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>33</v>
       </c>
       <c r="G71" t="s">
         <v>34</v>
       </c>
       <c r="H71">
         <v>2004</v>
       </c>
       <c r="I71">
         <v>2010</v>
       </c>
       <c r="J71" t="s">
         <v>35</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
         <v>227</v>
       </c>
       <c r="N71" t="s">
         <v>26</v>
       </c>
       <c r="O71" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="P71" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B72" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C72" t="s">
         <v>225</v>
       </c>
       <c r="D72" t="s">
         <v>240</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>33</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
         <v>2004</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
         <v>35</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72" t="s">
         <v>241</v>
       </c>
       <c r="M72" t="s">
         <v>227</v>
       </c>
       <c r="N72" t="s">
         <v>26</v>
       </c>
       <c r="O72" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="P72" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B73" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C73" t="s">
         <v>225</v>
       </c>
       <c r="D73" t="s">
         <v>66</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>33</v>
       </c>
       <c r="G73" t="s">
         <v>34</v>
       </c>
       <c r="H73">
         <v>1992</v>
       </c>
       <c r="I73">
         <v>2004</v>
       </c>
       <c r="J73" t="s">
         <v>35</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
         <v>232</v>
       </c>
       <c r="M73" t="s">
         <v>227</v>
       </c>
       <c r="N73" t="s">
         <v>26</v>
       </c>
       <c r="O73" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="P73" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B74" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C74" t="s">
         <v>186</v>
       </c>
       <c r="D74" t="s">
         <v>66</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>33</v>
       </c>
       <c r="G74" t="s">
-        <v>34</v>
+        <v>399</v>
       </c>
       <c r="H74">
         <v>2011</v>
       </c>
       <c r="I74">
         <v>2022</v>
       </c>
       <c r="J74" t="s">
         <v>250</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="M74" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="N74" t="s">
         <v>26</v>
       </c>
       <c r="O74" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="P74" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B75" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C75" t="s">
         <v>186</v>
       </c>
       <c r="D75" t="s">
         <v>66</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>33</v>
       </c>
       <c r="G75" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="H75">
         <v>2011</v>
       </c>
       <c r="I75">
         <v>2025</v>
       </c>
       <c r="J75" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="N75" t="s">
         <v>26</v>
       </c>
       <c r="O75" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="P75" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B76" t="s">
         <v>17</v>
       </c>
       <c r="C76" t="s">
         <v>18</v>
       </c>
       <c r="D76" t="s">
         <v>19</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>33</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>2010</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
         <v>23</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
         <v>25</v>
       </c>
       <c r="N76" t="s">
         <v>26</v>
       </c>
       <c r="O76" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="P76" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B77" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C77" t="s">
         <v>159</v>
       </c>
       <c r="D77" t="s">
         <v>66</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>80</v>
       </c>
       <c r="G77" t="s">
-        <v>22</v>
+        <v>459</v>
       </c>
       <c r="H77">
         <v>2021</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
         <v>162</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="M77" t="s">
         <v>163</v>
       </c>
       <c r="N77" t="s">
         <v>26</v>
       </c>
       <c r="O77" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="P77" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B78" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="C78" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="D78" t="s">
         <v>66</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>80</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>2024</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="M78" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="N78" t="s">
         <v>26</v>
       </c>
       <c r="O78" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="P78" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B79" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="C79" t="s">
         <v>194</v>
       </c>
       <c r="D79" t="s">
         <v>66</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>33</v>
       </c>
       <c r="G79" t="s">
         <v>34</v>
       </c>
       <c r="H79">
         <v>2000</v>
       </c>
       <c r="I79">
         <v>2018</v>
       </c>
       <c r="J79" t="s">
         <v>162</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79"/>
       <c r="M79" t="s">
         <v>196</v>
       </c>
       <c r="N79" t="s">
         <v>26</v>
       </c>
       <c r="O79" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="P79" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B80" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="C80" t="s">
         <v>289</v>
       </c>
       <c r="D80" t="s">
         <v>290</v>
       </c>
       <c r="E80" t="s">
         <v>90</v>
       </c>
       <c r="F80" t="s">
         <v>33</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
         <v>2013</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
         <v>291</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
         <v>293</v>
       </c>
       <c r="N80" t="s">
         <v>26</v>
       </c>
       <c r="O80" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="P80" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B81" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="C81" t="s">
         <v>159</v>
       </c>
       <c r="D81" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>80</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
         <v>2021</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
         <v>162</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
         <v>299</v>
       </c>
       <c r="N81" t="s">
         <v>26</v>
       </c>
       <c r="O81" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="P81" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B82" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="C82" t="s">
         <v>249</v>
       </c>
       <c r="D82" t="s">
         <v>116</v>
       </c>
       <c r="E82" t="s">
         <v>90</v>
       </c>
       <c r="F82" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
         <v>2021</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82"/>
       <c r="M82" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="N82" t="s">
         <v>26</v>
       </c>
       <c r="O82" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="P82" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B83" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="C83" t="s">
         <v>249</v>
       </c>
       <c r="D83" t="s">
         <v>66</v>
       </c>
       <c r="E83" t="s">
         <v>90</v>
       </c>
       <c r="F83" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
         <v>2009</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83"/>
       <c r="M83" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="N83" t="s">
         <v>26</v>
       </c>
       <c r="O83" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="P83" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B84" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="C84" t="s">
         <v>147</v>
       </c>
       <c r="D84" t="s">
         <v>19</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>21</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
         <v>2013</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
         <v>272</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="M84" t="s">
         <v>149</v>
       </c>
       <c r="N84" t="s">
         <v>26</v>
       </c>
       <c r="O84" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="P84" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B85" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="C85" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D85" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="E85" t="s">
         <v>161</v>
       </c>
       <c r="F85" t="s">
         <v>80</v>
       </c>
       <c r="G85" t="s">
         <v>91</v>
       </c>
       <c r="H85"/>
       <c r="I85"/>
       <c r="J85" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
       <c r="L85"/>
       <c r="M85"/>
       <c r="N85" t="s">
         <v>26</v>
       </c>
       <c r="O85" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="P85" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B86" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="C86" t="s">
         <v>194</v>
       </c>
       <c r="D86" t="s">
         <v>66</v>
       </c>
       <c r="E86" t="s">
         <v>90</v>
       </c>
       <c r="F86" t="s">
         <v>33</v>
       </c>
       <c r="G86" t="s">
         <v>34</v>
       </c>
       <c r="H86">
         <v>1996</v>
       </c>
       <c r="I86">
         <v>2011</v>
       </c>
       <c r="J86" t="s">
         <v>132</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86" t="s">
         <v>195</v>
       </c>
       <c r="M86" t="s">
         <v>196</v>
       </c>
       <c r="N86" t="s">
         <v>26</v>
       </c>
       <c r="O86" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="P86" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B87" t="s">
         <v>66</v>
       </c>
       <c r="C87" t="s">
         <v>194</v>
       </c>
       <c r="D87" t="s">
         <v>171</v>
       </c>
       <c r="E87" t="s">
         <v>90</v>
       </c>
       <c r="F87" t="s">
         <v>33</v>
       </c>
       <c r="G87" t="s">
         <v>34</v>
       </c>
       <c r="H87">
         <v>2011</v>
       </c>
       <c r="I87">
         <v>2011</v>
       </c>
       <c r="J87" t="s">
         <v>132</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87" t="s">
         <v>195</v>
       </c>
       <c r="M87" t="s">
         <v>196</v>
       </c>
       <c r="N87" t="s">
         <v>26</v>
       </c>
       <c r="O87" t="s">
+        <v>510</v>
+      </c>
+      <c r="P87" t="s">
         <v>508</v>
-      </c>
-[...1 lines deleted...]
-        <v>506</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B88" t="s">
         <v>66</v>
       </c>
       <c r="C88" t="s">
         <v>194</v>
       </c>
       <c r="D88" t="s">
         <v>66</v>
       </c>
       <c r="E88" t="s">
         <v>90</v>
       </c>
       <c r="F88" t="s">
         <v>33</v>
       </c>
       <c r="G88" t="s">
         <v>34</v>
       </c>
       <c r="H88">
         <v>1996</v>
       </c>
       <c r="I88">
         <v>2011</v>
       </c>
       <c r="J88" t="s">
         <v>132</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
       <c r="L88" t="s">
         <v>195</v>
       </c>
       <c r="M88" t="s">
         <v>196</v>
       </c>
       <c r="N88" t="s">
         <v>26</v>
       </c>
       <c r="O88" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="P88" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B89" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C89" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="D89" t="s">
         <v>79</v>
       </c>
       <c r="E89" t="s">
         <v>90</v>
       </c>
       <c r="F89" t="s">
         <v>80</v>
       </c>
       <c r="G89" t="s">
         <v>91</v>
       </c>
       <c r="H89"/>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89" t="s">
         <v>82</v>
       </c>
       <c r="M89" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="N89" t="s">
         <v>26</v>
       </c>
       <c r="O89" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="P89" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B90" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="C90" t="s">
         <v>194</v>
       </c>
       <c r="D90" t="s">
         <v>116</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>21</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
         <v>2016</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
         <v>132</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90"/>
       <c r="M90" t="s">
         <v>196</v>
       </c>
       <c r="N90" t="s">
         <v>26</v>
       </c>
       <c r="O90" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="P90" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B91" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C91" t="s">
         <v>194</v>
       </c>
       <c r="D91" t="s">
         <v>116</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>21</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
         <v>2016</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
         <v>132</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
       <c r="L91"/>
       <c r="M91" t="s">
         <v>196</v>
       </c>
       <c r="N91" t="s">
         <v>26</v>
       </c>
       <c r="O91" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="P91" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B92" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="C92" t="s">
         <v>194</v>
       </c>
       <c r="D92" t="s">
         <v>116</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>80</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>2018</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
         <v>132</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
       <c r="L92"/>
       <c r="M92" t="s">
         <v>196</v>
       </c>
       <c r="N92" t="s">
         <v>26</v>
       </c>
       <c r="O92" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="P92" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="B93" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="C93" t="s">
         <v>194</v>
       </c>
       <c r="D93" t="s">
         <v>116</v>
       </c>
       <c r="E93" t="s">
         <v>90</v>
       </c>
       <c r="F93" t="s">
         <v>80</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
         <v>2018</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
         <v>132</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
       <c r="L93"/>
       <c r="M93" t="s">
         <v>196</v>
       </c>
       <c r="N93" t="s">
         <v>26</v>
       </c>
       <c r="O93" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="P93" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="B94" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="C94" t="s">
         <v>194</v>
       </c>
       <c r="D94" t="s">
         <v>66</v>
       </c>
       <c r="E94" t="s">
         <v>90</v>
       </c>
       <c r="F94" t="s">
         <v>21</v>
       </c>
       <c r="G94" t="s">
         <v>34</v>
       </c>
       <c r="H94">
         <v>2010</v>
       </c>
       <c r="I94">
         <v>2018</v>
       </c>
       <c r="J94" t="s">
         <v>132</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94"/>
       <c r="M94" t="s">
         <v>196</v>
       </c>
       <c r="N94" t="s">
         <v>26</v>
       </c>
       <c r="O94" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="P94" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="B95" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="C95" t="s">
         <v>194</v>
       </c>
       <c r="D95" t="s">
         <v>19</v>
       </c>
       <c r="E95" t="s">
         <v>90</v>
       </c>
       <c r="F95" t="s">
         <v>21</v>
       </c>
       <c r="G95" t="s">
         <v>34</v>
       </c>
       <c r="H95">
         <v>2010</v>
       </c>
       <c r="I95">
         <v>2010</v>
       </c>
       <c r="J95" t="s">
         <v>132</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
       <c r="L95" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="M95" t="s">
         <v>196</v>
       </c>
       <c r="N95" t="s">
         <v>26</v>
       </c>
       <c r="O95" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="P95" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="B96" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C96" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="D96" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>21</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
         <v>2018</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
         <v>81</v>
       </c>
       <c r="K96" t="s">
         <v>24</v>
       </c>
       <c r="L96"/>
       <c r="M96" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="N96" t="s">
         <v>26</v>
       </c>
       <c r="O96" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="P96" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="B97" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="C97" t="s">
         <v>170</v>
       </c>
       <c r="D97" t="s">
         <v>171</v>
       </c>
       <c r="E97" t="s">
         <v>90</v>
       </c>
       <c r="F97" t="s">
         <v>80</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
         <v>2020</v>
       </c>
       <c r="I97"/>
       <c r="J97" t="s">
         <v>162</v>
       </c>
       <c r="K97" t="s">
         <v>24</v>
       </c>
       <c r="L97" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="M97" t="s">
         <v>174</v>
       </c>
       <c r="N97" t="s">
         <v>26</v>
       </c>
       <c r="O97" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="P97" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="B98" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="C98" t="s">
         <v>170</v>
       </c>
       <c r="D98" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="E98" t="s">
         <v>90</v>
       </c>
       <c r="F98" t="s">
         <v>80</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
         <v>2024</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
         <v>172</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
       <c r="L98" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="M98" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="N98" t="s">
         <v>26</v>
       </c>
       <c r="O98" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="P98" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="B99" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="C99" t="s">
         <v>186</v>
       </c>
       <c r="D99" t="s">
         <v>66</v>
       </c>
       <c r="E99" t="s">
         <v>90</v>
       </c>
       <c r="F99" t="s">
         <v>99</v>
       </c>
       <c r="G99" t="s">
         <v>34</v>
       </c>
       <c r="H99">
         <v>2012</v>
       </c>
       <c r="I99">
         <v>2012</v>
       </c>
       <c r="J99" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="K99" t="s">
         <v>24</v>
       </c>
       <c r="L99"/>
       <c r="M99" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="N99" t="s">
         <v>26</v>
       </c>
       <c r="O99" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="P99" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="B100" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="C100" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="D100" t="s">
         <v>66</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
         <v>80</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
         <v>2020</v>
       </c>
       <c r="I100"/>
       <c r="J100" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="K100" t="s">
         <v>24</v>
       </c>
       <c r="L100" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="M100" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="N100" t="s">
         <v>26</v>
       </c>
       <c r="O100" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="P100" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="B101" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="C101" t="s">
         <v>138</v>
       </c>
       <c r="D101" t="s">
         <v>32</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
         <v>33</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
         <v>2014</v>
       </c>
       <c r="I101"/>
       <c r="J101" t="s">
         <v>141</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
       <c r="L101" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="M101" t="s">
         <v>142</v>
       </c>
       <c r="N101" t="s">
         <v>26</v>
       </c>
       <c r="O101" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="P101" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="B102" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="C102" t="s">
         <v>138</v>
       </c>
       <c r="D102" t="s">
         <v>19</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
         <v>33</v>
       </c>
       <c r="G102" t="s">
         <v>34</v>
       </c>
       <c r="H102">
         <v>2007</v>
       </c>
       <c r="I102">
         <v>2015</v>
       </c>
       <c r="J102" t="s">
         <v>141</v>
       </c>
       <c r="K102" t="s">
         <v>24</v>
       </c>
       <c r="L102" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="M102" t="s">
         <v>142</v>
       </c>
       <c r="N102" t="s">
         <v>26</v>
       </c>
       <c r="O102" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="P102" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="B103" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="C103" t="s">
         <v>249</v>
       </c>
       <c r="D103" t="s">
         <v>32</v>
       </c>
       <c r="E103" t="s">
         <v>90</v>
       </c>
       <c r="F103" t="s">
         <v>99</v>
       </c>
       <c r="G103" t="s">
         <v>34</v>
       </c>
       <c r="H103">
         <v>2013</v>
       </c>
       <c r="I103">
         <v>2021</v>
       </c>
       <c r="J103" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="K103" t="s">
         <v>24</v>
       </c>
       <c r="L103" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="M103" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="N103" t="s">
         <v>26</v>
       </c>
       <c r="O103" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="P103" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="B104" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="C104" t="s">
         <v>249</v>
       </c>
       <c r="D104" t="s">
         <v>66</v>
       </c>
       <c r="E104" t="s">
         <v>90</v>
       </c>
       <c r="F104" t="s">
         <v>99</v>
       </c>
       <c r="G104" t="s">
         <v>34</v>
       </c>
       <c r="H104">
         <v>2002</v>
       </c>
       <c r="I104">
         <v>2021</v>
       </c>
       <c r="J104" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="K104" t="s">
         <v>24</v>
       </c>
       <c r="L104" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="M104" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="N104" t="s">
         <v>26</v>
       </c>
       <c r="O104" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="P104" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="B105" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="C105" t="s">
         <v>249</v>
       </c>
       <c r="D105" t="s">
         <v>116</v>
       </c>
       <c r="E105" t="s">
         <v>90</v>
       </c>
       <c r="F105" t="s">
         <v>99</v>
       </c>
       <c r="G105" t="s">
         <v>34</v>
       </c>
       <c r="H105">
         <v>2015</v>
       </c>
       <c r="I105">
         <v>2021</v>
       </c>
       <c r="J105" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="K105" t="s">
         <v>24</v>
       </c>
       <c r="L105" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="M105" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="N105" t="s">
         <v>26</v>
       </c>
       <c r="O105" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="P105" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="B106" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="C106" t="s">
         <v>249</v>
       </c>
       <c r="D106" t="s">
         <v>66</v>
       </c>
       <c r="E106" t="s">
         <v>90</v>
       </c>
       <c r="F106" t="s">
         <v>21</v>
       </c>
       <c r="G106" t="s">
         <v>34</v>
       </c>
       <c r="H106">
         <v>1995</v>
       </c>
       <c r="I106">
         <v>2019</v>
       </c>
       <c r="J106" t="s">
         <v>250</v>
       </c>
       <c r="K106" t="s">
         <v>24</v>
       </c>
       <c r="L106" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="M106" t="s">
         <v>252</v>
       </c>
       <c r="N106" t="s">
         <v>26</v>
       </c>
       <c r="O106" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="P106" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="B107" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="C107" t="s">
         <v>262</v>
       </c>
       <c r="D107" t="s">
         <v>116</v>
       </c>
       <c r="E107" t="s">
         <v>90</v>
       </c>
       <c r="F107" t="s">
         <v>99</v>
       </c>
       <c r="G107" t="s">
         <v>34</v>
       </c>
       <c r="H107">
         <v>2013</v>
       </c>
       <c r="I107">
         <v>2020</v>
       </c>
       <c r="J107" t="s">
         <v>162</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107"/>
       <c r="M107" t="s">
         <v>265</v>
       </c>
       <c r="N107" t="s">
         <v>26</v>
       </c>
       <c r="O107" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="P107" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="B108" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="C108" t="s">
         <v>249</v>
       </c>
       <c r="D108" t="s">
         <v>66</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>33</v>
       </c>
       <c r="G108" t="s">
-        <v>426</v>
+        <v>612</v>
       </c>
       <c r="H108">
         <v>2004</v>
       </c>
       <c r="I108"/>
       <c r="J108" t="s">
         <v>298</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="M108" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="N108" t="s">
         <v>26</v>
       </c>
       <c r="O108" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="P108" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="B109" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="C109" t="s">
         <v>249</v>
       </c>
       <c r="D109" t="s">
         <v>66</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>80</v>
       </c>
       <c r="G109" t="s">
         <v>34</v>
       </c>
       <c r="H109">
         <v>2004</v>
       </c>
       <c r="I109">
         <v>2021</v>
       </c>
       <c r="J109" t="s">
         <v>298</v>
       </c>
       <c r="K109" t="s">
         <v>24</v>
       </c>
       <c r="L109"/>
       <c r="M109" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="N109" t="s">
         <v>26</v>
       </c>
       <c r="O109" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="P109" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="B110" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="C110" t="s">
         <v>249</v>
       </c>
       <c r="D110" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="E110" t="s">
         <v>90</v>
       </c>
       <c r="F110" t="s">
         <v>33</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
         <v>2016</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110"/>
       <c r="M110" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="N110" t="s">
         <v>26</v>
       </c>
       <c r="O110" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="P110" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="B111" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="C111" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="D111" t="s">
         <v>19</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>80</v>
       </c>
       <c r="G111" t="s">
         <v>34</v>
       </c>
       <c r="H111">
         <v>2007</v>
       </c>
       <c r="I111">
         <v>2012</v>
       </c>
       <c r="J111" t="s">
         <v>35</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="M111" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="N111" t="s">
         <v>26</v>
       </c>
       <c r="O111" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="P111" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="B112" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="C112" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="D112" t="s">
         <v>79</v>
       </c>
       <c r="E112" t="s">
         <v>90</v>
       </c>
       <c r="F112" t="s">
         <v>80</v>
       </c>
       <c r="G112" t="s">
         <v>22</v>
       </c>
       <c r="H112">
         <v>2016</v>
       </c>
       <c r="I112"/>
       <c r="J112" t="s">
         <v>272</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
       <c r="L112" t="s">
         <v>82</v>
       </c>
       <c r="M112" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="N112" t="s">
         <v>26</v>
       </c>
       <c r="O112" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="P112" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">