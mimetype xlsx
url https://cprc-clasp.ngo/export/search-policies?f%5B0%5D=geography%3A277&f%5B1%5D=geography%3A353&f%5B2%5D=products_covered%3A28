--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="312">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="311">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -506,53 +506,50 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
     <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Three Phase Cage Induction Motors) Determination 2019</t>
   </si>
   <si>
     <t>This Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c. with rated voltages up to 1100 V, alternating current (AC). NOTE: This range includes motors with ratings of 1 hp and 1 CV/PS (French/German or metric horsepower). MEPS does not apply to submersible motors, integral motor-gear systems, variable or multi-speed speed motors or those rated only for short duty cycles (IEC60034-2 duty rating S2).</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
@@ -720,68 +717,68 @@
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
     <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
     <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
 i) with rated output less than or equal to 0.73kW and less than 185kW; 
 ii) in 2- 4- 6- and 8-pole configurations; and 
 iii) with voltages rated up to 1100 V AC</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
@@ -889,51 +886,51 @@
   <si>
     <t>https://meps.energylabel.org.tw/_upload/gen/law/7/file1/Requirements%20on%20Energy%20Efficiency%20and%20the%20Inspection%20of%20Low-Voltage%20Three-Phase%20Squirrel-Cage%20Induction%20Motors%20(including%20as%20a%20component%20of%20the%20specified%20equip</t>
   </si>
   <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
     <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/Files/Air_Compressor_Schedule_Final.pdf</t>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
   </si>
   <si>
     <t>Schedule 30 Tyres</t>
   </si>
   <si>
     <t>This schedule species requirements for participating in energy labelling programme for C1, C2 &amp; C3 tyres covered under scope of AIS:142, meant for manufactured, imported and sold in India. This schedule covers the terminology, general guidelines and method of tests to be conducted on tyres as per AIS: 142 particularly the methodology for testing of rolling resistance coefficient &amp; wet grip index. This schedule specifies the tyres star rating band which is based on Rolling Resistance Coefficients. This schedule is applicable for base model, its batch and their variant model tyres.</t>
   </si>
   <si>
     <t>IS 15633</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-30-tyres</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/Schedule_30.pdf</t>
   </si>
   <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
     <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
   </si>
   <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
@@ -1330,51 +1327,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1012.039" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="356.199" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2420,1332 +2417,1332 @@
       </c>
       <c r="L22" t="s">
         <v>155</v>
       </c>
       <c r="M22" t="s">
         <v>137</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
         <v>156</v>
       </c>
       <c r="P22" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>158</v>
       </c>
       <c r="B23" t="s">
         <v>159</v>
       </c>
       <c r="C23" t="s">
-        <v>160</v>
+        <v>31</v>
       </c>
       <c r="D23" t="s">
         <v>51</v>
       </c>
       <c r="E23" t="s">
         <v>59</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>143</v>
       </c>
       <c r="H23">
         <v>2025</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
+        <v>160</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
         <v>161</v>
       </c>
-      <c r="K23" t="s">
-[...2 lines deleted...]
-      <c r="L23" t="s">
+      <c r="M23" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
+        <v>163</v>
+      </c>
+      <c r="P23" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>165</v>
+      </c>
+      <c r="B24" t="s">
         <v>166</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="D24" t="s">
         <v>19</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2001</v>
       </c>
       <c r="I24">
         <v>2019</v>
       </c>
       <c r="J24" t="s">
+        <v>168</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
         <v>169</v>
       </c>
-      <c r="K24" t="s">
-[...2 lines deleted...]
-      <c r="L24" t="s">
+      <c r="M24" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N24" t="s">
         <v>122</v>
       </c>
       <c r="O24" t="s">
+        <v>171</v>
+      </c>
+      <c r="P24" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>173</v>
+      </c>
+      <c r="B25" t="s">
         <v>174</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>175</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="E25" t="s">
         <v>59</v>
       </c>
       <c r="F25" t="s">
         <v>32</v>
       </c>
       <c r="G25" t="s">
         <v>33</v>
       </c>
       <c r="H25">
         <v>2022</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
+        <v>177</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
         <v>178</v>
       </c>
-      <c r="K25" t="s">
-[...2 lines deleted...]
-      <c r="L25" t="s">
+      <c r="M25" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
+        <v>180</v>
+      </c>
+      <c r="P25" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>182</v>
+      </c>
+      <c r="B26" t="s">
         <v>183</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
+        <v>175</v>
+      </c>
+      <c r="D26" t="s">
         <v>184</v>
-      </c>
-[...4 lines deleted...]
-        <v>185</v>
       </c>
       <c r="E26" t="s">
         <v>59</v>
       </c>
       <c r="F26" t="s">
         <v>32</v>
       </c>
       <c r="G26" t="s">
         <v>33</v>
       </c>
       <c r="H26">
         <v>2022</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="M26" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
+        <v>186</v>
+      </c>
+      <c r="P26" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>188</v>
+      </c>
+      <c r="B27" t="s">
         <v>189</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
+        <v>175</v>
+      </c>
+      <c r="D27" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
       <c r="E27" t="s">
         <v>59</v>
       </c>
       <c r="F27" t="s">
         <v>32</v>
       </c>
       <c r="G27" t="s">
         <v>33</v>
       </c>
       <c r="H27">
         <v>2022</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="M27" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
+        <v>192</v>
+      </c>
+      <c r="P27" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>194</v>
+      </c>
+      <c r="B28" t="s">
         <v>195</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>196</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="E28" t="s">
         <v>59</v>
       </c>
       <c r="F28" t="s">
         <v>60</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>1996</v>
       </c>
       <c r="I28">
         <v>2012</v>
       </c>
       <c r="J28" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
+        <v>200</v>
+      </c>
+      <c r="P28" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
+        <v>202</v>
+      </c>
+      <c r="B29" t="s">
         <v>203</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="D29" t="s">
         <v>19</v>
       </c>
       <c r="E29" t="s">
         <v>59</v>
       </c>
       <c r="F29" t="s">
         <v>60</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>1996</v>
       </c>
       <c r="I29">
         <v>2010</v>
       </c>
       <c r="J29" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="P29" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>205</v>
+      </c>
+      <c r="B30" t="s">
         <v>206</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="D30" t="s">
         <v>58</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>99</v>
       </c>
       <c r="G30" t="s">
         <v>33</v>
       </c>
       <c r="H30">
         <v>2013</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
+        <v>208</v>
+      </c>
+      <c r="M30" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
+        <v>210</v>
+      </c>
+      <c r="P30" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
+        <v>212</v>
+      </c>
+      <c r="B31" t="s">
         <v>213</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="D31" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>99</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2012</v>
       </c>
       <c r="I31">
         <v>2012</v>
       </c>
       <c r="J31" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="M31" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="P31" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>216</v>
+      </c>
+      <c r="B32" t="s">
         <v>217</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="D32" t="s">
         <v>19</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>99</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2012</v>
       </c>
       <c r="I32">
         <v>2012</v>
       </c>
       <c r="J32" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="P32" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
+        <v>219</v>
+      </c>
+      <c r="B33" t="s">
         <v>220</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>221</v>
       </c>
-      <c r="C33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D33" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="E33" t="s">
         <v>59</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>1981</v>
       </c>
       <c r="I33">
         <v>2002</v>
       </c>
       <c r="J33" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="N33" t="s">
         <v>122</v>
       </c>
       <c r="O33" t="s">
+        <v>224</v>
+      </c>
+      <c r="P33" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
+        <v>226</v>
+      </c>
+      <c r="B34" t="s">
         <v>227</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="D34" t="s">
         <v>19</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2008</v>
       </c>
       <c r="I34">
         <v>2016</v>
       </c>
       <c r="J34" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
+        <v>228</v>
+      </c>
+      <c r="P34" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
+        <v>230</v>
+      </c>
+      <c r="B35" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="C35" t="s">
         <v>113</v>
       </c>
       <c r="D35" t="s">
         <v>19</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>143</v>
       </c>
       <c r="H35">
         <v>2018</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
+        <v>232</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
         <v>233</v>
       </c>
-      <c r="K35" t="s">
-[...2 lines deleted...]
-      <c r="L35" t="s">
+      <c r="M35" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="N35" t="s">
         <v>122</v>
       </c>
       <c r="O35" t="s">
+        <v>235</v>
+      </c>
+      <c r="P35" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
+        <v>237</v>
+      </c>
+      <c r="B36" t="s">
         <v>238</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="D36" t="s">
         <v>19</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2002</v>
       </c>
       <c r="I36">
         <v>2006</v>
       </c>
       <c r="J36" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
+        <v>240</v>
+      </c>
+      <c r="M36" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
+        <v>242</v>
+      </c>
+      <c r="P36" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="B37"/>
       <c r="C37" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="D37" t="s">
         <v>51</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>33</v>
       </c>
       <c r="H37">
         <v>2021</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
         <v>101</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="N37" t="s">
         <v>26</v>
       </c>
       <c r="O37" t="s">
+        <v>246</v>
+      </c>
+      <c r="P37" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
+        <v>248</v>
+      </c>
+      <c r="B38" t="s">
         <v>249</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="D38" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>33</v>
       </c>
       <c r="H38">
         <v>2002</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>101</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="P38"/>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
+        <v>251</v>
+      </c>
+      <c r="B39" t="s">
         <v>252</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="D39" t="s">
         <v>19</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2002</v>
       </c>
       <c r="I39">
         <v>2016</v>
       </c>
       <c r="J39" t="s">
         <v>101</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="P39" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
+        <v>254</v>
+      </c>
+      <c r="B40" t="s">
         <v>255</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="D40" t="s">
         <v>19</v>
       </c>
       <c r="E40" t="s">
         <v>59</v>
       </c>
       <c r="F40" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="G40" t="s">
         <v>33</v>
       </c>
       <c r="H40">
         <v>2015</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40" t="s">
+        <v>257</v>
+      </c>
+      <c r="P40" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
+        <v>259</v>
+      </c>
+      <c r="B41" t="s">
         <v>260</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="D41" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="E41" t="s">
         <v>59</v>
       </c>
       <c r="F41" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="G41" t="s">
         <v>33</v>
       </c>
       <c r="H41">
         <v>2015</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="N41" t="s">
         <v>26</v>
       </c>
       <c r="O41" t="s">
+        <v>261</v>
+      </c>
+      <c r="P41" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
+        <v>263</v>
+      </c>
+      <c r="B42" t="s">
         <v>264</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>265</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>99</v>
       </c>
       <c r="G42" t="s">
         <v>33</v>
       </c>
       <c r="H42">
         <v>2014</v>
       </c>
       <c r="I42">
         <v>2024</v>
       </c>
       <c r="J42" t="s">
+        <v>267</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
         <v>268</v>
       </c>
-      <c r="K42" t="s">
-[...2 lines deleted...]
-      <c r="L42" t="s">
+      <c r="M42" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="N42" t="s">
         <v>26</v>
       </c>
       <c r="O42" t="s">
+        <v>270</v>
+      </c>
+      <c r="P42" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
+        <v>272</v>
+      </c>
+      <c r="B43" t="s">
         <v>273</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="D43" t="s">
         <v>19</v>
       </c>
       <c r="E43" t="s">
         <v>59</v>
       </c>
       <c r="F43" t="s">
         <v>32</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2012</v>
       </c>
       <c r="I43">
         <v>2015</v>
       </c>
       <c r="J43" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="N43" t="s">
         <v>122</v>
       </c>
       <c r="O43" t="s">
+        <v>274</v>
+      </c>
+      <c r="P43" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
+        <v>276</v>
+      </c>
+      <c r="B44" t="s">
         <v>277</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>278</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
       <c r="E44" t="s">
         <v>59</v>
       </c>
       <c r="F44" t="s">
         <v>99</v>
       </c>
       <c r="G44" t="s">
         <v>33</v>
       </c>
       <c r="H44">
         <v>2021</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>101</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
+        <v>280</v>
+      </c>
+      <c r="M44" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="N44" t="s">
         <v>122</v>
       </c>
       <c r="O44" t="s">
+        <v>282</v>
+      </c>
+      <c r="P44" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
+        <v>284</v>
+      </c>
+      <c r="B45" t="s">
         <v>285</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" t="s">
+        <v>278</v>
+      </c>
+      <c r="D45" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
       <c r="E45" t="s">
         <v>59</v>
       </c>
       <c r="F45" t="s">
         <v>99</v>
       </c>
       <c r="G45" t="s">
         <v>33</v>
       </c>
       <c r="H45">
         <v>2021</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>101</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="M45" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="N45" t="s">
         <v>26</v>
       </c>
       <c r="O45" t="s">
+        <v>287</v>
+      </c>
+      <c r="P45" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
+        <v>289</v>
+      </c>
+      <c r="B46" t="s">
         <v>290</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="D46" t="s">
         <v>19</v>
       </c>
       <c r="E46" t="s">
         <v>59</v>
       </c>
       <c r="F46" t="s">
         <v>99</v>
       </c>
       <c r="G46" t="s">
         <v>33</v>
       </c>
       <c r="H46">
         <v>2010</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>101</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="M46" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="N46" t="s">
         <v>26</v>
       </c>
       <c r="O46" t="s">
+        <v>292</v>
+      </c>
+      <c r="P46" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
+        <v>294</v>
+      </c>
+      <c r="B47" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="C47" t="s">
         <v>88</v>
       </c>
       <c r="D47" t="s">
         <v>19</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2005</v>
       </c>
       <c r="I47">
         <v>2015</v>
       </c>
       <c r="J47" t="s">
         <v>91</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="M47" t="s">
         <v>92</v>
       </c>
       <c r="N47" t="s">
         <v>122</v>
       </c>
       <c r="O47" t="s">
+        <v>297</v>
+      </c>
+      <c r="P47" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
+        <v>299</v>
+      </c>
+      <c r="B48" t="s">
         <v>300</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="D48" t="s">
         <v>19</v>
       </c>
       <c r="E48" t="s">
         <v>59</v>
       </c>
       <c r="F48" t="s">
         <v>60</v>
       </c>
       <c r="G48" t="s">
         <v>33</v>
       </c>
       <c r="H48">
         <v>1998</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
+        <v>301</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
         <v>302</v>
       </c>
-      <c r="K48" t="s">
-[...2 lines deleted...]
-      <c r="L48" t="s">
+      <c r="M48" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="N48" t="s">
         <v>122</v>
       </c>
       <c r="O48" t="s">
+        <v>304</v>
+      </c>
+      <c r="P48" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
+        <v>306</v>
+      </c>
+      <c r="B49" t="s">
         <v>307</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="D49" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="E49" t="s">
         <v>59</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>33</v>
       </c>
       <c r="H49">
         <v>2007</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="N49" t="s">
         <v>26</v>
       </c>
       <c r="O49" t="s">
+        <v>309</v>
+      </c>
+      <c r="P49" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">